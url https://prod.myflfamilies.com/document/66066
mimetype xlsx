--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -20,73 +20,76 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf.sharepoint.com/teams/HQWDVPAllTeam/Shared Documents/Programs/Child Welfare Initiative/.FY 25-26/Contract Docs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Office of Domestic Violence Contracts\TEMPLATES\FY 25-26\FY 25-26 STOP Contracts\BAS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{F0550682-AFE0-46F5-8F3E-A05FAB978B82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0C53FBEF-895F-4A59-9D78-1AA2A2966756}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7A96D04A-EC23-4758-95AE-F4ACFE0D3E47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{9B14FA3E-FF77-4A01-9010-AF0549D01644}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9B14FA3E-FF77-4A01-9010-AF0549D01644}"/>
   </bookViews>
   <sheets>
     <sheet name="Template 1 STOP Monthly Report" sheetId="7" r:id="rId1"/>
     <sheet name="Example Report" sheetId="21" r:id="rId2"/>
     <sheet name="Template 1A-July" sheetId="9" r:id="rId3"/>
     <sheet name="Template 1A-August" sheetId="20" r:id="rId4"/>
     <sheet name="Template 1A-September" sheetId="10" r:id="rId5"/>
     <sheet name="Template 1A-October" sheetId="11" r:id="rId6"/>
     <sheet name="Template 1A-November" sheetId="12" r:id="rId7"/>
     <sheet name="Template 1A-December" sheetId="13" r:id="rId8"/>
     <sheet name="Template 1A-January" sheetId="14" r:id="rId9"/>
     <sheet name="Template 1A-February" sheetId="15" r:id="rId10"/>
     <sheet name="Template 1A-March" sheetId="16" r:id="rId11"/>
     <sheet name="Template 1A-April" sheetId="17" r:id="rId12"/>
     <sheet name="Template 1A-May" sheetId="18" r:id="rId13"/>
     <sheet name="Template 1A-June" sheetId="19" r:id="rId14"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Template 1 STOP Monthly Report'!$A$1:$F$149</definedName>
+  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C147" i="21" l="1"/>
   <c r="C146" i="21"/>
   <c r="C145" i="21"/>
@@ -113,51 +116,50 @@
   <c r="C130" i="21"/>
   <c r="B130" i="21"/>
   <c r="B144" i="21" s="1"/>
   <c r="C129" i="21"/>
   <c r="D129" i="21" s="1"/>
   <c r="B129" i="21"/>
   <c r="B143" i="21" s="1"/>
   <c r="C128" i="21"/>
   <c r="B128" i="21"/>
   <c r="B142" i="21" s="1"/>
   <c r="D142" i="21" s="1"/>
   <c r="C127" i="21"/>
   <c r="B127" i="21"/>
   <c r="D127" i="21" s="1"/>
   <c r="C126" i="21"/>
   <c r="B126" i="21"/>
   <c r="B140" i="21" s="1"/>
   <c r="C125" i="21"/>
   <c r="B125" i="21"/>
   <c r="B139" i="21" s="1"/>
   <c r="C124" i="21"/>
   <c r="D124" i="21" s="1"/>
   <c r="B124" i="21"/>
   <c r="B138" i="21" s="1"/>
   <c r="C123" i="21"/>
-  <c r="D123" i="21" s="1"/>
   <c r="B123" i="21"/>
   <c r="B137" i="21" s="1"/>
   <c r="C122" i="21"/>
   <c r="B122" i="21"/>
   <c r="B136" i="21" s="1"/>
   <c r="C119" i="21"/>
   <c r="C106" i="21"/>
   <c r="C93" i="21"/>
   <c r="C80" i="21"/>
   <c r="C67" i="21"/>
   <c r="C54" i="21"/>
   <c r="C40" i="21"/>
   <c r="C23" i="21"/>
   <c r="C147" i="7"/>
   <c r="C146" i="7"/>
   <c r="C145" i="7"/>
   <c r="C144" i="7"/>
   <c r="C143" i="7"/>
   <c r="C142" i="7"/>
   <c r="C141" i="7"/>
   <c r="C140" i="7"/>
   <c r="C139" i="7"/>
   <c r="C138" i="7"/>
   <c r="C137" i="7"/>
   <c r="C136" i="7"/>
@@ -183,121 +185,122 @@
   <c r="B132" i="7"/>
   <c r="B131" i="7"/>
   <c r="B130" i="7"/>
   <c r="B144" i="7" s="1"/>
   <c r="B129" i="7"/>
   <c r="B128" i="7"/>
   <c r="B127" i="7"/>
   <c r="B141" i="7" s="1"/>
   <c r="B126" i="7"/>
   <c r="B125" i="7"/>
   <c r="B124" i="7"/>
   <c r="C123" i="7"/>
   <c r="B123" i="7"/>
   <c r="B137" i="7" s="1"/>
   <c r="B120" i="20"/>
   <c r="B120" i="19"/>
   <c r="B120" i="18"/>
   <c r="B120" i="17"/>
   <c r="B120" i="16"/>
   <c r="B120" i="15"/>
   <c r="B120" i="14"/>
   <c r="B120" i="13"/>
   <c r="B120" i="12"/>
   <c r="B120" i="11"/>
   <c r="B120" i="10"/>
-  <c r="D140" i="21" l="1"/>
+  <c r="D123" i="21" l="1"/>
+  <c r="D140" i="21"/>
   <c r="B141" i="21"/>
   <c r="D141" i="21" s="1"/>
   <c r="D125" i="21"/>
   <c r="D143" i="21"/>
   <c r="D131" i="21"/>
   <c r="D126" i="21"/>
   <c r="D133" i="21"/>
   <c r="D145" i="21"/>
   <c r="C148" i="21"/>
   <c r="D130" i="21"/>
   <c r="D122" i="21"/>
   <c r="D128" i="21"/>
   <c r="D137" i="21"/>
   <c r="D146" i="21"/>
   <c r="D139" i="21"/>
   <c r="D144" i="21"/>
   <c r="B148" i="21"/>
   <c r="D138" i="21"/>
   <c r="B134" i="21"/>
   <c r="C134" i="21"/>
-  <c r="D134" i="21" s="1"/>
   <c r="D136" i="21"/>
-  <c r="D148" i="21" l="1"/>
+  <c r="D134" i="21" l="1"/>
+  <c r="D148" i="21"/>
   <c r="C122" i="7"/>
   <c r="B122" i="7"/>
   <c r="B136" i="7" s="1"/>
   <c r="B120" i="9"/>
   <c r="C93" i="7" l="1"/>
   <c r="C134" i="7" l="1"/>
   <c r="B134" i="7"/>
   <c r="D133" i="7"/>
   <c r="D132" i="7"/>
   <c r="D131" i="7"/>
   <c r="D130" i="7"/>
   <c r="D129" i="7"/>
   <c r="D128" i="7"/>
   <c r="D127" i="7"/>
   <c r="D126" i="7"/>
   <c r="D125" i="7"/>
   <c r="D124" i="7"/>
   <c r="D123" i="7"/>
   <c r="D122" i="7"/>
   <c r="C148" i="7"/>
   <c r="B148" i="7"/>
   <c r="D147" i="7"/>
   <c r="D146" i="7"/>
   <c r="D145" i="7"/>
   <c r="D144" i="7"/>
   <c r="D143" i="7"/>
   <c r="D142" i="7"/>
   <c r="D141" i="7"/>
   <c r="D140" i="7"/>
   <c r="D139" i="7"/>
   <c r="D138" i="7"/>
   <c r="D137" i="7"/>
   <c r="D136" i="7"/>
   <c r="C106" i="7"/>
   <c r="C119" i="7"/>
   <c r="C80" i="7"/>
   <c r="C67" i="7"/>
   <c r="C54" i="7"/>
   <c r="C40" i="7"/>
   <c r="C23" i="7"/>
   <c r="D134" i="7" l="1"/>
   <c r="D148" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="121">
   <si>
     <t>Deliverable</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
@@ -396,53 +399,50 @@
   <si>
     <t>DCF or CBC Case ID</t>
   </si>
   <si>
     <t>Consultation with DCF or CBC</t>
   </si>
   <si>
     <t>For Official Use ONLY - Do not edit</t>
   </si>
   <si>
     <t>DCF</t>
   </si>
   <si>
     <t>CBC</t>
   </si>
   <si>
     <t>Date CW Requested Initial Consultation</t>
   </si>
   <si>
     <t>Date of Initial Consultation (even if previous month)</t>
   </si>
   <si>
     <t>BAS Name</t>
   </si>
   <si>
-    <t>C.1.6.1 The BAS shall meet weekly with the local co-located Child Protective Investigations (CPI) Project Domestic Violence (DV) Advocate(s) to review current referrals, share information to enhance survivor safety plans and advocacy services, identify and create plans to address project implementation gaps, create and enhance training opportunities for child welfare professionals and system partners, and develop Leadership Meeting agendas that include barriers and actions items to address identified barriers.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">C.1.2 The BAS shall train child welfare professionals and related community partners on topics including, but not limited to, perpetrator engagement, batterer dynamics, and case plans actions that increase batterer accountability.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">C.1.6.3 The Provider shall ensure the BAS participates in the CPI Project’s Quarterly Leadership Meetings to enhance batterer accountability, promote community investment, and ensure the effectiveness of the BAS Project. The Provider shall engage system leaders and leaders from underserved communities that support batterer accountability measures within the Provider's service area to attend the CPI Project’s Quarterly Leadership Meetings. The Provider’s BAS shall coordinate with the CPI Project’s DV Advocates to maintain a roster of committee members, including their roles. </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">C.1.6.2 The Provider’s programmatic and operational leadership shall attend all virtual and in-person training and technical assistance events, as required by the Department, throughout the implementation of this BAS Project, unless otherwise stipulated by the Department.   </t>
@@ -470,65 +470,50 @@
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>This position may not supervise any direct service programs or conduct any direct services for survivors of domestic violence or their children.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">C.1.3 The BAS shall attend dependency case staffings and court hearings identified by the Department’s Child and Family Well-Being Regional Program Office involving cases with “Intimate Partner Violence Threatens Child” / “Household Violence Threatens Child” or other maltreatments that also involve intimate partner violence.                              	                                                                                                                  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>At least one consultation included guidance on safety actions and case plans to increase batterer accountability</t>
@@ -576,53 +561,50 @@
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Document the subject matter expertise topics provided. Example: BAS assisted CPI or DCM in identifying batterer generated risk factors, identifying and documenting batterer's patterns of coercive control, the impact of the perpetrator’s behavior and actions on children, interviewing the offender, identifying  survivor’s protective capacities, and guided the child welfare professional in creating safety actions and case plans that increase batterer accountability to enhance survivor and child safety. BAS initiated batterer compliance monitoring.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Narrative is a cumulative report of all topics covered during all consultations this month. </t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>C.1.6.4 .	The Provider shall participate in Coordinated Community Response Team (CCR), Sexual Assault Response Team (SART), or other Multidisciplinary Team (MDT) meetings.</t>
   </si>
   <si>
     <t xml:space="preserve">BAS Template 1 - STOP Monthly Report </t>
   </si>
   <si>
     <t>Number of child welfare cases BAS initiatied monitoring batterer compliance</t>
   </si>
   <si>
     <t>Additional Consultation Dates 
 (reporting month only)</t>
   </si>
   <si>
     <t>Name/Position of Individual Completing Report</t>
   </si>
   <si>
     <t>Email Address of Individual Completing Report</t>
   </si>
   <si>
     <t>Mickey Mouse, BAS</t>
   </si>
   <si>
     <t>mickey.mouse@disney.net</t>
   </si>
   <si>
     <t>New contract, recruiting for position</t>
@@ -693,65 +675,50 @@
       <t>2025-2026</t>
     </r>
   </si>
   <si>
     <t>Disney World Corp attended SART Meeting on 7/15/25.</t>
   </si>
   <si>
     <t>Disney World Corp attended DV CCR Meeting on 8/6/25.</t>
   </si>
   <si>
     <t>No meetings held this month.</t>
   </si>
   <si>
     <t>Disney World Corp attended SART Meeting on 12/15/25.</t>
   </si>
   <si>
     <t>Disney World Corp attended DV CCR Meeting on1/6/26.</t>
   </si>
   <si>
     <t>Disney World Corp attended SART Meeting on 5/15/26.</t>
   </si>
   <si>
     <t>Disney World Corp attended DV CCR Meeting on 6/6/26.</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Provided 21 consultation services.</t>
   </si>
   <si>
     <t>Provided 19 consultation services.</t>
   </si>
   <si>
     <t>Provided 22 consultation services.</t>
   </si>
   <si>
     <t>Provided 10 consultation services.</t>
   </si>
   <si>
     <t>Provided 9 consultation services.</t>
   </si>
   <si>
     <t>Provided 17 consultation services.</t>
   </si>
   <si>
     <t>Provided 20 consultation services.</t>
   </si>
   <si>
     <t>Provided 24 consultation services.</t>
   </si>
   <si>
     <t>Provided 23 consultation services.</t>
@@ -812,56 +779,115 @@
   </si>
   <si>
     <t xml:space="preserve">No training being developed or provided. </t>
   </si>
   <si>
     <t xml:space="preserve">Offender Accountabilty Strategies training being developed. </t>
   </si>
   <si>
     <t>Offender Accountabilty Strategies training presented to DCF staff on 9/26/25</t>
   </si>
   <si>
     <t>Offender Accountabilty Strategies training presented to Disney World Corp staff on 11/1/25</t>
   </si>
   <si>
     <t xml:space="preserve">Training on BAS role and supports to child welfare system being developed. </t>
   </si>
   <si>
     <t>Training on BAS role and supports scheduled for CBC in March</t>
   </si>
   <si>
     <t>3/5/26 Training on BAS role and supports presented to CBC.</t>
   </si>
   <si>
     <t>4/10/26 Training on BAS role and supports presented to Disney World Corp staff</t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">C.1.6.1 The BAS shall meet weekly with the local co-located Child Protective Investigations (CPI) Project Domestic Violence (DV) Advocate(s) to review current referrals, share information to enhance survivor safety plans and advocacy services, identify and create plans to address project implementation gaps, create and enhance training opportunities for child welfare professionals and system partners, and develop Leadership Meeting agendas that include barriers and actions items to address identified barriers.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>**Submit monthly summary of the topics addressed at the weekly meetings with meeting dates and staff in attendance.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Donald Duck attended Quarterly STOP Victim Services Meeting.</t>
+  </si>
+  <si>
+    <t>Tinkerbell attended Quarterly STOP Victim Services Meeting.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">C.1.6.4 .	The Provider shall participate in Coordinated Community Response Team (CCR), Sexual Assault Response Team (SART), or other Multidisciplinary Team (MDT) meetings.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>**Submit agenda and attendace log that documents the STOP funded position attended the meeting.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>C.1.4 The BAS shall provide subject matter expertise (consultation) to child welfare professionals to guide the creation of safety actions and case plans that increase batterer accountability and compliance.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+**Count all consultations provided on each case during the reporting month.</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -960,50 +986,56 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1412,51 +1444,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="165">
+  <cellXfs count="163">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
@@ -1469,50 +1501,197 @@
     <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="7" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="7" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="7" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="18" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1528,362 +1707,209 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...60 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...37 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...27 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{6390678B-2C15-4725-B5B5-B828752D8893}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{7DC2B43B-FB7D-464E-B552-806A3250EDA8}"/>
     <cellStyle name="Normal 2 3" xfId="2" xr:uid="{F55716D7-E8AA-432B-B6FA-8AB25F017195}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
@@ -2221,1815 +2247,1815 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76C60B2E-5E6B-4475-9B43-FDFB265D053D}">
   <dimension ref="A1:F159"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C81" sqref="C81"/>
+    <sheetView tabSelected="1" topLeftCell="A12" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="D33" sqref="D33:F33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="51.7265625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="51.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="17" style="1" customWidth="1"/>
-    <col min="3" max="3" width="15.26953125" style="19" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="9.1796875" style="1"/>
+    <col min="3" max="3" width="15.28515625" style="19" customWidth="1"/>
+    <col min="4" max="4" width="17.140625" style="20" customWidth="1"/>
+    <col min="5" max="5" width="12.140625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="18.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="20" x14ac:dyDescent="0.4">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A1" s="82" t="s">
+        <v>54</v>
+      </c>
+      <c r="B1" s="82"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="83"/>
+      <c r="F1" s="83"/>
+    </row>
+    <row r="2" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
+      <c r="D2" s="85"/>
+      <c r="E2" s="86"/>
+      <c r="F2" s="86"/>
+    </row>
+    <row r="3" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A3" s="26" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="26"/>
-[...35 lines deleted...]
-    <row r="5" spans="1:6" ht="62.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="119"/>
+      <c r="C3" s="119"/>
+      <c r="D3" s="119"/>
+      <c r="E3" s="119"/>
+      <c r="F3" s="119"/>
+    </row>
+    <row r="4" spans="1:6" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" s="119"/>
+      <c r="C4" s="119"/>
+      <c r="D4" s="119"/>
+      <c r="E4" s="119"/>
+      <c r="F4" s="119"/>
+    </row>
+    <row r="5" spans="1:6" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="31" t="s">
+      <c r="D5" s="87" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="32"/>
-[...3 lines deleted...]
-      <c r="A6" s="34" t="s">
+      <c r="E5" s="88"/>
+      <c r="F5" s="89"/>
+    </row>
+    <row r="6" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="90" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="35"/>
-[...7 lines deleted...]
-        <v>39</v>
+      <c r="B6" s="91"/>
+      <c r="C6" s="91"/>
+      <c r="D6" s="91"/>
+      <c r="E6" s="92"/>
+      <c r="F6" s="93"/>
+    </row>
+    <row r="7" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="104" t="s">
+        <v>38</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="5"/>
-      <c r="D7" s="41"/>
-[...4 lines deleted...]
-      <c r="A8" s="39"/>
+      <c r="D7" s="97"/>
+      <c r="E7" s="98"/>
+      <c r="F7" s="98"/>
+    </row>
+    <row r="8" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="95"/>
       <c r="B8" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="25"/>
-      <c r="D8" s="43"/>
-[...4 lines deleted...]
-      <c r="A9" s="39"/>
+      <c r="D8" s="99"/>
+      <c r="E8" s="100"/>
+      <c r="F8" s="100"/>
+    </row>
+    <row r="9" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="95"/>
       <c r="B9" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="24"/>
-      <c r="D9" s="43"/>
-[...4 lines deleted...]
-      <c r="A10" s="39"/>
+      <c r="D9" s="99"/>
+      <c r="E9" s="100"/>
+      <c r="F9" s="100"/>
+    </row>
+    <row r="10" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="95"/>
       <c r="B10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="24"/>
-      <c r="D10" s="43"/>
-[...4 lines deleted...]
-      <c r="A11" s="39"/>
+      <c r="D10" s="99"/>
+      <c r="E10" s="100"/>
+      <c r="F10" s="100"/>
+    </row>
+    <row r="11" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="95"/>
       <c r="B11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="9"/>
-      <c r="D11" s="45"/>
-[...4 lines deleted...]
-      <c r="A12" s="39"/>
+      <c r="D11" s="101"/>
+      <c r="E11" s="102"/>
+      <c r="F11" s="102"/>
+    </row>
+    <row r="12" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="95"/>
       <c r="B12" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="24"/>
-      <c r="D12" s="43"/>
-[...4 lines deleted...]
-      <c r="A13" s="39"/>
+      <c r="D12" s="99"/>
+      <c r="E12" s="100"/>
+      <c r="F12" s="100"/>
+    </row>
+    <row r="13" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="95"/>
       <c r="B13" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="24"/>
-      <c r="D13" s="43"/>
-[...4 lines deleted...]
-      <c r="A14" s="39"/>
+      <c r="D13" s="99"/>
+      <c r="E13" s="100"/>
+      <c r="F13" s="100"/>
+    </row>
+    <row r="14" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="95"/>
       <c r="B14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="24"/>
-      <c r="D14" s="43"/>
-[...4 lines deleted...]
-      <c r="A15" s="39"/>
+      <c r="D14" s="99"/>
+      <c r="E14" s="100"/>
+      <c r="F14" s="100"/>
+    </row>
+    <row r="15" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="95"/>
       <c r="B15" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="9"/>
-      <c r="D15" s="45"/>
-[...4 lines deleted...]
-      <c r="A16" s="39"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="102"/>
+      <c r="F15" s="102"/>
+    </row>
+    <row r="16" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="95"/>
       <c r="B16" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="24"/>
-      <c r="D16" s="43"/>
-[...4 lines deleted...]
-      <c r="A17" s="39"/>
+      <c r="D16" s="99"/>
+      <c r="E16" s="100"/>
+      <c r="F16" s="100"/>
+    </row>
+    <row r="17" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="95"/>
       <c r="B17" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="24"/>
-      <c r="D17" s="43"/>
-[...4 lines deleted...]
-      <c r="A18" s="39"/>
+      <c r="D17" s="99"/>
+      <c r="E17" s="100"/>
+      <c r="F17" s="100"/>
+    </row>
+    <row r="18" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="95"/>
       <c r="B18" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="24"/>
-      <c r="D18" s="43"/>
-[...4 lines deleted...]
-      <c r="A19" s="39"/>
+      <c r="D18" s="99"/>
+      <c r="E18" s="100"/>
+      <c r="F18" s="100"/>
+    </row>
+    <row r="19" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="95"/>
       <c r="B19" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="9"/>
-      <c r="D19" s="45"/>
-[...4 lines deleted...]
-      <c r="A20" s="39"/>
+      <c r="D19" s="101"/>
+      <c r="E19" s="102"/>
+      <c r="F19" s="102"/>
+    </row>
+    <row r="20" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="95"/>
       <c r="B20" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="24"/>
-      <c r="D20" s="43"/>
-[...4 lines deleted...]
-      <c r="A21" s="39"/>
+      <c r="D20" s="99"/>
+      <c r="E20" s="100"/>
+      <c r="F20" s="100"/>
+    </row>
+    <row r="21" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="95"/>
       <c r="B21" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="24"/>
-      <c r="D21" s="43"/>
-[...4 lines deleted...]
-      <c r="A22" s="39"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="100"/>
+      <c r="F21" s="100"/>
+    </row>
+    <row r="22" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="95"/>
       <c r="B22" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="24"/>
-      <c r="D22" s="43"/>
-[...4 lines deleted...]
-      <c r="A23" s="40"/>
+      <c r="D22" s="99"/>
+      <c r="E22" s="100"/>
+      <c r="F22" s="100"/>
+    </row>
+    <row r="23" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="96"/>
       <c r="B23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="11">
         <f>SUM(C7:C22)</f>
         <v>0</v>
       </c>
-      <c r="D23" s="47"/>
-[...5 lines deleted...]
-        <v>38</v>
+      <c r="D23" s="103"/>
+      <c r="E23" s="102"/>
+      <c r="F23" s="102"/>
+    </row>
+    <row r="24" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="94" t="s">
+        <v>37</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="13"/>
-      <c r="D24" s="45"/>
-[...4 lines deleted...]
-      <c r="A25" s="39"/>
+      <c r="D24" s="101"/>
+      <c r="E24" s="102"/>
+      <c r="F24" s="102"/>
+    </row>
+    <row r="25" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="95"/>
       <c r="B25" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="25"/>
-      <c r="D25" s="43"/>
-[...4 lines deleted...]
-      <c r="A26" s="39"/>
+      <c r="D25" s="99"/>
+      <c r="E25" s="100"/>
+      <c r="F25" s="100"/>
+    </row>
+    <row r="26" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="95"/>
       <c r="B26" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="24"/>
-      <c r="D26" s="43"/>
-[...4 lines deleted...]
-      <c r="A27" s="39"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="100"/>
+      <c r="F26" s="100"/>
+    </row>
+    <row r="27" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="95"/>
       <c r="B27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="24"/>
-      <c r="D27" s="43"/>
-[...4 lines deleted...]
-      <c r="A28" s="39"/>
+      <c r="D27" s="99"/>
+      <c r="E27" s="100"/>
+      <c r="F27" s="100"/>
+    </row>
+    <row r="28" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="95"/>
       <c r="B28" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="9"/>
-      <c r="D28" s="45"/>
-[...4 lines deleted...]
-      <c r="A29" s="39"/>
+      <c r="D28" s="101"/>
+      <c r="E28" s="102"/>
+      <c r="F28" s="102"/>
+    </row>
+    <row r="29" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="95"/>
       <c r="B29" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="24"/>
-      <c r="D29" s="43"/>
-[...4 lines deleted...]
-      <c r="A30" s="39"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="100"/>
+      <c r="F29" s="100"/>
+    </row>
+    <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="95"/>
       <c r="B30" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="24"/>
-      <c r="D30" s="43"/>
-[...4 lines deleted...]
-      <c r="A31" s="39"/>
+      <c r="D30" s="99"/>
+      <c r="E30" s="100"/>
+      <c r="F30" s="100"/>
+    </row>
+    <row r="31" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="95"/>
       <c r="B31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="24"/>
-      <c r="D31" s="43"/>
-[...4 lines deleted...]
-      <c r="A32" s="39"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="100"/>
+    </row>
+    <row r="32" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="95"/>
       <c r="B32" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="9"/>
-      <c r="D32" s="45"/>
-[...4 lines deleted...]
-      <c r="A33" s="39"/>
+      <c r="D32" s="101"/>
+      <c r="E32" s="102"/>
+      <c r="F32" s="102"/>
+    </row>
+    <row r="33" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="95"/>
       <c r="B33" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="24"/>
-      <c r="D33" s="43"/>
-[...4 lines deleted...]
-      <c r="A34" s="39"/>
+      <c r="D33" s="99"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="100"/>
+    </row>
+    <row r="34" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="95"/>
       <c r="B34" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="24"/>
-      <c r="D34" s="43"/>
-[...4 lines deleted...]
-      <c r="A35" s="39"/>
+      <c r="D34" s="99"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+    </row>
+    <row r="35" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="95"/>
       <c r="B35" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="24"/>
-      <c r="D35" s="43"/>
-[...4 lines deleted...]
-      <c r="A36" s="39"/>
+      <c r="D35" s="99"/>
+      <c r="E35" s="100"/>
+      <c r="F35" s="100"/>
+    </row>
+    <row r="36" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="95"/>
       <c r="B36" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="9"/>
-      <c r="D36" s="45"/>
-[...4 lines deleted...]
-      <c r="A37" s="39"/>
+      <c r="D36" s="101"/>
+      <c r="E36" s="102"/>
+      <c r="F36" s="102"/>
+    </row>
+    <row r="37" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="95"/>
       <c r="B37" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="24"/>
-      <c r="D37" s="43"/>
-[...4 lines deleted...]
-      <c r="A38" s="39"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="100"/>
+      <c r="F37" s="100"/>
+    </row>
+    <row r="38" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="95"/>
       <c r="B38" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="24"/>
-      <c r="D38" s="43"/>
-[...4 lines deleted...]
-      <c r="A39" s="39"/>
+      <c r="D38" s="99"/>
+      <c r="E38" s="100"/>
+      <c r="F38" s="100"/>
+    </row>
+    <row r="39" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="95"/>
       <c r="B39" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="24"/>
-      <c r="D39" s="43"/>
-[...4 lines deleted...]
-      <c r="A40" s="40"/>
+      <c r="D39" s="99"/>
+      <c r="E39" s="100"/>
+      <c r="F39" s="100"/>
+    </row>
+    <row r="40" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="96"/>
       <c r="B40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="11">
         <f t="shared" ref="C40" si="0">SUM(C24:C39)</f>
         <v>0</v>
       </c>
-      <c r="D40" s="47"/>
-[...4 lines deleted...]
-      <c r="A41" s="34" t="s">
+      <c r="D40" s="103"/>
+      <c r="E40" s="102"/>
+      <c r="F40" s="102"/>
+    </row>
+    <row r="41" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="90" t="s">
         <v>23</v>
       </c>
-      <c r="B41" s="35"/>
-[...7 lines deleted...]
-        <v>44</v>
+      <c r="B41" s="91"/>
+      <c r="C41" s="91"/>
+      <c r="D41" s="91"/>
+      <c r="E41" s="92"/>
+      <c r="F41" s="93"/>
+    </row>
+    <row r="42" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="109" t="s">
+        <v>43</v>
       </c>
       <c r="B42" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C42" s="23"/>
-      <c r="D42" s="54" t="s">
+      <c r="D42" s="111" t="s">
         <v>24</v>
       </c>
-      <c r="E42" s="55"/>
-[...3 lines deleted...]
-      <c r="A43" s="52"/>
+      <c r="E42" s="112"/>
+      <c r="F42" s="112"/>
+    </row>
+    <row r="43" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="109"/>
       <c r="B43" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="22"/>
-      <c r="D43" s="51"/>
-[...4 lines deleted...]
-      <c r="A44" s="52"/>
+      <c r="D43" s="108"/>
+      <c r="E43" s="100"/>
+      <c r="F43" s="100"/>
+    </row>
+    <row r="44" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="109"/>
       <c r="B44" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="22"/>
-      <c r="D44" s="51"/>
-[...4 lines deleted...]
-      <c r="A45" s="52"/>
+      <c r="D44" s="108"/>
+      <c r="E44" s="100"/>
+      <c r="F44" s="100"/>
+    </row>
+    <row r="45" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="109"/>
       <c r="B45" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="22"/>
-      <c r="D45" s="51"/>
-[...4 lines deleted...]
-      <c r="A46" s="52"/>
+      <c r="D45" s="108"/>
+      <c r="E45" s="100"/>
+      <c r="F45" s="100"/>
+    </row>
+    <row r="46" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="109"/>
       <c r="B46" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="22"/>
-      <c r="D46" s="51"/>
-[...4 lines deleted...]
-      <c r="A47" s="52"/>
+      <c r="D46" s="108"/>
+      <c r="E46" s="100"/>
+      <c r="F46" s="100"/>
+    </row>
+    <row r="47" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="109"/>
       <c r="B47" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C47" s="22"/>
-      <c r="D47" s="51"/>
-[...4 lines deleted...]
-      <c r="A48" s="52"/>
+      <c r="D47" s="108"/>
+      <c r="E47" s="100"/>
+      <c r="F47" s="100"/>
+    </row>
+    <row r="48" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="109"/>
       <c r="B48" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="22"/>
-      <c r="D48" s="51"/>
-[...4 lines deleted...]
-      <c r="A49" s="52"/>
+      <c r="D48" s="108"/>
+      <c r="E48" s="100"/>
+      <c r="F48" s="100"/>
+    </row>
+    <row r="49" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="109"/>
       <c r="B49" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="22"/>
-      <c r="D49" s="51"/>
-[...4 lines deleted...]
-      <c r="A50" s="52"/>
+      <c r="D49" s="108"/>
+      <c r="E49" s="100"/>
+      <c r="F49" s="100"/>
+    </row>
+    <row r="50" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="109"/>
       <c r="B50" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="22"/>
-      <c r="D50" s="51"/>
-[...4 lines deleted...]
-      <c r="A51" s="52"/>
+      <c r="D50" s="108"/>
+      <c r="E50" s="100"/>
+      <c r="F50" s="100"/>
+    </row>
+    <row r="51" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="109"/>
       <c r="B51" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="22"/>
-      <c r="D51" s="51"/>
-[...4 lines deleted...]
-      <c r="A52" s="52"/>
+      <c r="D51" s="108"/>
+      <c r="E51" s="100"/>
+      <c r="F51" s="100"/>
+    </row>
+    <row r="52" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="109"/>
       <c r="B52" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="22"/>
-      <c r="D52" s="51"/>
-[...4 lines deleted...]
-      <c r="A53" s="52"/>
+      <c r="D52" s="108"/>
+      <c r="E52" s="100"/>
+      <c r="F52" s="100"/>
+    </row>
+    <row r="53" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="109"/>
       <c r="B53" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="22"/>
-      <c r="D53" s="51"/>
-[...4 lines deleted...]
-      <c r="A54" s="53"/>
+      <c r="D53" s="108"/>
+      <c r="E53" s="100"/>
+      <c r="F53" s="100"/>
+    </row>
+    <row r="54" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="110"/>
       <c r="B54" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C54" s="11">
         <f t="shared" ref="C54" si="1">SUM(C42:C53)</f>
         <v>0</v>
       </c>
-      <c r="D54" s="56"/>
-[...5 lines deleted...]
-        <v>37</v>
+      <c r="D54" s="113"/>
+      <c r="E54" s="114"/>
+      <c r="F54" s="114"/>
+    </row>
+    <row r="55" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="105" t="s">
+        <v>116</v>
       </c>
       <c r="B55" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C55" s="21"/>
-      <c r="D55" s="51" t="s">
+      <c r="D55" s="108" t="s">
         <v>24</v>
       </c>
-      <c r="E55" s="44"/>
-[...3 lines deleted...]
-      <c r="A56" s="49"/>
+      <c r="E55" s="100"/>
+      <c r="F55" s="100"/>
+    </row>
+    <row r="56" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="106"/>
       <c r="B56" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C56" s="22"/>
-      <c r="D56" s="51"/>
-[...4 lines deleted...]
-      <c r="A57" s="49"/>
+      <c r="D56" s="108"/>
+      <c r="E56" s="100"/>
+      <c r="F56" s="100"/>
+    </row>
+    <row r="57" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="106"/>
       <c r="B57" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C57" s="22"/>
-      <c r="D57" s="51"/>
-[...4 lines deleted...]
-      <c r="A58" s="49"/>
+      <c r="D57" s="108"/>
+      <c r="E57" s="100"/>
+      <c r="F57" s="100"/>
+    </row>
+    <row r="58" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="106"/>
       <c r="B58" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="22"/>
-      <c r="D58" s="51"/>
-[...4 lines deleted...]
-      <c r="A59" s="49"/>
+      <c r="D58" s="108"/>
+      <c r="E58" s="100"/>
+      <c r="F58" s="100"/>
+    </row>
+    <row r="59" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="106"/>
       <c r="B59" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C59" s="22"/>
-      <c r="D59" s="51"/>
-[...4 lines deleted...]
-      <c r="A60" s="49"/>
+      <c r="D59" s="108"/>
+      <c r="E59" s="100"/>
+      <c r="F59" s="100"/>
+    </row>
+    <row r="60" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="106"/>
       <c r="B60" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="22"/>
-      <c r="D60" s="51"/>
-[...4 lines deleted...]
-      <c r="A61" s="49"/>
+      <c r="D60" s="108"/>
+      <c r="E60" s="100"/>
+      <c r="F60" s="100"/>
+    </row>
+    <row r="61" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="106"/>
       <c r="B61" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C61" s="22"/>
-      <c r="D61" s="51"/>
-[...4 lines deleted...]
-      <c r="A62" s="49"/>
+      <c r="D61" s="108"/>
+      <c r="E61" s="100"/>
+      <c r="F61" s="100"/>
+    </row>
+    <row r="62" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="106"/>
       <c r="B62" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C62" s="22"/>
-      <c r="D62" s="51"/>
-[...4 lines deleted...]
-      <c r="A63" s="49"/>
+      <c r="D62" s="108"/>
+      <c r="E62" s="100"/>
+      <c r="F62" s="100"/>
+    </row>
+    <row r="63" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="106"/>
       <c r="B63" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="22"/>
-      <c r="D63" s="51"/>
-[...4 lines deleted...]
-      <c r="A64" s="49"/>
+      <c r="D63" s="108"/>
+      <c r="E63" s="100"/>
+      <c r="F63" s="100"/>
+    </row>
+    <row r="64" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="106"/>
       <c r="B64" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="22"/>
-      <c r="D64" s="51"/>
-[...4 lines deleted...]
-      <c r="A65" s="49"/>
+      <c r="D64" s="108"/>
+      <c r="E64" s="100"/>
+      <c r="F64" s="100"/>
+    </row>
+    <row r="65" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="106"/>
       <c r="B65" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="22"/>
-      <c r="D65" s="51"/>
-[...4 lines deleted...]
-      <c r="A66" s="49"/>
+      <c r="D65" s="108"/>
+      <c r="E65" s="100"/>
+      <c r="F65" s="100"/>
+    </row>
+    <row r="66" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="106"/>
       <c r="B66" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="22"/>
-      <c r="D66" s="51"/>
-[...4 lines deleted...]
-      <c r="A67" s="50"/>
+      <c r="D66" s="108"/>
+      <c r="E66" s="100"/>
+      <c r="F66" s="100"/>
+    </row>
+    <row r="67" spans="1:6" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="107"/>
       <c r="B67" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C67" s="11">
         <f t="shared" ref="C67" si="2">SUM(C55:C66)</f>
         <v>0</v>
       </c>
-      <c r="D67" s="56"/>
-[...5 lines deleted...]
-        <v>40</v>
+      <c r="D67" s="113"/>
+      <c r="E67" s="114"/>
+      <c r="F67" s="114"/>
+    </row>
+    <row r="68" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="116" t="s">
+        <v>39</v>
       </c>
       <c r="B68" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C68" s="21"/>
-      <c r="D68" s="51" t="s">
+      <c r="D68" s="108" t="s">
         <v>24</v>
       </c>
-      <c r="E68" s="44"/>
-[...3 lines deleted...]
-      <c r="A69" s="60"/>
+      <c r="E68" s="100"/>
+      <c r="F68" s="100"/>
+    </row>
+    <row r="69" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="117"/>
       <c r="B69" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C69" s="22"/>
-      <c r="D69" s="51"/>
-[...4 lines deleted...]
-      <c r="A70" s="60"/>
+      <c r="D69" s="108"/>
+      <c r="E69" s="100"/>
+      <c r="F69" s="100"/>
+    </row>
+    <row r="70" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="117"/>
       <c r="B70" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C70" s="22"/>
-      <c r="D70" s="51"/>
-[...4 lines deleted...]
-      <c r="A71" s="60"/>
+      <c r="D70" s="108"/>
+      <c r="E70" s="100"/>
+      <c r="F70" s="100"/>
+    </row>
+    <row r="71" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="117"/>
       <c r="B71" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="22"/>
-      <c r="D71" s="51"/>
-[...4 lines deleted...]
-      <c r="A72" s="60"/>
+      <c r="D71" s="108"/>
+      <c r="E71" s="100"/>
+      <c r="F71" s="100"/>
+    </row>
+    <row r="72" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="117"/>
       <c r="B72" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="22"/>
-      <c r="D72" s="51"/>
-[...4 lines deleted...]
-      <c r="A73" s="60"/>
+      <c r="D72" s="108"/>
+      <c r="E72" s="100"/>
+      <c r="F72" s="100"/>
+    </row>
+    <row r="73" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="117"/>
       <c r="B73" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C73" s="22"/>
-      <c r="D73" s="51"/>
-[...4 lines deleted...]
-      <c r="A74" s="60"/>
+      <c r="D73" s="108"/>
+      <c r="E73" s="100"/>
+      <c r="F73" s="100"/>
+    </row>
+    <row r="74" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="117"/>
       <c r="B74" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C74" s="22"/>
-      <c r="D74" s="51"/>
-[...4 lines deleted...]
-      <c r="A75" s="60"/>
+      <c r="D74" s="108"/>
+      <c r="E74" s="100"/>
+      <c r="F74" s="100"/>
+    </row>
+    <row r="75" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="117"/>
       <c r="B75" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="22"/>
-      <c r="D75" s="51"/>
-[...4 lines deleted...]
-      <c r="A76" s="60"/>
+      <c r="D75" s="108"/>
+      <c r="E75" s="100"/>
+      <c r="F75" s="100"/>
+    </row>
+    <row r="76" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="117"/>
       <c r="B76" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="22"/>
-      <c r="D76" s="51"/>
-[...4 lines deleted...]
-      <c r="A77" s="60"/>
+      <c r="D76" s="108"/>
+      <c r="E76" s="100"/>
+      <c r="F76" s="100"/>
+    </row>
+    <row r="77" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="117"/>
       <c r="B77" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C77" s="22"/>
-      <c r="D77" s="51"/>
-[...4 lines deleted...]
-      <c r="A78" s="60"/>
+      <c r="D77" s="108"/>
+      <c r="E77" s="100"/>
+      <c r="F77" s="100"/>
+    </row>
+    <row r="78" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="117"/>
       <c r="B78" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="22"/>
-      <c r="D78" s="51"/>
-[...4 lines deleted...]
-      <c r="A79" s="60"/>
+      <c r="D78" s="108"/>
+      <c r="E78" s="100"/>
+      <c r="F78" s="100"/>
+    </row>
+    <row r="79" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="117"/>
       <c r="B79" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C79" s="22"/>
-      <c r="D79" s="51"/>
-[...4 lines deleted...]
-      <c r="A80" s="61"/>
+      <c r="D79" s="108"/>
+      <c r="E79" s="100"/>
+      <c r="F79" s="100"/>
+    </row>
+    <row r="80" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="118"/>
       <c r="B80" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C80" s="15">
         <f>SUM(C68:C79)</f>
         <v>0</v>
       </c>
-      <c r="D80" s="47"/>
-[...5 lines deleted...]
-        <v>56</v>
+      <c r="D80" s="103"/>
+      <c r="E80" s="102"/>
+      <c r="F80" s="102"/>
+    </row>
+    <row r="81" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="105" t="s">
+        <v>119</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C81" s="21"/>
-      <c r="D81" s="51" t="s">
+      <c r="D81" s="108" t="s">
         <v>24</v>
       </c>
-      <c r="E81" s="44"/>
-[...3 lines deleted...]
-      <c r="A82" s="49"/>
+      <c r="E81" s="100"/>
+      <c r="F81" s="100"/>
+    </row>
+    <row r="82" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="106"/>
       <c r="B82" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C82" s="22"/>
-      <c r="D82" s="51"/>
-[...4 lines deleted...]
-      <c r="A83" s="49"/>
+      <c r="D82" s="108"/>
+      <c r="E82" s="100"/>
+      <c r="F82" s="100"/>
+    </row>
+    <row r="83" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="106"/>
       <c r="B83" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C83" s="22"/>
-      <c r="D83" s="51"/>
-[...4 lines deleted...]
-      <c r="A84" s="49"/>
+      <c r="D83" s="108"/>
+      <c r="E83" s="100"/>
+      <c r="F83" s="100"/>
+    </row>
+    <row r="84" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="106"/>
       <c r="B84" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="22"/>
-      <c r="D84" s="51"/>
-[...4 lines deleted...]
-      <c r="A85" s="49"/>
+      <c r="D84" s="108"/>
+      <c r="E84" s="100"/>
+      <c r="F84" s="100"/>
+    </row>
+    <row r="85" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="106"/>
       <c r="B85" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C85" s="22"/>
-      <c r="D85" s="51"/>
-[...4 lines deleted...]
-      <c r="A86" s="49"/>
+      <c r="D85" s="108"/>
+      <c r="E85" s="100"/>
+      <c r="F85" s="100"/>
+    </row>
+    <row r="86" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="106"/>
       <c r="B86" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C86" s="22"/>
-      <c r="D86" s="51"/>
-[...4 lines deleted...]
-      <c r="A87" s="49"/>
+      <c r="D86" s="108"/>
+      <c r="E86" s="100"/>
+      <c r="F86" s="100"/>
+    </row>
+    <row r="87" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="106"/>
       <c r="B87" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C87" s="22"/>
-      <c r="D87" s="51"/>
-[...4 lines deleted...]
-      <c r="A88" s="49"/>
+      <c r="D87" s="108"/>
+      <c r="E87" s="100"/>
+      <c r="F87" s="100"/>
+    </row>
+    <row r="88" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="106"/>
       <c r="B88" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C88" s="22"/>
-      <c r="D88" s="51"/>
-[...4 lines deleted...]
-      <c r="A89" s="49"/>
+      <c r="D88" s="108"/>
+      <c r="E88" s="100"/>
+      <c r="F88" s="100"/>
+    </row>
+    <row r="89" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="106"/>
       <c r="B89" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="22"/>
-      <c r="D89" s="51"/>
-[...4 lines deleted...]
-      <c r="A90" s="49"/>
+      <c r="D89" s="108"/>
+      <c r="E89" s="100"/>
+      <c r="F89" s="100"/>
+    </row>
+    <row r="90" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="106"/>
       <c r="B90" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C90" s="22"/>
-      <c r="D90" s="51"/>
-[...4 lines deleted...]
-      <c r="A91" s="49"/>
+      <c r="D90" s="108"/>
+      <c r="E90" s="100"/>
+      <c r="F90" s="100"/>
+    </row>
+    <row r="91" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="106"/>
       <c r="B91" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="22"/>
-      <c r="D91" s="51"/>
-[...4 lines deleted...]
-      <c r="A92" s="49"/>
+      <c r="D91" s="108"/>
+      <c r="E91" s="100"/>
+      <c r="F91" s="100"/>
+    </row>
+    <row r="92" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="106"/>
       <c r="B92" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="22"/>
-      <c r="D92" s="51"/>
-[...4 lines deleted...]
-      <c r="A93" s="50"/>
+      <c r="D92" s="108"/>
+      <c r="E92" s="100"/>
+      <c r="F92" s="100"/>
+    </row>
+    <row r="93" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="107"/>
       <c r="B93" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C93" s="11">
         <f t="shared" ref="C93" si="3">SUM(C81:C92)</f>
         <v>0</v>
       </c>
-      <c r="D93" s="56"/>
-[...5 lines deleted...]
-        <v>47</v>
+      <c r="D93" s="113"/>
+      <c r="E93" s="114"/>
+      <c r="F93" s="114"/>
+    </row>
+    <row r="94" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="105" t="s">
+        <v>120</v>
       </c>
       <c r="B94" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C94" s="21"/>
-      <c r="D94" s="51"/>
-[...4 lines deleted...]
-      <c r="A95" s="52"/>
+      <c r="D94" s="108"/>
+      <c r="E94" s="100"/>
+      <c r="F94" s="100"/>
+    </row>
+    <row r="95" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="123"/>
       <c r="B95" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C95" s="22"/>
-      <c r="D95" s="51"/>
-[...4 lines deleted...]
-      <c r="A96" s="52"/>
+      <c r="D95" s="108"/>
+      <c r="E95" s="100"/>
+      <c r="F95" s="100"/>
+    </row>
+    <row r="96" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="123"/>
       <c r="B96" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C96" s="22"/>
-      <c r="D96" s="51"/>
-[...4 lines deleted...]
-      <c r="A97" s="52"/>
+      <c r="D96" s="108"/>
+      <c r="E96" s="100"/>
+      <c r="F96" s="100"/>
+    </row>
+    <row r="97" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="123"/>
       <c r="B97" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="22"/>
-      <c r="D97" s="51"/>
-[...4 lines deleted...]
-      <c r="A98" s="52"/>
+      <c r="D97" s="108"/>
+      <c r="E97" s="100"/>
+      <c r="F97" s="100"/>
+    </row>
+    <row r="98" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="123"/>
       <c r="B98" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C98" s="22"/>
-      <c r="D98" s="51"/>
-[...4 lines deleted...]
-      <c r="A99" s="52"/>
+      <c r="D98" s="108"/>
+      <c r="E98" s="100"/>
+      <c r="F98" s="100"/>
+    </row>
+    <row r="99" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="123"/>
       <c r="B99" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C99" s="22"/>
-      <c r="D99" s="51"/>
-[...4 lines deleted...]
-      <c r="A100" s="52"/>
+      <c r="D99" s="108"/>
+      <c r="E99" s="100"/>
+      <c r="F99" s="100"/>
+    </row>
+    <row r="100" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="123"/>
       <c r="B100" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C100" s="22"/>
-      <c r="D100" s="51"/>
-[...4 lines deleted...]
-      <c r="A101" s="52"/>
+      <c r="D100" s="108"/>
+      <c r="E100" s="100"/>
+      <c r="F100" s="100"/>
+    </row>
+    <row r="101" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="123"/>
       <c r="B101" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C101" s="22"/>
-      <c r="D101" s="51"/>
-[...4 lines deleted...]
-      <c r="A102" s="52"/>
+      <c r="D101" s="108"/>
+      <c r="E101" s="100"/>
+      <c r="F101" s="100"/>
+    </row>
+    <row r="102" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="123"/>
       <c r="B102" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="22"/>
-      <c r="D102" s="51"/>
-[...4 lines deleted...]
-      <c r="A103" s="52"/>
+      <c r="D102" s="108"/>
+      <c r="E102" s="100"/>
+      <c r="F102" s="100"/>
+    </row>
+    <row r="103" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="123"/>
       <c r="B103" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C103" s="22"/>
-      <c r="D103" s="51"/>
-[...4 lines deleted...]
-      <c r="A104" s="52"/>
+      <c r="D103" s="108"/>
+      <c r="E103" s="100"/>
+      <c r="F103" s="100"/>
+    </row>
+    <row r="104" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="123"/>
       <c r="B104" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="22"/>
-      <c r="D104" s="51"/>
-[...4 lines deleted...]
-      <c r="A105" s="52"/>
+      <c r="D104" s="108"/>
+      <c r="E104" s="100"/>
+      <c r="F104" s="100"/>
+    </row>
+    <row r="105" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="123"/>
       <c r="B105" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C105" s="22"/>
-      <c r="D105" s="51"/>
-[...4 lines deleted...]
-      <c r="A106" s="53"/>
+      <c r="D105" s="108"/>
+      <c r="E105" s="100"/>
+      <c r="F105" s="100"/>
+    </row>
+    <row r="106" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="124"/>
       <c r="B106" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C106" s="11">
         <f>SUM(C94:C105)</f>
         <v>0</v>
       </c>
-      <c r="D106" s="56"/>
-[...5 lines deleted...]
-        <v>48</v>
+      <c r="D106" s="113"/>
+      <c r="E106" s="114"/>
+      <c r="F106" s="114"/>
+    </row>
+    <row r="107" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="115" t="s">
+        <v>46</v>
       </c>
       <c r="B107" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C107" s="21"/>
-      <c r="D107" s="51"/>
-[...4 lines deleted...]
-      <c r="A108" s="52"/>
+      <c r="D107" s="108"/>
+      <c r="E107" s="100"/>
+      <c r="F107" s="100"/>
+    </row>
+    <row r="108" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="109"/>
       <c r="B108" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C108" s="22"/>
-      <c r="D108" s="51"/>
-[...4 lines deleted...]
-      <c r="A109" s="52"/>
+      <c r="D108" s="108"/>
+      <c r="E108" s="100"/>
+      <c r="F108" s="100"/>
+    </row>
+    <row r="109" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="109"/>
       <c r="B109" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C109" s="22"/>
-      <c r="D109" s="51"/>
-[...4 lines deleted...]
-      <c r="A110" s="52"/>
+      <c r="D109" s="108"/>
+      <c r="E109" s="100"/>
+      <c r="F109" s="100"/>
+    </row>
+    <row r="110" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="109"/>
       <c r="B110" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="22"/>
-      <c r="D110" s="51"/>
-[...4 lines deleted...]
-      <c r="A111" s="52"/>
+      <c r="D110" s="108"/>
+      <c r="E110" s="100"/>
+      <c r="F110" s="100"/>
+    </row>
+    <row r="111" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="109"/>
       <c r="B111" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C111" s="22"/>
-      <c r="D111" s="51"/>
-[...4 lines deleted...]
-      <c r="A112" s="52"/>
+      <c r="D111" s="108"/>
+      <c r="E111" s="100"/>
+      <c r="F111" s="100"/>
+    </row>
+    <row r="112" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="109"/>
       <c r="B112" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C112" s="22"/>
-      <c r="D112" s="51"/>
-[...4 lines deleted...]
-      <c r="A113" s="52"/>
+      <c r="D112" s="108"/>
+      <c r="E112" s="100"/>
+      <c r="F112" s="100"/>
+    </row>
+    <row r="113" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="109"/>
       <c r="B113" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C113" s="22"/>
-      <c r="D113" s="51"/>
-[...4 lines deleted...]
-      <c r="A114" s="52"/>
+      <c r="D113" s="108"/>
+      <c r="E113" s="100"/>
+      <c r="F113" s="100"/>
+    </row>
+    <row r="114" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="109"/>
       <c r="B114" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="22"/>
-      <c r="D114" s="51"/>
-[...4 lines deleted...]
-      <c r="A115" s="52"/>
+      <c r="D114" s="108"/>
+      <c r="E114" s="100"/>
+      <c r="F114" s="100"/>
+    </row>
+    <row r="115" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="109"/>
       <c r="B115" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="22"/>
-      <c r="D115" s="51"/>
-[...4 lines deleted...]
-      <c r="A116" s="52"/>
+      <c r="D115" s="108"/>
+      <c r="E115" s="100"/>
+      <c r="F115" s="100"/>
+    </row>
+    <row r="116" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="109"/>
       <c r="B116" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C116" s="22"/>
-      <c r="D116" s="51"/>
-[...4 lines deleted...]
-      <c r="A117" s="52"/>
+      <c r="D116" s="108"/>
+      <c r="E116" s="100"/>
+      <c r="F116" s="100"/>
+    </row>
+    <row r="117" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="109"/>
       <c r="B117" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="22"/>
-      <c r="D117" s="51"/>
-[...4 lines deleted...]
-      <c r="A118" s="52"/>
+      <c r="D117" s="108"/>
+      <c r="E117" s="100"/>
+      <c r="F117" s="100"/>
+    </row>
+    <row r="118" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="109"/>
       <c r="B118" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C118" s="22"/>
-      <c r="D118" s="51"/>
-[...4 lines deleted...]
-      <c r="A119" s="53"/>
+      <c r="D118" s="108"/>
+      <c r="E118" s="100"/>
+      <c r="F118" s="100"/>
+    </row>
+    <row r="119" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="110"/>
       <c r="B119" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C119" s="11">
         <f>SUM(C107:C118)</f>
         <v>0</v>
       </c>
-      <c r="D119" s="56"/>
-[...4 lines deleted...]
-      <c r="A120" s="66" t="s">
+      <c r="D119" s="113"/>
+      <c r="E119" s="114"/>
+      <c r="F119" s="114"/>
+    </row>
+    <row r="120" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="120" t="s">
         <v>25</v>
       </c>
-      <c r="B120" s="67"/>
-[...13 lines deleted...]
-      <c r="D121" s="72" t="s">
+      <c r="B120" s="121"/>
+      <c r="C120" s="121"/>
+      <c r="D120" s="122"/>
+    </row>
+    <row r="121" spans="1:6" ht="111" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="B121" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C121" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="D121" s="33" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A122" s="73" t="s">
+    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="B122" s="63">
+      <c r="B122" s="27">
         <f>COUNTIFS('Template 1A-July'!E4:E129, "&gt;="&amp;DATE(2025,7,1), 'Template 1A-July'!E4:E129, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>0</v>
       </c>
-      <c r="C122" s="63">
+      <c r="C122" s="27">
         <f>COUNTIF('Template 1A-July'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D122" s="74" t="e">
+      <c r="D122" s="35" t="e">
         <f>C122/B122</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A123" s="75" t="s">
+    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B123" s="63">
+      <c r="B123" s="27">
         <f>COUNTIFS('Template 1A-August'!E4:E129, "&gt;="&amp;DATE(2025,8,1), 'Template 1A-August'!E4:E129, "&lt;="&amp;DATE(2025,8,31))</f>
         <v>0</v>
       </c>
-      <c r="C123" s="63">
+      <c r="C123" s="27">
         <f>COUNTIF('Template 1A-August'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D123" s="76" t="e">
+      <c r="D123" s="37" t="e">
         <f t="shared" ref="D123:D134" si="4">C123/B123</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A124" s="75" t="s">
+    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="B124" s="63">
+      <c r="B124" s="27">
         <f>COUNTIFS('Template 1A-September'!E4:E129, "&gt;="&amp;DATE(2025,9,1), 'Template 1A-September'!E4:E129, "&lt;="&amp;DATE(2025,9,30))</f>
         <v>0</v>
       </c>
-      <c r="C124" s="63">
+      <c r="C124" s="27">
         <f>COUNTIF('Template 1A-September'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D124" s="76" t="e">
+      <c r="D124" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A125" s="75" t="s">
+    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="B125" s="63">
+      <c r="B125" s="27">
         <f>COUNTIFS('Template 1A-October'!E4:E129, "&gt;="&amp;DATE(2025,10,1), 'Template 1A-September'!E4:E129, "&lt;="&amp;DATE(2025,10,31))</f>
         <v>0</v>
       </c>
-      <c r="C125" s="63">
+      <c r="C125" s="27">
         <f>COUNTIF('Template 1A-October'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D125" s="77" t="e">
+      <c r="D125" s="38" t="e">
         <f>C125/B125</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A126" s="75" t="s">
+    <row r="126" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="B126" s="63">
+      <c r="B126" s="27">
         <f>COUNTIFS('Template 1A-November'!E4:E129, "&gt;="&amp;DATE(2025,11,1), 'Template 1A-November'!E4:E129, "&lt;="&amp;DATE(2025,11,30))</f>
         <v>0</v>
       </c>
-      <c r="C126" s="63">
+      <c r="C126" s="27">
         <f>COUNTIF('Template 1A-November'!H4:H19, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D126" s="76" t="e">
+      <c r="D126" s="37" t="e">
         <f>C126/B126</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A127" s="75" t="s">
+    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="B127" s="63">
+      <c r="B127" s="27">
         <f>COUNTIFS('Template 1A-December'!E4:E129, "&gt;="&amp;DATE(2025,12,1), 'Template 1A-December'!E4:E129, "&lt;="&amp;DATE(2025,12,31))</f>
         <v>0</v>
       </c>
-      <c r="C127" s="63">
+      <c r="C127" s="27">
         <f>COUNTIF('Template 1A-December'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D127" s="76" t="e">
+      <c r="D127" s="37" t="e">
         <f>C127/B127</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A128" s="75" t="s">
+    <row r="128" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="B128" s="63">
+      <c r="B128" s="27">
         <f>COUNTIFS('Template 1A-January'!E4:E129, "&gt;="&amp;DATE(2026,1,1), 'Template 1A-January'!E4:E129, "&lt;="&amp;DATE(2026,1,31))</f>
         <v>0</v>
       </c>
-      <c r="C128" s="63">
+      <c r="C128" s="27">
         <f>COUNTIF('Template 1A-January'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D128" s="76" t="e">
+      <c r="D128" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="129" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A129" s="75" t="s">
+    <row r="129" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="B129" s="63">
+      <c r="B129" s="27">
         <f>COUNTIFS('Template 1A-February'!E4:E129, "&gt;="&amp;DATE(2026,2,1), 'Template 1A-February'!E4:E129, "&lt;="&amp;DATE(2026,2,29))</f>
         <v>0</v>
       </c>
-      <c r="C129" s="63">
+      <c r="C129" s="27">
         <f>COUNTIF('Template 1A-February'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D129" s="76" t="e">
+      <c r="D129" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="130" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A130" s="75" t="s">
+    <row r="130" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B130" s="63">
+      <c r="B130" s="27">
         <f>COUNTIFS('Template 1A-March'!E4:E129, "&gt;="&amp;DATE(2026,31,1), 'Template 1A-March'!E4:E129, "&lt;="&amp;DATE(2026,3,31))</f>
         <v>0</v>
       </c>
-      <c r="C130" s="63">
+      <c r="C130" s="27">
         <f>COUNTIF('Template 1A-March'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D130" s="76" t="e">
+      <c r="D130" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="131" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A131" s="75" t="s">
+    <row r="131" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="B131" s="63">
+      <c r="B131" s="27">
         <f>COUNTIFS('Template 1A-April'!E4:E129, "&gt;="&amp;DATE(2026,4,1), 'Template 1A-April'!E4:E129, "&lt;="&amp;DATE(2026,4,30))</f>
         <v>0</v>
       </c>
-      <c r="C131" s="63">
+      <c r="C131" s="27">
         <f>COUNTIF('Template 1A-April'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D131" s="76" t="e">
+      <c r="D131" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="132" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A132" s="75" t="s">
+    <row r="132" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B132" s="63">
+      <c r="B132" s="27">
         <f>COUNTIFS('Template 1A-May'!E4:E129, "&gt;="&amp;DATE(2026,5,1), 'Template 1A-May'!E4:E129, "&lt;="&amp;DATE(2026,5,31))</f>
         <v>0</v>
       </c>
-      <c r="C132" s="63">
+      <c r="C132" s="27">
         <f>COUNTIF('Template 1A-May'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D132" s="76" t="e">
+      <c r="D132" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="133" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A133" s="78" t="s">
+    <row r="133" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="B133" s="63">
+      <c r="B133" s="27">
         <f>COUNTIFS('Template 1A-June'!E4:E129, "&gt;="&amp;DATE(2026,6,1), 'Template 1A-June'!E4:E129, "&lt;="&amp;DATE(2026,6,30))</f>
         <v>0</v>
       </c>
-      <c r="C133" s="63">
+      <c r="C133" s="27">
         <f>COUNTIF('Template 1A-June'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D133" s="79" t="e">
+      <c r="D133" s="40" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="134" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A134" s="80" t="s">
+    <row r="134" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="B134" s="81">
+      <c r="B134" s="42">
         <f>SUM(B122:B133)</f>
         <v>0</v>
       </c>
-      <c r="C134" s="81">
+      <c r="C134" s="42">
         <f>SUM(C122:C133)</f>
         <v>0</v>
       </c>
-      <c r="D134" s="82" t="e">
+      <c r="D134" s="43" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="135" spans="1:4" ht="117.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A135" s="69" t="s">
+    <row r="135" spans="1:4" ht="128.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="30" t="s">
+        <v>41</v>
+      </c>
+      <c r="B135" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C135" s="44" t="s">
         <v>42</v>
       </c>
-      <c r="B135" s="70" t="s">
-[...5 lines deleted...]
-      <c r="D135" s="72" t="s">
+      <c r="D135" s="33" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="136" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A136" s="73" t="s">
+    <row r="136" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="B136" s="63">
-        <f>B122</f>
+      <c r="B136" s="27">
+        <f t="shared" ref="B136:B147" si="5">B122</f>
         <v>0</v>
       </c>
-      <c r="C136" s="63">
+      <c r="C136" s="27">
         <f>COUNTIF('Template 1A-July'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D136" s="74" t="e">
+      <c r="D136" s="35" t="e">
         <f>C136/B136</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="137" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A137" s="75" t="s">
+    <row r="137" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B137" s="64">
-        <f>B123</f>
+      <c r="B137" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C137" s="63">
+      <c r="C137" s="27">
         <f>COUNTIF('Template 1A-August'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D137" s="76" t="e">
+      <c r="D137" s="37" t="e">
         <f>C137/B137</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="138" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A138" s="75" t="s">
+    <row r="138" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="B138" s="64">
-        <f>B124</f>
+      <c r="B138" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C138" s="63">
+      <c r="C138" s="27">
         <f>COUNTIF('Template 1A-September'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D138" s="76" t="e">
+      <c r="D138" s="37" t="e">
         <f>C138/B138</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="139" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A139" s="75" t="s">
+    <row r="139" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="B139" s="64">
-        <f>B125</f>
+      <c r="B139" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C139" s="63">
+      <c r="C139" s="27">
         <f>COUNTIF('Template 1A-October'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D139" s="77" t="e">
-        <f t="shared" ref="D139:D148" si="5">C139/B139</f>
+      <c r="D139" s="38" t="e">
+        <f t="shared" ref="D139:D148" si="6">C139/B139</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="140" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A140" s="75" t="s">
+    <row r="140" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="B140" s="64">
-        <f>B126</f>
+      <c r="B140" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C140" s="63">
+      <c r="C140" s="27">
         <f>COUNTIF('Template 1A-November'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D140" s="76" t="e">
+      <c r="D140" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="36" t="s">
+        <v>11</v>
+      </c>
+      <c r="B141" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B127</f>
         <v>0</v>
       </c>
-      <c r="C141" s="63">
+      <c r="C141" s="27">
         <f>COUNTIF('Template 1A-December'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D141" s="76" t="e">
+      <c r="D141" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="36" t="s">
+        <v>6</v>
+      </c>
+      <c r="B142" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B128</f>
         <v>0</v>
       </c>
-      <c r="C142" s="63">
+      <c r="C142" s="27">
         <f>COUNTIF('Template 1A-January'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D142" s="76" t="e">
+      <c r="D142" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="B143" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B129</f>
         <v>0</v>
       </c>
-      <c r="C143" s="63">
+      <c r="C143" s="27">
         <f>COUNTIF('Template 1A-February'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D143" s="76" t="e">
+      <c r="D143" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="B144" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B130</f>
         <v>0</v>
       </c>
-      <c r="C144" s="63">
+      <c r="C144" s="27">
         <f>COUNTIF('Template 1A-March'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D144" s="76" t="e">
+      <c r="D144" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B145" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B131</f>
         <v>0</v>
       </c>
-      <c r="C145" s="63">
+      <c r="C145" s="27">
         <f>COUNTIF('Template 1A-April'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D145" s="76" t="e">
+      <c r="D145" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="B146" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B132</f>
         <v>0</v>
       </c>
-      <c r="C146" s="63">
+      <c r="C146" s="27">
         <f>COUNTIF('Template 1A-May'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D146" s="76" t="e">
+      <c r="D146" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" s="29">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B133</f>
         <v>0</v>
       </c>
-      <c r="C147" s="63">
+      <c r="C147" s="27">
         <f>COUNTIF('Template 1A-June'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D147" s="79" t="e">
-        <f t="shared" si="5"/>
+      <c r="D147" s="40" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="148" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A148" s="80" t="s">
+    <row r="148" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="B148" s="81">
+      <c r="B148" s="42">
         <f>SUM(B136:B147)</f>
         <v>0</v>
       </c>
-      <c r="C148" s="81">
+      <c r="C148" s="42">
         <f>SUM(C136:C147)</f>
         <v>0</v>
       </c>
-      <c r="D148" s="82" t="e">
-        <f t="shared" si="5"/>
+      <c r="D148" s="43" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="153" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A153" s="1" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="154" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A154" s="1" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="155" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A155" s="1" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="157" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A157" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A158" s="1" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="158" spans="1:4" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-    <row r="159" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A159" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="128">
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="D103:F103"/>
     <mergeCell ref="D104:F104"/>
     <mergeCell ref="D105:F105"/>
     <mergeCell ref="D106:F106"/>
     <mergeCell ref="A120:D120"/>
     <mergeCell ref="A94:A106"/>
     <mergeCell ref="D94:F94"/>
     <mergeCell ref="D95:F95"/>
     <mergeCell ref="D96:F96"/>
     <mergeCell ref="D97:F97"/>
     <mergeCell ref="D98:F98"/>
     <mergeCell ref="D99:F99"/>
     <mergeCell ref="D100:F100"/>
     <mergeCell ref="D101:F101"/>
     <mergeCell ref="D102:F102"/>
     <mergeCell ref="D114:F114"/>
     <mergeCell ref="D115:F115"/>
     <mergeCell ref="D116:F116"/>
@@ -4121,23359 +4147,23364 @@
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A24:A40"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="D19:F19"/>
     <mergeCell ref="D20:F20"/>
     <mergeCell ref="D21:F21"/>
     <mergeCell ref="D22:F22"/>
     <mergeCell ref="D23:F23"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="D39:F39"/>
     <mergeCell ref="D40:F40"/>
     <mergeCell ref="D33:F33"/>
     <mergeCell ref="D34:F34"/>
     <mergeCell ref="D35:F35"/>
     <mergeCell ref="D36:F36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="72" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="68" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <rowBreaks count="3" manualBreakCount="3">
+    <brk id="40" max="16383" man="1"/>
+    <brk id="80" max="16383" man="1"/>
+    <brk id="119" max="16383" man="1"/>
+  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E259E6E-6B83-4454-B559-F67062CFDAD7}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-February'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0F04410C-8063-4448-89E2-840E1821272B}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{58DD4D47-159B-4673-A771-256327EABA2B}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FAD2095-41A1-46C0-8C46-133E32CA013B}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-March'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{721890B9-6F04-4691-B658-45D2E2C6839E}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{519FBEDF-C018-46E9-B0B3-EC760A89AD28}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDE5D757-B034-45AC-A6D2-16068A8FCA21}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-April'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{522D1316-9780-40BE-83EE-9AAAEF388CD4}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{291BA62E-9F07-4DF1-9D75-F7896A871284}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0D506F6-B5F9-45EE-B743-049E10D20946}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-May'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A25DDC46-5A59-42FF-BF31-79EA32036981}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F547F8FF-9A4B-435D-8357-9883343A1EAB}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E023E6F9-9D21-468D-AB7A-C23CD2594CA4}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-June'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{88F43B7A-D329-4AF8-BBAB-657DBC106AD8}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{175E1214-9872-45D5-BC4B-D66BA7BEFA20}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E8255E6-2B84-4AFA-B835-C9FA00371E47}">
   <dimension ref="A1:F148"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:F4"/>
+    <sheetView topLeftCell="A81" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A81" sqref="A81:A93"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="51.7265625" style="104" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.1796875" style="104"/>
+    <col min="1" max="1" width="51.7109375" style="56" customWidth="1"/>
+    <col min="2" max="2" width="17" style="56" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" style="80" customWidth="1"/>
+    <col min="4" max="4" width="17.140625" style="81" customWidth="1"/>
+    <col min="5" max="5" width="12.140625" style="56" customWidth="1"/>
+    <col min="6" max="6" width="18.5703125" style="56" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="56"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="20" x14ac:dyDescent="0.4">
-      <c r="A1" s="102" t="s">
+    <row r="1" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A1" s="125" t="s">
+        <v>54</v>
+      </c>
+      <c r="B1" s="125"/>
+      <c r="C1" s="125"/>
+      <c r="D1" s="125"/>
+      <c r="E1" s="126"/>
+      <c r="F1" s="126"/>
+    </row>
+    <row r="2" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="127" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" s="128"/>
+      <c r="C2" s="128"/>
+      <c r="D2" s="128"/>
+      <c r="E2" s="126"/>
+      <c r="F2" s="126"/>
+    </row>
+    <row r="3" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A3" s="57" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="102"/>
-[...16 lines deleted...]
-      <c r="A3" s="107" t="s">
+      <c r="B3" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" s="129"/>
+      <c r="D3" s="129"/>
+      <c r="E3" s="129"/>
+      <c r="F3" s="129"/>
+    </row>
+    <row r="4" spans="1:6" ht="21" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" s="129" t="s">
         <v>60</v>
       </c>
-      <c r="B3" s="108" t="s">
-[...20 lines deleted...]
-      <c r="A5" s="109" t="s">
+      <c r="C4" s="129"/>
+      <c r="D4" s="129"/>
+      <c r="E4" s="129"/>
+      <c r="F4" s="129"/>
+    </row>
+    <row r="5" spans="1:6" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="110" t="s">
+      <c r="B5" s="59" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="110" t="s">
+      <c r="C5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="111" t="s">
+      <c r="D5" s="130" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="112"/>
-[...3 lines deleted...]
-      <c r="A6" s="114" t="s">
+      <c r="E5" s="131"/>
+      <c r="F5" s="132"/>
+    </row>
+    <row r="6" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="133" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="115"/>
-[...9 lines deleted...]
-      <c r="B7" s="119" t="s">
+      <c r="B6" s="134"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="135"/>
+      <c r="F6" s="136"/>
+    </row>
+    <row r="7" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="140" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" s="60" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="120"/>
-[...6 lines deleted...]
-      <c r="B8" s="124" t="s">
+      <c r="C7" s="61"/>
+      <c r="D7" s="143"/>
+      <c r="E7" s="144"/>
+      <c r="F7" s="144"/>
+    </row>
+    <row r="8" spans="1:6" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="141"/>
+      <c r="B8" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="C8" s="125">
+      <c r="C8" s="63">
         <v>1</v>
       </c>
-      <c r="D8" s="126" t="s">
+      <c r="D8" s="137" t="s">
+        <v>103</v>
+      </c>
+      <c r="E8" s="138"/>
+      <c r="F8" s="138"/>
+    </row>
+    <row r="9" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="141"/>
+      <c r="B9" s="64" t="s">
+        <v>2</v>
+      </c>
+      <c r="C9" s="65">
+        <v>0</v>
+      </c>
+      <c r="D9" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E9" s="138"/>
+      <c r="F9" s="138"/>
+    </row>
+    <row r="10" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="141"/>
+      <c r="B10" s="64" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" s="65">
+        <v>0</v>
+      </c>
+      <c r="D10" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E10" s="138"/>
+      <c r="F10" s="138"/>
+    </row>
+    <row r="11" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="141"/>
+      <c r="B11" s="66" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="67"/>
+      <c r="D11" s="139"/>
+      <c r="E11" s="138"/>
+      <c r="F11" s="138"/>
+    </row>
+    <row r="12" spans="1:6" ht="68.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="141"/>
+      <c r="B12" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="65">
+        <v>1</v>
+      </c>
+      <c r="D12" s="137" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" s="138"/>
+      <c r="F12" s="138"/>
+    </row>
+    <row r="13" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="141"/>
+      <c r="B13" s="64" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="65">
+        <v>0</v>
+      </c>
+      <c r="D13" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" s="138"/>
+      <c r="F13" s="138"/>
+    </row>
+    <row r="14" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="141"/>
+      <c r="B14" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="65">
+        <v>0</v>
+      </c>
+      <c r="D14" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" s="138"/>
+      <c r="F14" s="138"/>
+    </row>
+    <row r="15" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="141"/>
+      <c r="B15" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="67"/>
+      <c r="D15" s="139"/>
+      <c r="E15" s="138"/>
+      <c r="F15" s="138"/>
+    </row>
+    <row r="16" spans="1:6" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="141"/>
+      <c r="B16" s="64" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="65">
+        <v>1</v>
+      </c>
+      <c r="D16" s="137" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" s="138"/>
+      <c r="F16" s="138"/>
+    </row>
+    <row r="17" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="141"/>
+      <c r="B17" s="64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="65">
+        <v>0</v>
+      </c>
+      <c r="D17" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" s="138"/>
+      <c r="F17" s="138"/>
+    </row>
+    <row r="18" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="141"/>
+      <c r="B18" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="65">
+        <v>0</v>
+      </c>
+      <c r="D18" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" s="138"/>
+      <c r="F18" s="138"/>
+    </row>
+    <row r="19" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="141"/>
+      <c r="B19" s="66" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="67"/>
+      <c r="D19" s="139"/>
+      <c r="E19" s="138"/>
+      <c r="F19" s="138"/>
+    </row>
+    <row r="20" spans="1:6" ht="113.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="141"/>
+      <c r="B20" s="64" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="65">
+        <v>1</v>
+      </c>
+      <c r="D20" s="137" t="s">
         <v>107</v>
       </c>
-      <c r="E8" s="127"/>
-[...7 lines deleted...]
-      <c r="C9" s="129">
+      <c r="E20" s="138"/>
+      <c r="F20" s="138"/>
+    </row>
+    <row r="21" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="141"/>
+      <c r="B21" s="64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="65">
         <v>0</v>
       </c>
-      <c r="D9" s="126" t="s">
-[...10 lines deleted...]
-      <c r="C10" s="129">
+      <c r="D21" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E21" s="138"/>
+      <c r="F21" s="138"/>
+    </row>
+    <row r="22" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="141"/>
+      <c r="B22" s="64" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="65">
         <v>0</v>
       </c>
-      <c r="D10" s="126" t="s">
-[...163 lines deleted...]
-      <c r="B23" s="134" t="s">
+      <c r="D22" s="137" t="s">
+        <v>104</v>
+      </c>
+      <c r="E22" s="138"/>
+      <c r="F22" s="138"/>
+    </row>
+    <row r="23" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="142"/>
+      <c r="B23" s="68" t="s">
         <v>22</v>
       </c>
-      <c r="C23" s="135">
+      <c r="C23" s="69">
         <f>SUM(C7:C22)</f>
         <v>4</v>
       </c>
-      <c r="D23" s="136"/>
-[...7 lines deleted...]
-      <c r="B24" s="138" t="s">
+      <c r="D23" s="145"/>
+      <c r="E23" s="138"/>
+      <c r="F23" s="138"/>
+    </row>
+    <row r="24" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="146" t="s">
+        <v>37</v>
+      </c>
+      <c r="B24" s="70" t="s">
         <v>18</v>
       </c>
-      <c r="C24" s="139"/>
-[...6 lines deleted...]
-      <c r="B25" s="124" t="s">
+      <c r="C24" s="71"/>
+      <c r="D24" s="139"/>
+      <c r="E24" s="138"/>
+      <c r="F24" s="138"/>
+    </row>
+    <row r="25" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="141"/>
+      <c r="B25" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="C25" s="125">
+      <c r="C25" s="63">
         <v>0</v>
       </c>
-      <c r="D25" s="126" t="s">
+      <c r="D25" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="E25" s="138"/>
+      <c r="F25" s="138"/>
+    </row>
+    <row r="26" spans="1:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="141"/>
+      <c r="B26" s="64" t="s">
+        <v>2</v>
+      </c>
+      <c r="C26" s="65">
+        <v>0</v>
+      </c>
+      <c r="D26" s="137" t="s">
+        <v>109</v>
+      </c>
+      <c r="E26" s="138"/>
+      <c r="F26" s="138"/>
+    </row>
+    <row r="27" spans="1:6" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="141"/>
+      <c r="B27" s="64" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="65">
+        <v>1</v>
+      </c>
+      <c r="D27" s="137" t="s">
+        <v>110</v>
+      </c>
+      <c r="E27" s="138"/>
+      <c r="F27" s="138"/>
+    </row>
+    <row r="28" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="141"/>
+      <c r="B28" s="66" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="67"/>
+      <c r="D28" s="139"/>
+      <c r="E28" s="138"/>
+      <c r="F28" s="138"/>
+    </row>
+    <row r="29" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="141"/>
+      <c r="B29" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="65">
+        <v>0</v>
+      </c>
+      <c r="D29" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="E29" s="138"/>
+      <c r="F29" s="138"/>
+    </row>
+    <row r="30" spans="1:6" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="141"/>
+      <c r="B30" s="64" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="65">
+        <v>1</v>
+      </c>
+      <c r="D30" s="137" t="s">
+        <v>111</v>
+      </c>
+      <c r="E30" s="138"/>
+      <c r="F30" s="138"/>
+    </row>
+    <row r="31" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="141"/>
+      <c r="B31" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="65">
+        <v>0</v>
+      </c>
+      <c r="D31" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="E31" s="138"/>
+      <c r="F31" s="138"/>
+    </row>
+    <row r="32" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="141"/>
+      <c r="B32" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="67"/>
+      <c r="D32" s="139"/>
+      <c r="E32" s="138"/>
+      <c r="F32" s="138"/>
+    </row>
+    <row r="33" spans="1:6" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="141"/>
+      <c r="B33" s="64" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" s="65">
+        <v>0</v>
+      </c>
+      <c r="D33" s="137" t="s">
         <v>112</v>
       </c>
-      <c r="E25" s="127"/>
-[...7 lines deleted...]
-      <c r="C26" s="129">
+      <c r="E33" s="138"/>
+      <c r="F33" s="138"/>
+    </row>
+    <row r="34" spans="1:6" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="141"/>
+      <c r="B34" s="64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C34" s="65">
         <v>0</v>
       </c>
-      <c r="D26" s="126" t="s">
+      <c r="D34" s="137" t="s">
         <v>113</v>
       </c>
-      <c r="E26" s="127"/>
-[...7 lines deleted...]
-      <c r="C27" s="129">
+      <c r="E34" s="138"/>
+      <c r="F34" s="138"/>
+    </row>
+    <row r="35" spans="1:6" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="141"/>
+      <c r="B35" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="65">
         <v>1</v>
       </c>
-      <c r="D27" s="126" t="s">
+      <c r="D35" s="137" t="s">
         <v>114</v>
       </c>
-      <c r="E27" s="127"/>
-[...17 lines deleted...]
-      <c r="C29" s="129">
+      <c r="E35" s="138"/>
+      <c r="F35" s="138"/>
+    </row>
+    <row r="36" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="141"/>
+      <c r="B36" s="66" t="s">
+        <v>21</v>
+      </c>
+      <c r="C36" s="67"/>
+      <c r="D36" s="139"/>
+      <c r="E36" s="138"/>
+      <c r="F36" s="138"/>
+    </row>
+    <row r="37" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="141"/>
+      <c r="B37" s="64" t="s">
+        <v>8</v>
+      </c>
+      <c r="C37" s="65">
+        <v>1</v>
+      </c>
+      <c r="D37" s="137" t="s">
+        <v>115</v>
+      </c>
+      <c r="E37" s="138"/>
+      <c r="F37" s="138"/>
+    </row>
+    <row r="38" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="141"/>
+      <c r="B38" s="64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" s="65">
         <v>0</v>
       </c>
-      <c r="D29" s="126" t="s">
-[...24 lines deleted...]
-      <c r="C31" s="129">
+      <c r="D38" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" s="138"/>
+      <c r="F38" s="138"/>
+    </row>
+    <row r="39" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="141"/>
+      <c r="B39" s="64" t="s">
+        <v>10</v>
+      </c>
+      <c r="C39" s="65">
         <v>0</v>
       </c>
-      <c r="D31" s="126" t="s">
-[...111 lines deleted...]
-      <c r="B40" s="134" t="s">
+      <c r="D39" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="E39" s="138"/>
+      <c r="F39" s="138"/>
+    </row>
+    <row r="40" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="142"/>
+      <c r="B40" s="68" t="s">
         <v>22</v>
       </c>
-      <c r="C40" s="135">
+      <c r="C40" s="69">
         <f t="shared" ref="C40" si="0">SUM(C24:C39)</f>
         <v>4</v>
       </c>
-      <c r="D40" s="136"/>
-[...4 lines deleted...]
-      <c r="A41" s="114" t="s">
+      <c r="D40" s="145"/>
+      <c r="E40" s="138"/>
+      <c r="F40" s="138"/>
+    </row>
+    <row r="41" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="133" t="s">
         <v>23</v>
       </c>
-      <c r="B41" s="115"/>
-[...9 lines deleted...]
-      <c r="B42" s="141" t="s">
+      <c r="B41" s="134"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="135"/>
+      <c r="F41" s="136"/>
+    </row>
+    <row r="42" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="123" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="72" t="s">
         <v>1</v>
       </c>
-      <c r="C42" s="142">
+      <c r="C42" s="73">
         <v>0</v>
       </c>
-      <c r="D42" s="143" t="s">
+      <c r="D42" s="149" t="s">
+        <v>61</v>
+      </c>
+      <c r="E42" s="144"/>
+      <c r="F42" s="144"/>
+    </row>
+    <row r="43" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="123"/>
+      <c r="B43" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="C43" s="75">
+        <v>0</v>
+      </c>
+      <c r="D43" s="147" t="s">
+        <v>62</v>
+      </c>
+      <c r="E43" s="138"/>
+      <c r="F43" s="138"/>
+    </row>
+    <row r="44" spans="1:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="123"/>
+      <c r="B44" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="C44" s="75">
+        <v>1</v>
+      </c>
+      <c r="D44" s="147" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" s="138"/>
+      <c r="F44" s="138"/>
+    </row>
+    <row r="45" spans="1:6" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="123"/>
+      <c r="B45" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="75">
+        <v>1</v>
+      </c>
+      <c r="D45" s="147" t="s">
         <v>64</v>
       </c>
-      <c r="E42" s="122"/>
-[...7 lines deleted...]
-      <c r="C43" s="145">
+      <c r="E45" s="148"/>
+      <c r="F45" s="148"/>
+    </row>
+    <row r="46" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="123"/>
+      <c r="B46" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="C46" s="75">
+        <v>1</v>
+      </c>
+      <c r="D46" s="147" t="s">
+        <v>64</v>
+      </c>
+      <c r="E46" s="148"/>
+      <c r="F46" s="148"/>
+    </row>
+    <row r="47" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="123"/>
+      <c r="B47" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C47" s="75">
+        <v>1</v>
+      </c>
+      <c r="D47" s="147" t="s">
+        <v>64</v>
+      </c>
+      <c r="E47" s="148"/>
+      <c r="F47" s="148"/>
+    </row>
+    <row r="48" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="123"/>
+      <c r="B48" s="74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C48" s="75">
+        <v>1</v>
+      </c>
+      <c r="D48" s="147" t="s">
+        <v>64</v>
+      </c>
+      <c r="E48" s="148"/>
+      <c r="F48" s="148"/>
+    </row>
+    <row r="49" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="123"/>
+      <c r="B49" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C49" s="75">
+        <v>1</v>
+      </c>
+      <c r="D49" s="147" t="s">
+        <v>64</v>
+      </c>
+      <c r="E49" s="148"/>
+      <c r="F49" s="148"/>
+    </row>
+    <row r="50" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="123"/>
+      <c r="B50" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="C50" s="75">
+        <v>1</v>
+      </c>
+      <c r="D50" s="147" t="s">
+        <v>64</v>
+      </c>
+      <c r="E50" s="148"/>
+      <c r="F50" s="148"/>
+    </row>
+    <row r="51" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="123"/>
+      <c r="B51" s="74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" s="75">
         <v>0</v>
       </c>
-      <c r="D43" s="146" t="s">
+      <c r="D51" s="147" t="s">
         <v>65</v>
       </c>
-      <c r="E43" s="127"/>
-[...7 lines deleted...]
-      <c r="C44" s="145">
+      <c r="E51" s="138"/>
+      <c r="F51" s="138"/>
+    </row>
+    <row r="52" spans="1:6" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="123"/>
+      <c r="B52" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" s="75">
         <v>1</v>
       </c>
-      <c r="D44" s="146" t="s">
+      <c r="D52" s="147" t="s">
+        <v>67</v>
+      </c>
+      <c r="E52" s="138"/>
+      <c r="F52" s="138"/>
+    </row>
+    <row r="53" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="123"/>
+      <c r="B53" s="74" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="75">
+        <v>1</v>
+      </c>
+      <c r="D53" s="147" t="s">
         <v>66</v>
       </c>
-      <c r="E44" s="127"/>
-[...130 lines deleted...]
-      <c r="B54" s="149" t="s">
+      <c r="E53" s="138"/>
+      <c r="F53" s="138"/>
+    </row>
+    <row r="54" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="124"/>
+      <c r="B54" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="C54" s="135">
+      <c r="C54" s="69">
         <f t="shared" ref="C54" si="1">SUM(C42:C53)</f>
         <v>9</v>
       </c>
       <c r="D54" s="150"/>
       <c r="E54" s="151"/>
       <c r="F54" s="151"/>
     </row>
-    <row r="55" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B55" s="153" t="s">
+    <row r="55" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="105" t="s">
+        <v>116</v>
+      </c>
+      <c r="B55" s="77" t="s">
         <v>1</v>
       </c>
-      <c r="C55" s="154">
+      <c r="C55" s="78">
         <v>0</v>
       </c>
-      <c r="D55" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B56" s="144" t="s">
+      <c r="D55" s="147" t="s">
+        <v>69</v>
+      </c>
+      <c r="E55" s="138"/>
+      <c r="F55" s="138"/>
+    </row>
+    <row r="56" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="106"/>
+      <c r="B56" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C56" s="145">
+      <c r="C56" s="75">
         <v>0</v>
       </c>
-      <c r="D56" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B57" s="144" t="s">
+      <c r="D56" s="147" t="s">
+        <v>69</v>
+      </c>
+      <c r="E56" s="138"/>
+      <c r="F56" s="138"/>
+    </row>
+    <row r="57" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="106"/>
+      <c r="B57" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="C57" s="145">
+      <c r="C57" s="75">
         <v>1</v>
       </c>
-      <c r="D57" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B58" s="144" t="s">
+      <c r="D57" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E57" s="138"/>
+      <c r="F57" s="138"/>
+    </row>
+    <row r="58" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="106"/>
+      <c r="B58" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="C58" s="145">
+      <c r="C58" s="75">
         <v>1</v>
       </c>
-      <c r="D58" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B59" s="144" t="s">
+      <c r="D58" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E58" s="138"/>
+      <c r="F58" s="138"/>
+    </row>
+    <row r="59" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="106"/>
+      <c r="B59" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="C59" s="145">
+      <c r="C59" s="75">
         <v>1</v>
       </c>
-      <c r="D59" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B60" s="144" t="s">
+      <c r="D59" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E59" s="138"/>
+      <c r="F59" s="138"/>
+    </row>
+    <row r="60" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="106"/>
+      <c r="B60" s="74" t="s">
         <v>11</v>
       </c>
-      <c r="C60" s="145">
+      <c r="C60" s="75">
         <v>1</v>
       </c>
-      <c r="D60" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B61" s="144" t="s">
+      <c r="D60" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E60" s="138"/>
+      <c r="F60" s="138"/>
+    </row>
+    <row r="61" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="106"/>
+      <c r="B61" s="74" t="s">
         <v>6</v>
       </c>
-      <c r="C61" s="145">
+      <c r="C61" s="75">
         <v>1</v>
       </c>
-      <c r="D61" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B62" s="144" t="s">
+      <c r="D61" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E61" s="138"/>
+      <c r="F61" s="138"/>
+    </row>
+    <row r="62" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="106"/>
+      <c r="B62" s="74" t="s">
         <v>7</v>
       </c>
-      <c r="C62" s="145">
+      <c r="C62" s="75">
         <v>1</v>
       </c>
-      <c r="D62" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B63" s="144" t="s">
+      <c r="D62" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E62" s="138"/>
+      <c r="F62" s="138"/>
+    </row>
+    <row r="63" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="106"/>
+      <c r="B63" s="74" t="s">
         <v>12</v>
       </c>
-      <c r="C63" s="145">
+      <c r="C63" s="75">
         <v>1</v>
       </c>
-      <c r="D63" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B64" s="144" t="s">
+      <c r="D63" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E63" s="138"/>
+      <c r="F63" s="138"/>
+    </row>
+    <row r="64" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="106"/>
+      <c r="B64" s="74" t="s">
         <v>8</v>
       </c>
-      <c r="C64" s="145">
+      <c r="C64" s="75">
         <v>0</v>
       </c>
-      <c r="D64" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B65" s="144" t="s">
+      <c r="D64" s="147" t="s">
+        <v>69</v>
+      </c>
+      <c r="E64" s="138"/>
+      <c r="F64" s="138"/>
+    </row>
+    <row r="65" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="106"/>
+      <c r="B65" s="74" t="s">
         <v>9</v>
       </c>
-      <c r="C65" s="145">
+      <c r="C65" s="75">
         <v>1</v>
       </c>
-      <c r="D65" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B66" s="144" t="s">
+      <c r="D65" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E65" s="138"/>
+      <c r="F65" s="138"/>
+    </row>
+    <row r="66" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="106"/>
+      <c r="B66" s="74" t="s">
         <v>10</v>
       </c>
-      <c r="C66" s="145">
+      <c r="C66" s="75">
         <v>1</v>
       </c>
-      <c r="D66" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B67" s="149" t="s">
+      <c r="D66" s="147" t="s">
+        <v>68</v>
+      </c>
+      <c r="E66" s="138"/>
+      <c r="F66" s="138"/>
+    </row>
+    <row r="67" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="107"/>
+      <c r="B67" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="C67" s="135">
+      <c r="C67" s="69">
         <f t="shared" ref="C67" si="2">SUM(C55:C66)</f>
         <v>9</v>
       </c>
       <c r="D67" s="150"/>
       <c r="E67" s="151"/>
       <c r="F67" s="151"/>
     </row>
-    <row r="68" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B68" s="153" t="s">
+    <row r="68" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="105" t="s">
+        <v>39</v>
+      </c>
+      <c r="B68" s="77" t="s">
         <v>1</v>
       </c>
-      <c r="C68" s="154">
+      <c r="C68" s="78">
         <v>0</v>
       </c>
-      <c r="D68" s="146" t="s">
-[...7 lines deleted...]
-      <c r="B69" s="144" t="s">
+      <c r="D68" s="147" t="s">
+        <v>70</v>
+      </c>
+      <c r="E68" s="138"/>
+      <c r="F68" s="138"/>
+    </row>
+    <row r="69" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="152"/>
+      <c r="B69" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C69" s="145">
+      <c r="C69" s="75">
         <v>1</v>
       </c>
-      <c r="D69" s="146" t="s">
+      <c r="D69" s="147" t="s">
+        <v>71</v>
+      </c>
+      <c r="E69" s="138"/>
+      <c r="F69" s="138"/>
+    </row>
+    <row r="70" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="152"/>
+      <c r="B70" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="C70" s="75">
+        <v>1</v>
+      </c>
+      <c r="D70" s="147" t="s">
+        <v>71</v>
+      </c>
+      <c r="E70" s="138"/>
+      <c r="F70" s="138"/>
+    </row>
+    <row r="71" spans="1:6" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="152"/>
+      <c r="B71" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="75">
+        <v>1</v>
+      </c>
+      <c r="D71" s="147" t="s">
+        <v>72</v>
+      </c>
+      <c r="E71" s="138"/>
+      <c r="F71" s="138"/>
+    </row>
+    <row r="72" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="152"/>
+      <c r="B72" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="75">
+        <v>0</v>
+      </c>
+      <c r="D72" s="147" t="s">
+        <v>70</v>
+      </c>
+      <c r="E72" s="138"/>
+      <c r="F72" s="138"/>
+    </row>
+    <row r="73" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="152"/>
+      <c r="B73" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" s="75">
+        <v>1</v>
+      </c>
+      <c r="D73" s="147" t="s">
+        <v>117</v>
+      </c>
+      <c r="E73" s="138"/>
+      <c r="F73" s="138"/>
+    </row>
+    <row r="74" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="152"/>
+      <c r="B74" s="74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C74" s="75">
+        <v>0</v>
+      </c>
+      <c r="D74" s="147" t="s">
+        <v>70</v>
+      </c>
+      <c r="E74" s="138"/>
+      <c r="F74" s="138"/>
+    </row>
+    <row r="75" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="152"/>
+      <c r="B75" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C75" s="75">
+        <v>1</v>
+      </c>
+      <c r="D75" s="147" t="s">
+        <v>71</v>
+      </c>
+      <c r="E75" s="138"/>
+      <c r="F75" s="138"/>
+    </row>
+    <row r="76" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="152"/>
+      <c r="B76" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="C76" s="75">
+        <v>1</v>
+      </c>
+      <c r="D76" s="147" t="s">
+        <v>117</v>
+      </c>
+      <c r="E76" s="138"/>
+      <c r="F76" s="138"/>
+    </row>
+    <row r="77" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="152"/>
+      <c r="B77" s="74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C77" s="75">
+        <v>0</v>
+      </c>
+      <c r="D77" s="147" t="s">
+        <v>70</v>
+      </c>
+      <c r="E77" s="138"/>
+      <c r="F77" s="138"/>
+    </row>
+    <row r="78" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="152"/>
+      <c r="B78" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" s="75">
+        <v>1</v>
+      </c>
+      <c r="D78" s="147" t="s">
+        <v>71</v>
+      </c>
+      <c r="E78" s="138"/>
+      <c r="F78" s="138"/>
+    </row>
+    <row r="79" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="152"/>
+      <c r="B79" s="74" t="s">
+        <v>10</v>
+      </c>
+      <c r="C79" s="75">
+        <v>1</v>
+      </c>
+      <c r="D79" s="147" t="s">
+        <v>118</v>
+      </c>
+      <c r="E79" s="138"/>
+      <c r="F79" s="138"/>
+    </row>
+    <row r="80" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="153"/>
+      <c r="B80" s="76" t="s">
+        <v>22</v>
+      </c>
+      <c r="C80" s="79">
+        <f>SUM(C68:C79)</f>
+        <v>8</v>
+      </c>
+      <c r="D80" s="145"/>
+      <c r="E80" s="138"/>
+      <c r="F80" s="138"/>
+    </row>
+    <row r="81" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="105" t="s">
+        <v>119</v>
+      </c>
+      <c r="B81" s="77" t="s">
+        <v>1</v>
+      </c>
+      <c r="C81" s="78">
+        <v>1</v>
+      </c>
+      <c r="D81" s="147" t="s">
         <v>74</v>
       </c>
-      <c r="E69" s="127"/>
-[...4 lines deleted...]
-      <c r="B70" s="144" t="s">
+      <c r="E81" s="138"/>
+      <c r="F81" s="138"/>
+    </row>
+    <row r="82" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="106"/>
+      <c r="B82" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="C82" s="75">
+        <v>1</v>
+      </c>
+      <c r="D82" s="147" t="s">
+        <v>75</v>
+      </c>
+      <c r="E82" s="138"/>
+      <c r="F82" s="138"/>
+    </row>
+    <row r="83" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="106"/>
+      <c r="B83" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="C70" s="145">
+      <c r="C83" s="75">
+        <v>0</v>
+      </c>
+      <c r="D83" s="147" t="s">
+        <v>76</v>
+      </c>
+      <c r="E83" s="138"/>
+      <c r="F83" s="138"/>
+    </row>
+    <row r="84" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="106"/>
+      <c r="B84" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="75">
+        <v>0</v>
+      </c>
+      <c r="D84" s="147" t="s">
+        <v>76</v>
+      </c>
+      <c r="E84" s="138"/>
+      <c r="F84" s="138"/>
+    </row>
+    <row r="85" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="106"/>
+      <c r="B85" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="C85" s="75">
+        <v>0</v>
+      </c>
+      <c r="D85" s="147" t="s">
+        <v>76</v>
+      </c>
+      <c r="E85" s="138"/>
+      <c r="F85" s="138"/>
+    </row>
+    <row r="86" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="106"/>
+      <c r="B86" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C86" s="75">
         <v>1</v>
       </c>
-      <c r="D70" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C71" s="145">
+      <c r="D86" s="147" t="s">
+        <v>77</v>
+      </c>
+      <c r="E86" s="138"/>
+      <c r="F86" s="138"/>
+    </row>
+    <row r="87" spans="1:6" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="106"/>
+      <c r="B87" s="74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C87" s="75">
         <v>1</v>
       </c>
-      <c r="D71" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C72" s="145">
+      <c r="D87" s="147" t="s">
+        <v>78</v>
+      </c>
+      <c r="E87" s="138"/>
+      <c r="F87" s="138"/>
+    </row>
+    <row r="88" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="106"/>
+      <c r="B88" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C88" s="75">
         <v>0</v>
       </c>
-      <c r="D72" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C73" s="145">
+      <c r="D88" s="147" t="s">
+        <v>76</v>
+      </c>
+      <c r="E88" s="138"/>
+      <c r="F88" s="138"/>
+    </row>
+    <row r="89" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="106"/>
+      <c r="B89" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="C89" s="75">
         <v>0</v>
       </c>
-      <c r="D73" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C74" s="145">
+      <c r="D89" s="147" t="s">
+        <v>76</v>
+      </c>
+      <c r="E89" s="138"/>
+      <c r="F89" s="138"/>
+    </row>
+    <row r="90" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="106"/>
+      <c r="B90" s="74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C90" s="75">
         <v>0</v>
       </c>
-      <c r="D74" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C75" s="145">
+      <c r="D90" s="147" t="s">
+        <v>76</v>
+      </c>
+      <c r="E90" s="138"/>
+      <c r="F90" s="138"/>
+    </row>
+    <row r="91" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="106"/>
+      <c r="B91" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" s="75">
         <v>1</v>
       </c>
-      <c r="D75" s="146" t="s">
-[...38 lines deleted...]
-      <c r="C78" s="145">
+      <c r="D91" s="147" t="s">
+        <v>79</v>
+      </c>
+      <c r="E91" s="138"/>
+      <c r="F91" s="138"/>
+    </row>
+    <row r="92" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="106"/>
+      <c r="B92" s="74" t="s">
+        <v>10</v>
+      </c>
+      <c r="C92" s="75">
         <v>1</v>
       </c>
-      <c r="D78" s="146" t="s">
-[...21 lines deleted...]
-      <c r="B80" s="149" t="s">
+      <c r="D92" s="147" t="s">
+        <v>80</v>
+      </c>
+      <c r="E92" s="138"/>
+      <c r="F92" s="138"/>
+    </row>
+    <row r="93" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="107"/>
+      <c r="B93" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="C80" s="159">
-[...182 lines deleted...]
-      <c r="C93" s="135">
+      <c r="C93" s="69">
         <f t="shared" ref="C93" si="3">SUM(C81:C92)</f>
         <v>6</v>
       </c>
       <c r="D93" s="150"/>
       <c r="E93" s="151"/>
       <c r="F93" s="151"/>
     </row>
-    <row r="94" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A94" s="152" t="s">
+    <row r="94" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="105" t="s">
+        <v>120</v>
+      </c>
+      <c r="B94" s="77" t="s">
+        <v>1</v>
+      </c>
+      <c r="C94" s="78">
+        <v>21</v>
+      </c>
+      <c r="D94" s="147" t="s">
+        <v>81</v>
+      </c>
+      <c r="E94" s="138"/>
+      <c r="F94" s="138"/>
+    </row>
+    <row r="95" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="123"/>
+      <c r="B95" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="C95" s="75">
+        <v>19</v>
+      </c>
+      <c r="D95" s="147" t="s">
+        <v>82</v>
+      </c>
+      <c r="E95" s="138"/>
+      <c r="F95" s="138"/>
+    </row>
+    <row r="96" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="123"/>
+      <c r="B96" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="C96" s="75">
+        <v>22</v>
+      </c>
+      <c r="D96" s="147" t="s">
+        <v>83</v>
+      </c>
+      <c r="E96" s="138"/>
+      <c r="F96" s="138"/>
+    </row>
+    <row r="97" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="123"/>
+      <c r="B97" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="75">
+        <v>10</v>
+      </c>
+      <c r="D97" s="147" t="s">
         <v>84</v>
       </c>
-      <c r="B94" s="153" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="154">
+      <c r="E97" s="138"/>
+      <c r="F97" s="138"/>
+    </row>
+    <row r="98" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="123"/>
+      <c r="B98" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="C98" s="75">
+        <v>9</v>
+      </c>
+      <c r="D98" s="147" t="s">
+        <v>85</v>
+      </c>
+      <c r="E98" s="138"/>
+      <c r="F98" s="138"/>
+    </row>
+    <row r="99" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="123"/>
+      <c r="B99" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" s="75">
+        <v>17</v>
+      </c>
+      <c r="D99" s="147" t="s">
+        <v>86</v>
+      </c>
+      <c r="E99" s="138"/>
+      <c r="F99" s="138"/>
+    </row>
+    <row r="100" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="123"/>
+      <c r="B100" s="74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C100" s="75">
+        <v>20</v>
+      </c>
+      <c r="D100" s="147" t="s">
+        <v>87</v>
+      </c>
+      <c r="E100" s="138"/>
+      <c r="F100" s="138"/>
+    </row>
+    <row r="101" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="123"/>
+      <c r="B101" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C101" s="75">
+        <v>24</v>
+      </c>
+      <c r="D101" s="147" t="s">
+        <v>88</v>
+      </c>
+      <c r="E101" s="138"/>
+      <c r="F101" s="138"/>
+    </row>
+    <row r="102" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="123"/>
+      <c r="B102" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="C102" s="75">
         <v>21</v>
       </c>
-      <c r="D94" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C95" s="145">
+      <c r="D102" s="147" t="s">
+        <v>81</v>
+      </c>
+      <c r="E102" s="138"/>
+      <c r="F102" s="138"/>
+    </row>
+    <row r="103" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="123"/>
+      <c r="B103" s="74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C103" s="75">
+        <v>22</v>
+      </c>
+      <c r="D103" s="147" t="s">
+        <v>83</v>
+      </c>
+      <c r="E103" s="138"/>
+      <c r="F103" s="138"/>
+    </row>
+    <row r="104" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="123"/>
+      <c r="B104" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" s="75">
         <v>19</v>
       </c>
-      <c r="D95" s="146" t="s">
-[...10 lines deleted...]
-      <c r="C96" s="145">
+      <c r="D104" s="147" t="s">
+        <v>82</v>
+      </c>
+      <c r="E104" s="138"/>
+      <c r="F104" s="138"/>
+    </row>
+    <row r="105" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="123"/>
+      <c r="B105" s="74" t="s">
+        <v>10</v>
+      </c>
+      <c r="C105" s="75">
+        <v>23</v>
+      </c>
+      <c r="D105" s="147" t="s">
+        <v>89</v>
+      </c>
+      <c r="E105" s="138"/>
+      <c r="F105" s="138"/>
+    </row>
+    <row r="106" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="124"/>
+      <c r="B106" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="D96" s="146" t="s">
-[...136 lines deleted...]
-      <c r="C106" s="135">
+      <c r="C106" s="69">
         <f>SUM(C94:C105)</f>
         <v>227</v>
       </c>
       <c r="D106" s="150"/>
       <c r="E106" s="151"/>
       <c r="F106" s="151"/>
     </row>
-    <row r="107" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B107" s="153" t="s">
+    <row r="107" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="156" t="s">
+        <v>46</v>
+      </c>
+      <c r="B107" s="77" t="s">
         <v>1</v>
       </c>
-      <c r="C107" s="154">
+      <c r="C107" s="78">
         <v>10</v>
       </c>
-      <c r="D107" s="146" t="s">
+      <c r="D107" s="147" t="s">
+        <v>90</v>
+      </c>
+      <c r="E107" s="138"/>
+      <c r="F107" s="138"/>
+    </row>
+    <row r="108" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="123"/>
+      <c r="B108" s="74" t="s">
+        <v>2</v>
+      </c>
+      <c r="C108" s="75">
+        <v>8</v>
+      </c>
+      <c r="D108" s="147" t="s">
+        <v>91</v>
+      </c>
+      <c r="E108" s="138"/>
+      <c r="F108" s="138"/>
+    </row>
+    <row r="109" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="123"/>
+      <c r="B109" s="74" t="s">
+        <v>3</v>
+      </c>
+      <c r="C109" s="75">
+        <v>12</v>
+      </c>
+      <c r="D109" s="147" t="s">
+        <v>92</v>
+      </c>
+      <c r="E109" s="138"/>
+      <c r="F109" s="138"/>
+    </row>
+    <row r="110" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="123"/>
+      <c r="B110" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="75">
+        <v>4</v>
+      </c>
+      <c r="D110" s="147" t="s">
+        <v>93</v>
+      </c>
+      <c r="E110" s="138"/>
+      <c r="F110" s="138"/>
+    </row>
+    <row r="111" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="123"/>
+      <c r="B111" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="75">
+        <v>7</v>
+      </c>
+      <c r="D111" s="147" t="s">
         <v>94</v>
       </c>
-      <c r="E107" s="127"/>
-[...7 lines deleted...]
-      <c r="C108" s="145">
+      <c r="E111" s="138"/>
+      <c r="F111" s="138"/>
+    </row>
+    <row r="112" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="123"/>
+      <c r="B112" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="C112" s="75">
+        <v>11</v>
+      </c>
+      <c r="D112" s="147" t="s">
+        <v>95</v>
+      </c>
+      <c r="E112" s="138"/>
+      <c r="F112" s="138"/>
+    </row>
+    <row r="113" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="123"/>
+      <c r="B113" s="74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C113" s="75">
+        <v>13</v>
+      </c>
+      <c r="D113" s="147" t="s">
+        <v>96</v>
+      </c>
+      <c r="E113" s="138"/>
+      <c r="F113" s="138"/>
+    </row>
+    <row r="114" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="123"/>
+      <c r="B114" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C114" s="75">
+        <v>22</v>
+      </c>
+      <c r="D114" s="147" t="s">
+        <v>97</v>
+      </c>
+      <c r="E114" s="138"/>
+      <c r="F114" s="138"/>
+    </row>
+    <row r="115" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="123"/>
+      <c r="B115" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="C115" s="75">
+        <v>24</v>
+      </c>
+      <c r="D115" s="147" t="s">
+        <v>98</v>
+      </c>
+      <c r="E115" s="138"/>
+      <c r="F115" s="138"/>
+    </row>
+    <row r="116" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="123"/>
+      <c r="B116" s="74" t="s">
         <v>8</v>
       </c>
-      <c r="D108" s="146" t="s">
-[...49 lines deleted...]
-      <c r="B112" s="144" t="s">
+      <c r="C116" s="75">
         <v>11</v>
       </c>
-      <c r="C112" s="145">
-[...2 lines deleted...]
-      <c r="D112" s="146" t="s">
+      <c r="D116" s="147" t="s">
         <v>99</v>
       </c>
-      <c r="E112" s="127"/>
-[...7 lines deleted...]
-      <c r="C113" s="145">
+      <c r="E116" s="138"/>
+      <c r="F116" s="138"/>
+    </row>
+    <row r="117" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="123"/>
+      <c r="B117" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" s="75">
         <v>13</v>
       </c>
-      <c r="D113" s="146" t="s">
+      <c r="D117" s="147" t="s">
         <v>100</v>
       </c>
-      <c r="E113" s="127"/>
-[...7 lines deleted...]
-      <c r="C114" s="145">
+      <c r="E117" s="138"/>
+      <c r="F117" s="138"/>
+    </row>
+    <row r="118" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="123"/>
+      <c r="B118" s="74" t="s">
+        <v>10</v>
+      </c>
+      <c r="C118" s="75">
+        <v>9</v>
+      </c>
+      <c r="D118" s="147" t="s">
+        <v>101</v>
+      </c>
+      <c r="E118" s="138"/>
+      <c r="F118" s="138"/>
+    </row>
+    <row r="119" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="124"/>
+      <c r="B119" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="D114" s="146" t="s">
-[...66 lines deleted...]
-      <c r="C119" s="135">
+      <c r="C119" s="69">
         <f>SUM(C107:C118)</f>
         <v>144</v>
       </c>
       <c r="D119" s="150"/>
       <c r="E119" s="151"/>
       <c r="F119" s="151"/>
     </row>
-    <row r="120" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A120" s="66" t="s">
+    <row r="120" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="120" t="s">
         <v>25</v>
       </c>
-      <c r="B120" s="67"/>
-[...13 lines deleted...]
-      <c r="D121" s="72" t="s">
+      <c r="B120" s="121"/>
+      <c r="C120" s="121"/>
+      <c r="D120" s="122"/>
+    </row>
+    <row r="121" spans="1:6" ht="111" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="B121" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C121" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="D121" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="E121" s="161" t="s">
-[...5 lines deleted...]
-      <c r="A122" s="73" t="s">
+      <c r="E121" s="154" t="s">
+        <v>102</v>
+      </c>
+      <c r="F121" s="155"/>
+    </row>
+    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="B122" s="63">
+      <c r="B122" s="27">
         <f>COUNTIFS('Template 1A-July'!E4:E129, "&gt;="&amp;DATE(2025,7,1), 'Template 1A-July'!E4:E129, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>0</v>
       </c>
-      <c r="C122" s="63">
+      <c r="C122" s="27">
         <f>COUNTIF('Template 1A-July'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D122" s="74" t="e">
+      <c r="D122" s="35" t="e">
         <f>C122/B122</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A123" s="75" t="s">
+    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B123" s="63">
+      <c r="B123" s="27">
         <f>COUNTIFS('Template 1A-August'!E4:E129, "&gt;="&amp;DATE(2025,8,1), 'Template 1A-August'!E4:E129, "&lt;="&amp;DATE(2025,8,31))</f>
         <v>0</v>
       </c>
-      <c r="C123" s="63">
+      <c r="C123" s="27">
         <f>COUNTIF('Template 1A-August'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D123" s="76" t="e">
+      <c r="D123" s="37" t="e">
         <f t="shared" ref="D123:D134" si="4">C123/B123</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A124" s="75" t="s">
+    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="B124" s="63">
+      <c r="B124" s="27">
         <f>COUNTIFS('Template 1A-September'!E4:E129, "&gt;="&amp;DATE(2025,9,1), 'Template 1A-September'!E4:E129, "&lt;="&amp;DATE(2025,9,30))</f>
         <v>0</v>
       </c>
-      <c r="C124" s="63">
+      <c r="C124" s="27">
         <f>COUNTIF('Template 1A-September'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D124" s="76" t="e">
+      <c r="D124" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A125" s="75" t="s">
+    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="B125" s="63">
+      <c r="B125" s="27">
         <f>COUNTIFS('Template 1A-October'!E4:E129, "&gt;="&amp;DATE(2025,10,1), 'Template 1A-September'!E4:E129, "&lt;="&amp;DATE(2025,10,31))</f>
         <v>0</v>
       </c>
-      <c r="C125" s="63">
+      <c r="C125" s="27">
         <f>COUNTIF('Template 1A-October'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D125" s="77" t="e">
+      <c r="D125" s="38" t="e">
         <f>C125/B125</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A126" s="75" t="s">
+    <row r="126" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="B126" s="63">
+      <c r="B126" s="27">
         <f>COUNTIFS('Template 1A-November'!E4:E129, "&gt;="&amp;DATE(2025,11,1), 'Template 1A-November'!E4:E129, "&lt;="&amp;DATE(2025,11,30))</f>
         <v>0</v>
       </c>
-      <c r="C126" s="63">
+      <c r="C126" s="27">
         <f>COUNTIF('Template 1A-November'!H4:H19, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D126" s="76" t="e">
+      <c r="D126" s="37" t="e">
         <f>C126/B126</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A127" s="75" t="s">
+    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="B127" s="63">
+      <c r="B127" s="27">
         <f>COUNTIFS('Template 1A-December'!E4:E129, "&gt;="&amp;DATE(2025,12,1), 'Template 1A-December'!E4:E129, "&lt;="&amp;DATE(2025,12,31))</f>
         <v>0</v>
       </c>
-      <c r="C127" s="63">
+      <c r="C127" s="27">
         <f>COUNTIF('Template 1A-December'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D127" s="76" t="e">
+      <c r="D127" s="37" t="e">
         <f>C127/B127</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A128" s="75" t="s">
+    <row r="128" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="B128" s="63">
+      <c r="B128" s="27">
         <f>COUNTIFS('Template 1A-January'!E4:E129, "&gt;="&amp;DATE(2026,1,1), 'Template 1A-January'!E4:E129, "&lt;="&amp;DATE(2026,1,31))</f>
         <v>0</v>
       </c>
-      <c r="C128" s="63">
+      <c r="C128" s="27">
         <f>COUNTIF('Template 1A-January'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D128" s="76" t="e">
+      <c r="D128" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="129" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A129" s="75" t="s">
+    <row r="129" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="B129" s="63">
+      <c r="B129" s="27">
         <f>COUNTIFS('Template 1A-February'!E4:E129, "&gt;="&amp;DATE(2026,2,1), 'Template 1A-February'!E4:E129, "&lt;="&amp;DATE(2026,2,29))</f>
         <v>0</v>
       </c>
-      <c r="C129" s="63">
+      <c r="C129" s="27">
         <f>COUNTIF('Template 1A-February'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D129" s="76" t="e">
+      <c r="D129" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="130" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A130" s="75" t="s">
+    <row r="130" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B130" s="63">
+      <c r="B130" s="27">
         <f>COUNTIFS('Template 1A-March'!E4:E129, "&gt;="&amp;DATE(2026,31,1), 'Template 1A-March'!E4:E129, "&lt;="&amp;DATE(2026,3,31))</f>
         <v>0</v>
       </c>
-      <c r="C130" s="63">
+      <c r="C130" s="27">
         <f>COUNTIF('Template 1A-March'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D130" s="76" t="e">
+      <c r="D130" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="131" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A131" s="75" t="s">
+    <row r="131" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="B131" s="63">
+      <c r="B131" s="27">
         <f>COUNTIFS('Template 1A-April'!E4:E129, "&gt;="&amp;DATE(2026,4,1), 'Template 1A-April'!E4:E129, "&lt;="&amp;DATE(2026,4,30))</f>
         <v>0</v>
       </c>
-      <c r="C131" s="63">
+      <c r="C131" s="27">
         <f>COUNTIF('Template 1A-April'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D131" s="76" t="e">
+      <c r="D131" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="132" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A132" s="75" t="s">
+    <row r="132" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B132" s="63">
+      <c r="B132" s="27">
         <f>COUNTIFS('Template 1A-May'!E4:E129, "&gt;="&amp;DATE(2026,5,1), 'Template 1A-May'!E4:E129, "&lt;="&amp;DATE(2026,5,31))</f>
         <v>0</v>
       </c>
-      <c r="C132" s="63">
+      <c r="C132" s="27">
         <f>COUNTIF('Template 1A-May'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D132" s="76" t="e">
+      <c r="D132" s="37" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="133" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A133" s="78" t="s">
+    <row r="133" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="B133" s="63">
+      <c r="B133" s="27">
         <f>COUNTIFS('Template 1A-June'!E4:E129, "&gt;="&amp;DATE(2026,6,1), 'Template 1A-June'!E4:E129, "&lt;="&amp;DATE(2026,6,30))</f>
         <v>0</v>
       </c>
-      <c r="C133" s="63">
+      <c r="C133" s="27">
         <f>COUNTIF('Template 1A-June'!H4:H129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D133" s="79" t="e">
+      <c r="D133" s="40" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="134" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A134" s="80" t="s">
+    <row r="134" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="B134" s="81">
+      <c r="B134" s="42">
         <f>SUM(B122:B133)</f>
         <v>0</v>
       </c>
-      <c r="C134" s="81">
+      <c r="C134" s="42">
         <f>SUM(C122:C133)</f>
         <v>0</v>
       </c>
-      <c r="D134" s="82" t="e">
+      <c r="D134" s="43" t="e">
         <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="135" spans="1:4" ht="117.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A135" s="69" t="s">
+    <row r="135" spans="1:4" ht="128.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="30" t="s">
+        <v>41</v>
+      </c>
+      <c r="B135" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C135" s="44" t="s">
         <v>42</v>
       </c>
-      <c r="B135" s="70" t="s">
-[...5 lines deleted...]
-      <c r="D135" s="72" t="s">
+      <c r="D135" s="33" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="136" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A136" s="73" t="s">
+    <row r="136" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="B136" s="63">
-        <f>B122</f>
+      <c r="B136" s="27">
+        <f t="shared" ref="B136:B147" si="5">B122</f>
         <v>0</v>
       </c>
-      <c r="C136" s="63">
+      <c r="C136" s="27">
         <f>COUNTIF('Template 1A-July'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D136" s="74" t="e">
+      <c r="D136" s="35" t="e">
         <f>C136/B136</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="137" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A137" s="75" t="s">
+    <row r="137" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B137" s="64">
-        <f>B123</f>
+      <c r="B137" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C137" s="63">
+      <c r="C137" s="27">
         <f>COUNTIF('Template 1A-August'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D137" s="76" t="e">
+      <c r="D137" s="37" t="e">
         <f>C137/B137</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="138" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A138" s="75" t="s">
+    <row r="138" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="B138" s="64">
-        <f>B124</f>
+      <c r="B138" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C138" s="63">
+      <c r="C138" s="27">
         <f>COUNTIF('Template 1A-September'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D138" s="76" t="e">
+      <c r="D138" s="37" t="e">
         <f>C138/B138</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="139" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A139" s="75" t="s">
+    <row r="139" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="B139" s="64">
-        <f>B125</f>
+      <c r="B139" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C139" s="63">
+      <c r="C139" s="27">
         <f>COUNTIF('Template 1A-October'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D139" s="77" t="e">
-        <f t="shared" ref="D139:D148" si="5">C139/B139</f>
+      <c r="D139" s="38" t="e">
+        <f t="shared" ref="D139:D148" si="6">C139/B139</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="140" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A140" s="75" t="s">
+    <row r="140" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="B140" s="64">
-        <f>B126</f>
+      <c r="B140" s="28">
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="C140" s="63">
+      <c r="C140" s="27">
         <f>COUNTIF('Template 1A-November'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D140" s="76" t="e">
+      <c r="D140" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="36" t="s">
+        <v>11</v>
+      </c>
+      <c r="B141" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B127</f>
         <v>0</v>
       </c>
-      <c r="C141" s="63">
+      <c r="C141" s="27">
         <f>COUNTIF('Template 1A-December'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D141" s="76" t="e">
+      <c r="D141" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="36" t="s">
+        <v>6</v>
+      </c>
+      <c r="B142" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B128</f>
         <v>0</v>
       </c>
-      <c r="C142" s="63">
+      <c r="C142" s="27">
         <f>COUNTIF('Template 1A-January'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D142" s="76" t="e">
+      <c r="D142" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="B143" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B129</f>
         <v>0</v>
       </c>
-      <c r="C143" s="63">
+      <c r="C143" s="27">
         <f>COUNTIF('Template 1A-February'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D143" s="76" t="e">
+      <c r="D143" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="B144" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B130</f>
         <v>0</v>
       </c>
-      <c r="C144" s="63">
+      <c r="C144" s="27">
         <f>COUNTIF('Template 1A-March'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D144" s="76" t="e">
+      <c r="D144" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B145" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B131</f>
         <v>0</v>
       </c>
-      <c r="C145" s="63">
+      <c r="C145" s="27">
         <f>COUNTIF('Template 1A-April'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D145" s="76" t="e">
+      <c r="D145" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="B146" s="28">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B132</f>
         <v>0</v>
       </c>
-      <c r="C146" s="63">
+      <c r="C146" s="27">
         <f>COUNTIF('Template 1A-May'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D146" s="76" t="e">
+      <c r="D146" s="37" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" s="29">
         <f t="shared" si="5"/>
-        <v>#DIV/0!</v>
-[...7 lines deleted...]
-        <f>B133</f>
         <v>0</v>
       </c>
-      <c r="C147" s="63">
+      <c r="C147" s="27">
         <f>COUNTIF('Template 1A-June'!I4:I129, "Yes")</f>
         <v>0</v>
       </c>
-      <c r="D147" s="79" t="e">
-        <f t="shared" si="5"/>
+      <c r="D147" s="40" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="148" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A148" s="80" t="s">
+    <row r="148" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="B148" s="81">
+      <c r="B148" s="42">
         <f>SUM(B136:B147)</f>
         <v>0</v>
       </c>
-      <c r="C148" s="81">
+      <c r="C148" s="42">
         <f>SUM(C136:C147)</f>
         <v>0</v>
       </c>
-      <c r="D148" s="82" t="e">
-        <f t="shared" si="5"/>
+      <c r="D148" s="43" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="129">
     <mergeCell ref="E121:F121"/>
     <mergeCell ref="D115:F115"/>
     <mergeCell ref="D116:F116"/>
     <mergeCell ref="D117:F117"/>
     <mergeCell ref="D118:F118"/>
     <mergeCell ref="D119:F119"/>
     <mergeCell ref="A120:D120"/>
     <mergeCell ref="D106:F106"/>
     <mergeCell ref="A107:A119"/>
     <mergeCell ref="D107:F107"/>
     <mergeCell ref="D108:F108"/>
     <mergeCell ref="D109:F109"/>
     <mergeCell ref="D110:F110"/>
     <mergeCell ref="D111:F111"/>
     <mergeCell ref="D112:F112"/>
     <mergeCell ref="D113:F113"/>
     <mergeCell ref="D114:F114"/>
+    <mergeCell ref="A94:A106"/>
+    <mergeCell ref="D78:F78"/>
+    <mergeCell ref="D79:F79"/>
+    <mergeCell ref="D80:F80"/>
     <mergeCell ref="D100:F100"/>
     <mergeCell ref="D101:F101"/>
     <mergeCell ref="D102:F102"/>
     <mergeCell ref="D103:F103"/>
     <mergeCell ref="D104:F104"/>
     <mergeCell ref="D105:F105"/>
     <mergeCell ref="D91:F91"/>
     <mergeCell ref="D92:F92"/>
     <mergeCell ref="D93:F93"/>
-    <mergeCell ref="A94:A106"/>
     <mergeCell ref="D94:F94"/>
     <mergeCell ref="D95:F95"/>
     <mergeCell ref="D96:F96"/>
     <mergeCell ref="D97:F97"/>
     <mergeCell ref="D98:F98"/>
     <mergeCell ref="D99:F99"/>
-    <mergeCell ref="D85:F85"/>
-[...9 lines deleted...]
-    <mergeCell ref="D80:F80"/>
     <mergeCell ref="A81:A93"/>
     <mergeCell ref="D81:F81"/>
     <mergeCell ref="D82:F82"/>
     <mergeCell ref="D83:F83"/>
     <mergeCell ref="D84:F84"/>
     <mergeCell ref="D67:F67"/>
     <mergeCell ref="A68:A80"/>
     <mergeCell ref="D68:F68"/>
     <mergeCell ref="D69:F69"/>
     <mergeCell ref="D70:F70"/>
     <mergeCell ref="D71:F71"/>
     <mergeCell ref="D72:F72"/>
     <mergeCell ref="D73:F73"/>
     <mergeCell ref="D74:F74"/>
     <mergeCell ref="D75:F75"/>
+    <mergeCell ref="A55:A67"/>
+    <mergeCell ref="D85:F85"/>
+    <mergeCell ref="D86:F86"/>
+    <mergeCell ref="D87:F87"/>
+    <mergeCell ref="D88:F88"/>
+    <mergeCell ref="D89:F89"/>
+    <mergeCell ref="D90:F90"/>
+    <mergeCell ref="D76:F76"/>
+    <mergeCell ref="D77:F77"/>
     <mergeCell ref="D61:F61"/>
     <mergeCell ref="D62:F62"/>
     <mergeCell ref="D63:F63"/>
     <mergeCell ref="D64:F64"/>
     <mergeCell ref="D65:F65"/>
     <mergeCell ref="D66:F66"/>
     <mergeCell ref="D52:F52"/>
     <mergeCell ref="D53:F53"/>
     <mergeCell ref="D54:F54"/>
-    <mergeCell ref="A55:A67"/>
     <mergeCell ref="D55:F55"/>
     <mergeCell ref="D56:F56"/>
     <mergeCell ref="D57:F57"/>
     <mergeCell ref="D58:F58"/>
     <mergeCell ref="D59:F59"/>
     <mergeCell ref="D60:F60"/>
     <mergeCell ref="D46:F46"/>
     <mergeCell ref="D47:F47"/>
     <mergeCell ref="D48:F48"/>
     <mergeCell ref="D49:F49"/>
     <mergeCell ref="D50:F50"/>
     <mergeCell ref="D51:F51"/>
     <mergeCell ref="D37:F37"/>
     <mergeCell ref="D38:F38"/>
     <mergeCell ref="D39:F39"/>
     <mergeCell ref="D40:F40"/>
     <mergeCell ref="A41:F41"/>
     <mergeCell ref="A42:A54"/>
     <mergeCell ref="D42:F42"/>
     <mergeCell ref="D43:F43"/>
     <mergeCell ref="D44:F44"/>
     <mergeCell ref="D45:F45"/>
     <mergeCell ref="D31:F31"/>
     <mergeCell ref="D32:F32"/>
     <mergeCell ref="D33:F33"/>
     <mergeCell ref="D34:F34"/>
     <mergeCell ref="D35:F35"/>
     <mergeCell ref="D36:F36"/>
     <mergeCell ref="D22:F22"/>
     <mergeCell ref="D23:F23"/>
     <mergeCell ref="A24:A40"/>
     <mergeCell ref="D24:F24"/>
     <mergeCell ref="D25:F25"/>
     <mergeCell ref="D26:F26"/>
     <mergeCell ref="D27:F27"/>
     <mergeCell ref="D28:F28"/>
     <mergeCell ref="D29:F29"/>
     <mergeCell ref="D30:F30"/>
-    <mergeCell ref="D16:F16"/>
-[...1 lines deleted...]
-    <mergeCell ref="D18:F18"/>
     <mergeCell ref="D19:F19"/>
     <mergeCell ref="D20:F20"/>
     <mergeCell ref="D21:F21"/>
     <mergeCell ref="A7:A23"/>
     <mergeCell ref="D7:F7"/>
     <mergeCell ref="D8:F8"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="A6:F6"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="D18:F18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="72" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8FC1CE3-7D1B-4925-BDEA-0A68C2FDCE55}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2:K2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-July'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B88435DC-D71C-4850-85D1-F20C9BFE96DC}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F5D0D2E0-214C-4FDD-ABC7-86EA80C497B2}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63F9A1D6-2F1F-4492-871C-4E855378FA6E}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:XFD2"/>
+      <selection pane="bottomLeft" activeCell="E9" sqref="E9:E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-August'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E63480FB-C9E0-4A8D-885A-269F4F40A50B}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0862105E-F150-4D47-BA13-B1D912A5F788}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C62A7C68-BFBB-41DB-8C8B-B3012E2B2D3C}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-September'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BD8965AB-79B8-4904-BA2D-452D15FC725F}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2059634D-9EED-43B5-BE0A-6F2719EDEBAB}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BCDF1648-7DE0-4717-A6C8-73E38AF1D1B6}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-October'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2C6B4205-F027-429A-907F-C54FA2EE2AAC}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0E8649BC-DAC9-4AAE-8A55-420E05846998}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEA8E6F7-0E0F-4B0B-B66C-B00AD71755C0}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-November'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E6118E86-B85B-465A-A778-A68BB79708D8}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{ECDCC66B-CA9B-4CEE-8962-DCAE324D7DA4}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{285EC38D-735D-4A3E-9F6F-AF5C02D6B841}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2:K2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-December'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{460BA4E6-494E-40E6-85FB-8DBF0F7D3EC2}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{68F75F8F-59A3-441A-86E6-2373CEE5AAF6}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE9C4826-68BC-4CF6-BE5F-85708D54F828}">
   <dimension ref="A1:K129"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B121" sqref="B121"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.81640625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="92"/>
+    <col min="1" max="1" width="17.85546875" style="50" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" style="50" customWidth="1"/>
+    <col min="4" max="9" width="15.5703125" style="50" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" style="50" customWidth="1"/>
+    <col min="11" max="11" width="88.28515625" style="50" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="49"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="97" customFormat="1" ht="18" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="A2" s="86" t="s">
+    <row r="1" spans="1:11" s="51" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="157" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="158"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="158"/>
+      <c r="E1" s="158"/>
+      <c r="F1" s="158"/>
+      <c r="G1" s="158"/>
+      <c r="H1" s="158"/>
+      <c r="I1" s="158"/>
+      <c r="J1" s="158"/>
+      <c r="K1" s="159"/>
+    </row>
+    <row r="2" spans="1:11" s="45" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="160" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="87"/>
-[...11 lines deleted...]
-      <c r="A3" s="98" t="s">
+      <c r="B2" s="161"/>
+      <c r="C2" s="161"/>
+      <c r="D2" s="161"/>
+      <c r="E2" s="161"/>
+      <c r="F2" s="161"/>
+      <c r="G2" s="161"/>
+      <c r="H2" s="161"/>
+      <c r="I2" s="161"/>
+      <c r="J2" s="161"/>
+      <c r="K2" s="162"/>
+    </row>
+    <row r="3" spans="1:11" s="55" customFormat="1" ht="114.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="52" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="98" t="s">
+      <c r="D3" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="98" t="s">
+      <c r="E3" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F3" s="98" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="98" t="s">
+      <c r="F3" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="G3" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="99" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="98" t="s">
+      <c r="I3" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="100" t="s">
-[...1513 lines deleted...]
-      <c r="B120" s="89" t="e">
+      <c r="K3" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="46"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="46"/>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="46"/>
+      <c r="K5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="46"/>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="46"/>
+      <c r="H6" s="48"/>
+      <c r="I6" s="48"/>
+      <c r="J6" s="46"/>
+      <c r="K6" s="46"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="48"/>
+      <c r="I7" s="48"/>
+      <c r="J7" s="46"/>
+      <c r="K7" s="46"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="46"/>
+      <c r="K8" s="46"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="48"/>
+      <c r="J9" s="46"/>
+      <c r="K9" s="46"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="48"/>
+      <c r="I10" s="48"/>
+      <c r="J10" s="46"/>
+      <c r="K10" s="46"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="46"/>
+      <c r="K11" s="46"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="48"/>
+      <c r="I14" s="48"/>
+      <c r="J14" s="46"/>
+      <c r="K14" s="46"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="46"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="48"/>
+      <c r="I15" s="48"/>
+      <c r="J15" s="46"/>
+      <c r="K15" s="46"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="46"/>
+      <c r="K16" s="46"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="46"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="48"/>
+      <c r="I17" s="48"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="48"/>
+      <c r="I18" s="48"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="48"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="46"/>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="46"/>
+      <c r="E24" s="46"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="46"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="46"/>
+      <c r="K24" s="46"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="46"/>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="46"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="46"/>
+      <c r="K25" s="46"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="46"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="46"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="46"/>
+      <c r="K26" s="46"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="48"/>
+      <c r="I27" s="48"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="46"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="48"/>
+      <c r="I28" s="48"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="46"/>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="46"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="46"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="46"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="46"/>
+      <c r="K31" s="46"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="46"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="48"/>
+      <c r="I32" s="48"/>
+      <c r="J32" s="46"/>
+      <c r="K32" s="46"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="46"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="48"/>
+      <c r="J33" s="46"/>
+      <c r="K33" s="46"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="48"/>
+      <c r="I34" s="48"/>
+      <c r="J34" s="46"/>
+      <c r="K34" s="46"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="48"/>
+      <c r="I35" s="48"/>
+      <c r="J35" s="46"/>
+      <c r="K35" s="46"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="48"/>
+      <c r="I36" s="48"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="48"/>
+      <c r="I37" s="48"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="48"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="48"/>
+      <c r="I39" s="48"/>
+      <c r="J39" s="46"/>
+      <c r="K39" s="46"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="48"/>
+      <c r="I40" s="48"/>
+      <c r="J40" s="46"/>
+      <c r="K40" s="46"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="46"/>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="48"/>
+      <c r="I41" s="48"/>
+      <c r="J41" s="46"/>
+      <c r="K41" s="46"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="48"/>
+      <c r="I42" s="48"/>
+      <c r="J42" s="46"/>
+      <c r="K42" s="46"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="48"/>
+      <c r="I43" s="48"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="48"/>
+      <c r="I44" s="48"/>
+      <c r="J44" s="46"/>
+      <c r="K44" s="46"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="46"/>
+      <c r="K45" s="46"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="48"/>
+      <c r="I46" s="48"/>
+      <c r="J46" s="46"/>
+      <c r="K46" s="46"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="46"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="46"/>
+      <c r="E47" s="46"/>
+      <c r="F47" s="46"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="48"/>
+      <c r="I47" s="48"/>
+      <c r="J47" s="46"/>
+      <c r="K47" s="46"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="46"/>
+      <c r="E48" s="46"/>
+      <c r="F48" s="46"/>
+      <c r="G48" s="46"/>
+      <c r="H48" s="48"/>
+      <c r="I48" s="48"/>
+      <c r="J48" s="46"/>
+      <c r="K48" s="46"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="46"/>
+      <c r="E49" s="46"/>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="48"/>
+      <c r="I49" s="48"/>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="46"/>
+      <c r="E50" s="46"/>
+      <c r="F50" s="46"/>
+      <c r="G50" s="46"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="46"/>
+      <c r="K50" s="46"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="46"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+      <c r="E51" s="46"/>
+      <c r="F51" s="46"/>
+      <c r="G51" s="46"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="46"/>
+      <c r="K51" s="46"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="46"/>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+      <c r="E52" s="46"/>
+      <c r="F52" s="46"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="48"/>
+      <c r="I52" s="48"/>
+      <c r="J52" s="46"/>
+      <c r="K52" s="46"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="46"/>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="46"/>
+      <c r="E53" s="46"/>
+      <c r="F53" s="46"/>
+      <c r="G53" s="46"/>
+      <c r="H53" s="48"/>
+      <c r="I53" s="48"/>
+      <c r="J53" s="46"/>
+      <c r="K53" s="46"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="46"/>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="46"/>
+      <c r="E54" s="46"/>
+      <c r="F54" s="46"/>
+      <c r="G54" s="46"/>
+      <c r="H54" s="48"/>
+      <c r="I54" s="48"/>
+      <c r="J54" s="46"/>
+      <c r="K54" s="46"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="46"/>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="48"/>
+      <c r="I55" s="48"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="46"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="46"/>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="46"/>
+      <c r="F56" s="46"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="48"/>
+      <c r="I56" s="48"/>
+      <c r="J56" s="46"/>
+      <c r="K56" s="46"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="46"/>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="48"/>
+      <c r="I57" s="48"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="46"/>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="48"/>
+      <c r="I58" s="48"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="46"/>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="46"/>
+      <c r="E59" s="46"/>
+      <c r="F59" s="46"/>
+      <c r="G59" s="46"/>
+      <c r="H59" s="48"/>
+      <c r="I59" s="48"/>
+      <c r="J59" s="46"/>
+      <c r="K59" s="46"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="46"/>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="46"/>
+      <c r="E60" s="46"/>
+      <c r="F60" s="46"/>
+      <c r="G60" s="46"/>
+      <c r="H60" s="48"/>
+      <c r="I60" s="48"/>
+      <c r="J60" s="46"/>
+      <c r="K60" s="46"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="46"/>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="46"/>
+      <c r="E61" s="46"/>
+      <c r="F61" s="46"/>
+      <c r="G61" s="46"/>
+      <c r="H61" s="48"/>
+      <c r="I61" s="48"/>
+      <c r="J61" s="46"/>
+      <c r="K61" s="46"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="46"/>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="46"/>
+      <c r="E62" s="46"/>
+      <c r="F62" s="46"/>
+      <c r="G62" s="46"/>
+      <c r="H62" s="48"/>
+      <c r="I62" s="48"/>
+      <c r="J62" s="46"/>
+      <c r="K62" s="46"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="46"/>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="46"/>
+      <c r="E63" s="46"/>
+      <c r="F63" s="46"/>
+      <c r="G63" s="46"/>
+      <c r="H63" s="48"/>
+      <c r="I63" s="48"/>
+      <c r="J63" s="46"/>
+      <c r="K63" s="46"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="46"/>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="46"/>
+      <c r="E64" s="46"/>
+      <c r="F64" s="46"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="48"/>
+      <c r="I64" s="48"/>
+      <c r="J64" s="46"/>
+      <c r="K64" s="46"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="46"/>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="46"/>
+      <c r="E65" s="46"/>
+      <c r="F65" s="46"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="48"/>
+      <c r="I65" s="48"/>
+      <c r="J65" s="46"/>
+      <c r="K65" s="46"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="46"/>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="46"/>
+      <c r="E66" s="46"/>
+      <c r="F66" s="46"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="48"/>
+      <c r="I66" s="48"/>
+      <c r="J66" s="46"/>
+      <c r="K66" s="46"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="46"/>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="46"/>
+      <c r="E67" s="46"/>
+      <c r="F67" s="46"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="46"/>
+      <c r="K67" s="46"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="46"/>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="46"/>
+      <c r="E68" s="46"/>
+      <c r="F68" s="46"/>
+      <c r="G68" s="46"/>
+      <c r="H68" s="48"/>
+      <c r="I68" s="48"/>
+      <c r="J68" s="46"/>
+      <c r="K68" s="46"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="46"/>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="46"/>
+      <c r="E69" s="46"/>
+      <c r="F69" s="46"/>
+      <c r="G69" s="46"/>
+      <c r="H69" s="48"/>
+      <c r="I69" s="48"/>
+      <c r="J69" s="46"/>
+      <c r="K69" s="46"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="46"/>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="46"/>
+      <c r="E70" s="46"/>
+      <c r="F70" s="46"/>
+      <c r="G70" s="46"/>
+      <c r="H70" s="48"/>
+      <c r="I70" s="48"/>
+      <c r="J70" s="46"/>
+      <c r="K70" s="46"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="46"/>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="46"/>
+      <c r="E71" s="46"/>
+      <c r="F71" s="46"/>
+      <c r="G71" s="46"/>
+      <c r="H71" s="48"/>
+      <c r="I71" s="48"/>
+      <c r="J71" s="46"/>
+      <c r="K71" s="46"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="46"/>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="46"/>
+      <c r="E72" s="46"/>
+      <c r="F72" s="46"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="48"/>
+      <c r="I72" s="48"/>
+      <c r="J72" s="46"/>
+      <c r="K72" s="46"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="46"/>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="46"/>
+      <c r="E73" s="46"/>
+      <c r="F73" s="46"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="48"/>
+      <c r="I73" s="48"/>
+      <c r="J73" s="46"/>
+      <c r="K73" s="46"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="46"/>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="46"/>
+      <c r="E74" s="46"/>
+      <c r="F74" s="46"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="48"/>
+      <c r="I74" s="48"/>
+      <c r="J74" s="46"/>
+      <c r="K74" s="46"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="46"/>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="46"/>
+      <c r="E75" s="46"/>
+      <c r="F75" s="46"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="48"/>
+      <c r="I75" s="48"/>
+      <c r="J75" s="46"/>
+      <c r="K75" s="46"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="46"/>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="46"/>
+      <c r="E76" s="46"/>
+      <c r="F76" s="46"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="48"/>
+      <c r="I76" s="48"/>
+      <c r="J76" s="46"/>
+      <c r="K76" s="46"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="46"/>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="46"/>
+      <c r="E77" s="46"/>
+      <c r="F77" s="46"/>
+      <c r="G77" s="46"/>
+      <c r="H77" s="48"/>
+      <c r="I77" s="48"/>
+      <c r="J77" s="46"/>
+      <c r="K77" s="46"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="46"/>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="46"/>
+      <c r="E78" s="46"/>
+      <c r="F78" s="46"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="48"/>
+      <c r="I78" s="48"/>
+      <c r="J78" s="46"/>
+      <c r="K78" s="46"/>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="46"/>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="46"/>
+      <c r="F79" s="46"/>
+      <c r="G79" s="46"/>
+      <c r="H79" s="48"/>
+      <c r="I79" s="48"/>
+      <c r="J79" s="46"/>
+      <c r="K79" s="46"/>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="46"/>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="46"/>
+      <c r="F80" s="46"/>
+      <c r="G80" s="46"/>
+      <c r="H80" s="48"/>
+      <c r="I80" s="48"/>
+      <c r="J80" s="46"/>
+      <c r="K80" s="46"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="46"/>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="46"/>
+      <c r="F81" s="46"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="48"/>
+      <c r="I81" s="48"/>
+      <c r="J81" s="46"/>
+      <c r="K81" s="46"/>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="46"/>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="46"/>
+      <c r="E82" s="46"/>
+      <c r="F82" s="46"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="48"/>
+      <c r="I82" s="48"/>
+      <c r="J82" s="46"/>
+      <c r="K82" s="46"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="46"/>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="46"/>
+      <c r="E83" s="46"/>
+      <c r="F83" s="46"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="46"/>
+      <c r="K83" s="46"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="46"/>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="46"/>
+      <c r="E84" s="46"/>
+      <c r="F84" s="46"/>
+      <c r="G84" s="46"/>
+      <c r="H84" s="48"/>
+      <c r="I84" s="48"/>
+      <c r="J84" s="46"/>
+      <c r="K84" s="46"/>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="46"/>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="46"/>
+      <c r="E85" s="46"/>
+      <c r="F85" s="46"/>
+      <c r="G85" s="46"/>
+      <c r="H85" s="48"/>
+      <c r="I85" s="48"/>
+      <c r="J85" s="46"/>
+      <c r="K85" s="46"/>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="46"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="46"/>
+      <c r="E86" s="46"/>
+      <c r="F86" s="46"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="48"/>
+      <c r="I86" s="48"/>
+      <c r="J86" s="46"/>
+      <c r="K86" s="46"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="46"/>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="46"/>
+      <c r="E87" s="46"/>
+      <c r="F87" s="46"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="48"/>
+      <c r="I87" s="48"/>
+      <c r="J87" s="46"/>
+      <c r="K87" s="46"/>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="46"/>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="46"/>
+      <c r="E88" s="46"/>
+      <c r="F88" s="46"/>
+      <c r="G88" s="46"/>
+      <c r="H88" s="48"/>
+      <c r="I88" s="48"/>
+      <c r="J88" s="46"/>
+      <c r="K88" s="46"/>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="46"/>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="46"/>
+      <c r="E89" s="46"/>
+      <c r="F89" s="46"/>
+      <c r="G89" s="46"/>
+      <c r="H89" s="48"/>
+      <c r="I89" s="48"/>
+      <c r="J89" s="46"/>
+      <c r="K89" s="46"/>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="46"/>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="46"/>
+      <c r="E90" s="46"/>
+      <c r="F90" s="46"/>
+      <c r="G90" s="46"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="46"/>
+      <c r="K90" s="46"/>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="46"/>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="46"/>
+      <c r="E91" s="46"/>
+      <c r="F91" s="46"/>
+      <c r="G91" s="46"/>
+      <c r="H91" s="48"/>
+      <c r="I91" s="48"/>
+      <c r="J91" s="46"/>
+      <c r="K91" s="46"/>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="46"/>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="46"/>
+      <c r="E92" s="46"/>
+      <c r="F92" s="46"/>
+      <c r="G92" s="46"/>
+      <c r="H92" s="48"/>
+      <c r="I92" s="48"/>
+      <c r="J92" s="46"/>
+      <c r="K92" s="46"/>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="46"/>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="46"/>
+      <c r="E93" s="46"/>
+      <c r="F93" s="46"/>
+      <c r="G93" s="46"/>
+      <c r="H93" s="48"/>
+      <c r="I93" s="48"/>
+      <c r="J93" s="46"/>
+      <c r="K93" s="46"/>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="46"/>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="46"/>
+      <c r="E94" s="46"/>
+      <c r="F94" s="46"/>
+      <c r="G94" s="46"/>
+      <c r="H94" s="48"/>
+      <c r="I94" s="48"/>
+      <c r="J94" s="46"/>
+      <c r="K94" s="46"/>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="46"/>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="46"/>
+      <c r="E95" s="46"/>
+      <c r="F95" s="46"/>
+      <c r="G95" s="46"/>
+      <c r="H95" s="48"/>
+      <c r="I95" s="48"/>
+      <c r="J95" s="46"/>
+      <c r="K95" s="46"/>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="46"/>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="46"/>
+      <c r="E96" s="46"/>
+      <c r="F96" s="46"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="48"/>
+      <c r="I96" s="48"/>
+      <c r="J96" s="46"/>
+      <c r="K96" s="46"/>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="46"/>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="46"/>
+      <c r="E97" s="46"/>
+      <c r="F97" s="46"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="48"/>
+      <c r="I97" s="48"/>
+      <c r="J97" s="46"/>
+      <c r="K97" s="46"/>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="46"/>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="46"/>
+      <c r="E98" s="46"/>
+      <c r="F98" s="46"/>
+      <c r="G98" s="46"/>
+      <c r="H98" s="48"/>
+      <c r="I98" s="48"/>
+      <c r="J98" s="46"/>
+      <c r="K98" s="46"/>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="46"/>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="46"/>
+      <c r="E99" s="46"/>
+      <c r="F99" s="46"/>
+      <c r="G99" s="46"/>
+      <c r="H99" s="48"/>
+      <c r="I99" s="48"/>
+      <c r="J99" s="46"/>
+      <c r="K99" s="46"/>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="46"/>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="46"/>
+      <c r="E100" s="46"/>
+      <c r="F100" s="46"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="48"/>
+      <c r="I100" s="48"/>
+      <c r="J100" s="46"/>
+      <c r="K100" s="46"/>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="46"/>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="46"/>
+      <c r="E101" s="46"/>
+      <c r="F101" s="46"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="48"/>
+      <c r="I101" s="48"/>
+      <c r="J101" s="46"/>
+      <c r="K101" s="46"/>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="46"/>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="46"/>
+      <c r="E102" s="46"/>
+      <c r="F102" s="46"/>
+      <c r="G102" s="46"/>
+      <c r="H102" s="48"/>
+      <c r="I102" s="48"/>
+      <c r="J102" s="46"/>
+      <c r="K102" s="46"/>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="46"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="46"/>
+      <c r="E103" s="46"/>
+      <c r="F103" s="46"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="48"/>
+      <c r="I103" s="48"/>
+      <c r="J103" s="46"/>
+      <c r="K103" s="46"/>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="46"/>
+      <c r="B104" s="46"/>
+      <c r="C104" s="46"/>
+      <c r="D104" s="46"/>
+      <c r="E104" s="46"/>
+      <c r="F104" s="46"/>
+      <c r="G104" s="46"/>
+      <c r="H104" s="48"/>
+      <c r="I104" s="48"/>
+      <c r="J104" s="46"/>
+      <c r="K104" s="46"/>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="46"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="46"/>
+      <c r="E105" s="46"/>
+      <c r="F105" s="46"/>
+      <c r="G105" s="46"/>
+      <c r="H105" s="48"/>
+      <c r="I105" s="48"/>
+      <c r="J105" s="46"/>
+      <c r="K105" s="46"/>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="46"/>
+      <c r="B106" s="46"/>
+      <c r="C106" s="46"/>
+      <c r="D106" s="46"/>
+      <c r="E106" s="46"/>
+      <c r="F106" s="46"/>
+      <c r="G106" s="46"/>
+      <c r="H106" s="48"/>
+      <c r="I106" s="48"/>
+      <c r="J106" s="46"/>
+      <c r="K106" s="46"/>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="46"/>
+      <c r="B107" s="46"/>
+      <c r="C107" s="46"/>
+      <c r="D107" s="46"/>
+      <c r="E107" s="46"/>
+      <c r="F107" s="46"/>
+      <c r="G107" s="46"/>
+      <c r="H107" s="48"/>
+      <c r="I107" s="48"/>
+      <c r="J107" s="46"/>
+      <c r="K107" s="46"/>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="46"/>
+      <c r="B108" s="46"/>
+      <c r="C108" s="46"/>
+      <c r="D108" s="46"/>
+      <c r="E108" s="46"/>
+      <c r="F108" s="46"/>
+      <c r="G108" s="46"/>
+      <c r="H108" s="48"/>
+      <c r="I108" s="48"/>
+      <c r="J108" s="46"/>
+      <c r="K108" s="46"/>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="46"/>
+      <c r="B109" s="46"/>
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="48"/>
+      <c r="I109" s="48"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="46"/>
+      <c r="B110" s="46"/>
+      <c r="C110" s="46"/>
+      <c r="D110" s="46"/>
+      <c r="E110" s="46"/>
+      <c r="F110" s="46"/>
+      <c r="G110" s="46"/>
+      <c r="H110" s="48"/>
+      <c r="I110" s="48"/>
+      <c r="J110" s="46"/>
+      <c r="K110" s="46"/>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="46"/>
+      <c r="B111" s="46"/>
+      <c r="C111" s="46"/>
+      <c r="D111" s="46"/>
+      <c r="E111" s="46"/>
+      <c r="F111" s="46"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="48"/>
+      <c r="I111" s="48"/>
+      <c r="J111" s="46"/>
+      <c r="K111" s="46"/>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="46"/>
+      <c r="C112" s="46"/>
+      <c r="D112" s="46"/>
+      <c r="E112" s="46"/>
+      <c r="F112" s="46"/>
+      <c r="G112" s="46"/>
+      <c r="H112" s="48"/>
+      <c r="I112" s="48"/>
+      <c r="J112" s="46"/>
+      <c r="K112" s="46"/>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="46"/>
+      <c r="B113" s="46"/>
+      <c r="C113" s="46"/>
+      <c r="D113" s="46"/>
+      <c r="E113" s="46"/>
+      <c r="F113" s="46"/>
+      <c r="G113" s="46"/>
+      <c r="H113" s="48"/>
+      <c r="I113" s="48"/>
+      <c r="J113" s="46"/>
+      <c r="K113" s="46"/>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="46"/>
+      <c r="B114" s="46"/>
+      <c r="C114" s="46"/>
+      <c r="D114" s="46"/>
+      <c r="E114" s="46"/>
+      <c r="F114" s="46"/>
+      <c r="G114" s="46"/>
+      <c r="H114" s="48"/>
+      <c r="I114" s="48"/>
+      <c r="J114" s="46"/>
+      <c r="K114" s="46"/>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="46"/>
+      <c r="B115" s="46"/>
+      <c r="C115" s="46"/>
+      <c r="D115" s="46"/>
+      <c r="E115" s="46"/>
+      <c r="F115" s="46"/>
+      <c r="G115" s="46"/>
+      <c r="H115" s="48"/>
+      <c r="I115" s="48"/>
+      <c r="J115" s="46"/>
+      <c r="K115" s="46"/>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="46"/>
+      <c r="B116" s="46"/>
+      <c r="C116" s="46"/>
+      <c r="D116" s="46"/>
+      <c r="E116" s="46"/>
+      <c r="F116" s="46"/>
+      <c r="G116" s="46"/>
+      <c r="H116" s="48"/>
+      <c r="I116" s="48"/>
+      <c r="J116" s="46"/>
+      <c r="K116" s="46"/>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="46"/>
+      <c r="B117" s="46"/>
+      <c r="C117" s="46"/>
+      <c r="D117" s="46"/>
+      <c r="E117" s="46"/>
+      <c r="F117" s="46"/>
+      <c r="G117" s="46"/>
+      <c r="H117" s="48"/>
+      <c r="I117" s="48"/>
+      <c r="J117" s="46"/>
+      <c r="K117" s="46"/>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="46"/>
+      <c r="B118" s="46"/>
+      <c r="C118" s="46"/>
+      <c r="D118" s="46"/>
+      <c r="E118" s="46"/>
+      <c r="F118" s="46"/>
+      <c r="G118" s="46"/>
+      <c r="H118" s="48"/>
+      <c r="I118" s="48"/>
+      <c r="J118" s="46"/>
+      <c r="K118" s="46"/>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="46"/>
+      <c r="B119" s="46"/>
+      <c r="C119" s="46"/>
+      <c r="D119" s="46"/>
+      <c r="E119" s="46"/>
+      <c r="F119" s="46"/>
+      <c r="G119" s="46"/>
+      <c r="H119" s="48"/>
+      <c r="I119" s="48"/>
+      <c r="J119" s="46"/>
+      <c r="K119" s="46"/>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="46"/>
+      <c r="B120" s="46" t="e">
         <f>COUNTIFS('Template 1A-January'!D4:D129, "&gt;="&amp;DATE(2025,7,1), A1:A100, "&lt;="&amp;DATE(2025,7,31))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="C120" s="89"/>
-[...124 lines deleted...]
-      <c r="K129" s="89"/>
+      <c r="C120" s="46"/>
+      <c r="D120" s="46"/>
+      <c r="E120" s="46"/>
+      <c r="F120" s="46"/>
+      <c r="G120" s="46"/>
+      <c r="H120" s="48"/>
+      <c r="I120" s="48"/>
+      <c r="J120" s="46"/>
+      <c r="K120" s="46"/>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="46"/>
+      <c r="B121" s="46"/>
+      <c r="C121" s="46"/>
+      <c r="D121" s="46"/>
+      <c r="E121" s="46"/>
+      <c r="F121" s="46"/>
+      <c r="G121" s="46"/>
+      <c r="H121" s="48"/>
+      <c r="I121" s="48"/>
+      <c r="J121" s="46"/>
+      <c r="K121" s="46"/>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="46"/>
+      <c r="B122" s="46"/>
+      <c r="C122" s="46"/>
+      <c r="D122" s="46"/>
+      <c r="E122" s="46"/>
+      <c r="F122" s="46"/>
+      <c r="G122" s="46"/>
+      <c r="H122" s="48"/>
+      <c r="I122" s="48"/>
+      <c r="J122" s="46"/>
+      <c r="K122" s="46"/>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="46"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="46"/>
+      <c r="D123" s="46"/>
+      <c r="E123" s="46"/>
+      <c r="F123" s="46"/>
+      <c r="G123" s="46"/>
+      <c r="H123" s="48"/>
+      <c r="I123" s="48"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="46"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="46"/>
+      <c r="D124" s="46"/>
+      <c r="E124" s="46"/>
+      <c r="F124" s="46"/>
+      <c r="G124" s="46"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="48"/>
+      <c r="J124" s="46"/>
+      <c r="K124" s="46"/>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="46"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="46"/>
+      <c r="D125" s="46"/>
+      <c r="E125" s="46"/>
+      <c r="F125" s="46"/>
+      <c r="G125" s="46"/>
+      <c r="H125" s="48"/>
+      <c r="I125" s="48"/>
+      <c r="J125" s="46"/>
+      <c r="K125" s="46"/>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="46"/>
+      <c r="B126" s="46"/>
+      <c r="C126" s="46"/>
+      <c r="D126" s="46"/>
+      <c r="E126" s="46"/>
+      <c r="F126" s="46"/>
+      <c r="G126" s="46"/>
+      <c r="H126" s="48"/>
+      <c r="I126" s="48"/>
+      <c r="J126" s="46"/>
+      <c r="K126" s="46"/>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="46"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="46"/>
+      <c r="D127" s="46"/>
+      <c r="E127" s="46"/>
+      <c r="F127" s="46"/>
+      <c r="G127" s="46"/>
+      <c r="H127" s="48"/>
+      <c r="I127" s="48"/>
+      <c r="J127" s="46"/>
+      <c r="K127" s="46"/>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="46"/>
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46"/>
+      <c r="E128" s="46"/>
+      <c r="F128" s="46"/>
+      <c r="G128" s="46"/>
+      <c r="H128" s="48"/>
+      <c r="I128" s="48"/>
+      <c r="J128" s="46"/>
+      <c r="K128" s="46"/>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="46"/>
+      <c r="B129" s="46"/>
+      <c r="C129" s="46"/>
+      <c r="D129" s="46"/>
+      <c r="E129" s="46"/>
+      <c r="F129" s="46"/>
+      <c r="G129" s="46"/>
+      <c r="H129" s="48"/>
+      <c r="I129" s="48"/>
+      <c r="J129" s="46"/>
+      <c r="K129" s="46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1986EE6B-92E6-479B-9D41-E29C11C6C7FA}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$157:$A$159</xm:f>
           </x14:formula1>
           <xm:sqref>H4:I129</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B712F6A3-245D-4AB5-BDA8-A3096919D4C5}">
           <x14:formula1>
             <xm:f>'Template 1 STOP Monthly Report'!$A$154:$A$155</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B129</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
@@ -27792,75 +27823,82 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{016F00AD-FD37-443A-90DE-11C6DAC8FE54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D11474D-01F6-4AE4-8B4E-EE3B44CFC287}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
     <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>Template 1 STOP Monthly Report</vt:lpstr>
       <vt:lpstr>Example Report</vt:lpstr>
       <vt:lpstr>Template 1A-July</vt:lpstr>
       <vt:lpstr>Template 1A-August</vt:lpstr>
       <vt:lpstr>Template 1A-September</vt:lpstr>
       <vt:lpstr>Template 1A-October</vt:lpstr>
       <vt:lpstr>Template 1A-November</vt:lpstr>
       <vt:lpstr>Template 1A-December</vt:lpstr>
       <vt:lpstr>Template 1A-January</vt:lpstr>
       <vt:lpstr>Template 1A-February</vt:lpstr>
       <vt:lpstr>Template 1A-March</vt:lpstr>
       <vt:lpstr>Template 1A-April</vt:lpstr>
       <vt:lpstr>Template 1A-May</vt:lpstr>
       <vt:lpstr>Template 1A-June</vt:lpstr>
+      <vt:lpstr>'Template 1 STOP Monthly Report'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Attachment 5 - A-D - STOP Provider 2024-2025</dc:title>
   <dc:subject/>
   <dc:creator>Cynthia E Rubenstein</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>