--- v0 (2025-11-02)
+++ v1 (2025-12-13)
@@ -3911,116 +3911,145 @@
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1AF8888D" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13F8CE07" w14:textId="0EF27C1A" w:rsidR="00037AF8" w:rsidRDefault="00CF3973" w:rsidP="00145D87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>786-</w:t>
             </w:r>
             <w:r w:rsidR="00A611EA">
               <w:t>330-1489</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B9B5BF1" w14:textId="50B1B65D" w:rsidR="00CF3973" w:rsidRDefault="00CF3973" w:rsidP="00145D87">
+          <w:p w14:paraId="5C8FA293" w14:textId="77777777" w:rsidR="00CF3973" w:rsidRDefault="00CF3973" w:rsidP="00145D87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="000257D0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Nabila.Concepcion@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4B9B5BF1" w14:textId="50B1B65D" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00145D87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA767D" w14:paraId="1A71B54C" w14:textId="77777777" w:rsidTr="00BA767D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59196622" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F80637" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
-[...4 lines deleted...]
-              <w:t>VACANT</w:t>
+          <w:p w14:paraId="45F80637" w14:textId="56B0809C" w:rsidR="00BA767D" w:rsidRPr="00FD1CAB" w:rsidRDefault="00FD2399" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD1CAB">
+              <w:t>Maslaine Deus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E70122C" w14:textId="530044F8" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FD1CAB">
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6C760A6F" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="077B261C" w14:textId="77777777" w:rsidR="00BA767D" w:rsidRDefault="00BA767D" w:rsidP="00412F92">
+          <w:p w14:paraId="6EA0062B" w14:textId="513014D2" w:rsidR="00FD1CAB" w:rsidRDefault="00FD2399" w:rsidP="00FD1CAB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD1CAB">
+              <w:t>786-897-8253</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F54C02" w14:textId="44B6BB87" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00FD1CAB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="00494921">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Maslaine.Deus@myflfamilies.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="077B261C" w14:textId="03C3FCF5" w:rsidR="00FD2399" w:rsidRDefault="00FD2399" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="354D2E0C" w14:textId="52164AB7" w:rsidR="00037AF8" w:rsidRDefault="00037AF8" w:rsidP="00412F92">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C3D1F5E" w14:textId="77777777" w:rsidR="00037AF8" w:rsidRDefault="00037AF8">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3019"/>
@@ -4161,51 +4190,51 @@
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5F31B727" w14:textId="77777777" w:rsidR="00131FC4" w:rsidRDefault="00131FC4" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5013D1DE" w14:textId="77777777" w:rsidR="00131FC4" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>954-818-5613</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D7C13EA" w14:textId="2612140E" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="00146D84">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Naomi.Bettis@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="114C400B" w14:textId="7E59A697" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="5975B4AC" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="363E7BB2" w14:textId="77777777" w:rsidR="00EF2BD3" w:rsidRDefault="00EF2BD3" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -4245,51 +4274,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4A768B0E" w14:textId="4965173F" w:rsidR="002632DB" w:rsidRDefault="005B11FD" w:rsidP="00BA19C3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1400 W. Commercial Blvd, Suite 180, Fort Lauderdale, FL 33309</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="566AD0E9" w14:textId="0D4ABEB9" w:rsidR="002632DB" w:rsidRDefault="005B11FD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">954-453-3467 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidR="00974E70" w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Kelly.Lee@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="40C17A18" w14:textId="32DCA143" w:rsidR="00974E70" w:rsidRDefault="00974E70" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="1F3E893A" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13A10F0B" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -4315,130 +4344,117 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="11B45F69" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62122B9B" w14:textId="3E1311AE" w:rsidR="002632DB" w:rsidRDefault="005B11FD" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">954-331-4389 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidR="00974E70" w:rsidRPr="00134519">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Leah.Motta@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4FBCF637" w14:textId="4262CB85" w:rsidR="00974E70" w:rsidRDefault="00974E70" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="4EE6F130" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D234977" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29C185F2" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Charlene Satram </w:t>
+          <w:p w14:paraId="29C185F2" w14:textId="6D9A476E" w:rsidR="002632DB" w:rsidRDefault="00F0158F" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Vacant</w:t>
+            </w:r>
+            <w:r w:rsidR="002632DB">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DC63A71" w14:textId="3C0F15BB" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Specialist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="08BCBD39" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4151D2" w14:textId="20E8D94E" w:rsidR="002632DB" w:rsidRDefault="007E7359" w:rsidP="00412F92">
-[...15 lines deleted...]
-          <w:p w14:paraId="4BB3E1B6" w14:textId="71441F3B" w:rsidR="007E7359" w:rsidRDefault="007E7359" w:rsidP="00412F92">
+          <w:p w14:paraId="4BB3E1B6" w14:textId="71441F3B" w:rsidR="007E7359" w:rsidRDefault="007E7359" w:rsidP="00F0158F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002632DB" w14:paraId="32BB0090" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CBF91C3" w14:textId="77777777" w:rsidR="002632DB" w:rsidRDefault="002632DB" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0764AB5F" w14:textId="401BA236" w:rsidR="002632DB" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -4706,55 +4722,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EA3B1E3" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-475-0027</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7609CAC5" w14:textId="56AA5920" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="00BA1FE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Yoharis.Johnson@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="75B57CFA" w14:textId="77777777" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
-[...3 lines deleted...]
-          </w:p>
           <w:p w14:paraId="2575CAAB" w14:textId="78EC3C16" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="21C9F9FF" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="437A4125" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2106F071" w14:textId="1870EB33" w:rsidR="00B21C23" w:rsidRDefault="00866F06" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -4789,114 +4800,131 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39BA6AF7" w14:textId="4981BA93" w:rsidR="00B21C23" w:rsidRDefault="00866F06" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>561-631-0128</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26702806" w14:textId="57C09048" w:rsidR="00B21C23" w:rsidRDefault="00866F06" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="007A6FBA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Christina.Salema@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6ADFABAD" w14:textId="736A52F1" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
+          <w:p w14:paraId="400B0387" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ADFABAD" w14:textId="736A52F1" w:rsidR="002A3040" w:rsidRDefault="002A3040" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="69183B32" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C885FB6" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79391F6A" w14:textId="7FFECA7E" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0136149F" w14:textId="77777777" w:rsidR="00F0158F" w:rsidRDefault="00F0158F" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79391F6A" w14:textId="3F42D019" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Sibyl Jeune</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F753901" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> Licensing Specialist</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76CCAC2B" w14:textId="3D68D17B" w:rsidR="001E7ACE" w:rsidRDefault="001E7ACE" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="24F5F2C5" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43875C15" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2D1AD1CE" w14:textId="77777777" w:rsidR="00F0158F" w:rsidRDefault="00F0158F" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43875C15" w14:textId="12C1BA75" w:rsidR="00B21C23" w:rsidRDefault="0074201F" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>561-828-1766</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F669608" w14:textId="6F80744C" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="00BA1FE8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Sibyl.Jeune1@myflfamilies.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0A6F40DE" w14:textId="4894E7BB" w:rsidR="0074201F" w:rsidRDefault="0074201F" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B21C23" w14:paraId="502021CB" w14:textId="77777777" w:rsidTr="00131FC4">
         <w:tc>
@@ -5055,56 +5083,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7136AA31" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00020AFE" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>C19</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21ABE630" w14:textId="5F73D655" w:rsidR="00020AFE" w:rsidRDefault="00A64961" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Indian River, St. Lucie, Martin, Okeechobee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26325444" w14:textId="77777777" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Alphonso Roof </w:t>
+          <w:p w14:paraId="26325444" w14:textId="1CDA04C0" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Alphonso </w:t>
+            </w:r>
+            <w:r w:rsidR="002A3040">
+              <w:t>Roof, Jr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AAA8EEF" w14:textId="20EFAFA7" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Licensing Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5C3A5C4F" w14:textId="0E166B22" w:rsidR="00B21C23" w:rsidRDefault="00B21C23" w:rsidP="00412F92">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>111 S. Sapodilla Ave, Suite 103, West Palm Beach, FL 33401</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5588,51 +5619,51 @@
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="004949D8">
           <w:rPr>
             <w:caps/>
             <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="40"/>
             <w:szCs w:val="40"/>
           </w:rPr>
           <w:t>Office of Licensing Staff Directory</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="3AAF9B67" w14:textId="77777777" w:rsidR="00D21B4F" w:rsidRDefault="00D21B4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D21B4F"/>
     <w:rsid w:val="00020AFE"/>
     <w:rsid w:val="00020DEE"/>
     <w:rsid w:val="00034F10"/>
     <w:rsid w:val="00037AF8"/>
@@ -5645,51 +5676,53 @@
     <w:rsid w:val="000E7E4B"/>
     <w:rsid w:val="000F0815"/>
     <w:rsid w:val="000F09E1"/>
     <w:rsid w:val="00130A38"/>
     <w:rsid w:val="00131FC4"/>
     <w:rsid w:val="00145D87"/>
     <w:rsid w:val="00165EC7"/>
     <w:rsid w:val="00172DB8"/>
     <w:rsid w:val="00181C6A"/>
     <w:rsid w:val="00181E70"/>
     <w:rsid w:val="001A6981"/>
     <w:rsid w:val="001B1B05"/>
     <w:rsid w:val="001C46E6"/>
     <w:rsid w:val="001C5D9E"/>
     <w:rsid w:val="001E2601"/>
     <w:rsid w:val="001E63E6"/>
     <w:rsid w:val="001E7ACE"/>
     <w:rsid w:val="001F738B"/>
     <w:rsid w:val="00202C66"/>
     <w:rsid w:val="00210A1E"/>
     <w:rsid w:val="00220BC5"/>
     <w:rsid w:val="00226E2A"/>
     <w:rsid w:val="00241D7E"/>
     <w:rsid w:val="0024523F"/>
     <w:rsid w:val="002632DB"/>
+    <w:rsid w:val="00263E61"/>
     <w:rsid w:val="00290B70"/>
+    <w:rsid w:val="002A3040"/>
     <w:rsid w:val="002B7F1B"/>
     <w:rsid w:val="002D393D"/>
     <w:rsid w:val="002D57BE"/>
     <w:rsid w:val="002F0793"/>
     <w:rsid w:val="00320E0A"/>
     <w:rsid w:val="00323218"/>
     <w:rsid w:val="00324F63"/>
     <w:rsid w:val="00344185"/>
     <w:rsid w:val="00355A44"/>
     <w:rsid w:val="00377B12"/>
     <w:rsid w:val="00380A9F"/>
     <w:rsid w:val="003909AD"/>
     <w:rsid w:val="003B52E8"/>
     <w:rsid w:val="003D09C7"/>
     <w:rsid w:val="003E3AA7"/>
     <w:rsid w:val="003E6420"/>
     <w:rsid w:val="003F1301"/>
     <w:rsid w:val="00405E47"/>
     <w:rsid w:val="00412F92"/>
     <w:rsid w:val="00431700"/>
     <w:rsid w:val="00443452"/>
     <w:rsid w:val="0045421F"/>
     <w:rsid w:val="00466F02"/>
     <w:rsid w:val="004949D8"/>
     <w:rsid w:val="004A7A43"/>
@@ -5762,97 +5795,103 @@
     <w:rsid w:val="00A81164"/>
     <w:rsid w:val="00AB5073"/>
     <w:rsid w:val="00AE5635"/>
     <w:rsid w:val="00B21C23"/>
     <w:rsid w:val="00B26C01"/>
     <w:rsid w:val="00B5454C"/>
     <w:rsid w:val="00B55634"/>
     <w:rsid w:val="00B92ACC"/>
     <w:rsid w:val="00B95062"/>
     <w:rsid w:val="00BA19C3"/>
     <w:rsid w:val="00BA3913"/>
     <w:rsid w:val="00BA767D"/>
     <w:rsid w:val="00BB2561"/>
     <w:rsid w:val="00BB7A6C"/>
     <w:rsid w:val="00BC402A"/>
     <w:rsid w:val="00BE2EC4"/>
     <w:rsid w:val="00BF236D"/>
     <w:rsid w:val="00C02C17"/>
     <w:rsid w:val="00C14EF9"/>
     <w:rsid w:val="00C37F99"/>
     <w:rsid w:val="00C438B1"/>
     <w:rsid w:val="00C521E9"/>
     <w:rsid w:val="00C568B4"/>
     <w:rsid w:val="00C76A1E"/>
     <w:rsid w:val="00C83BC0"/>
+    <w:rsid w:val="00CA53F3"/>
     <w:rsid w:val="00CB21D1"/>
     <w:rsid w:val="00CC02C3"/>
     <w:rsid w:val="00CC796A"/>
     <w:rsid w:val="00CD0F14"/>
     <w:rsid w:val="00CD6181"/>
     <w:rsid w:val="00CE3BD8"/>
     <w:rsid w:val="00CF1E5D"/>
     <w:rsid w:val="00CF3973"/>
     <w:rsid w:val="00CF583D"/>
     <w:rsid w:val="00CF6602"/>
     <w:rsid w:val="00D01284"/>
     <w:rsid w:val="00D02A57"/>
     <w:rsid w:val="00D0627A"/>
     <w:rsid w:val="00D21B4F"/>
     <w:rsid w:val="00D85F38"/>
     <w:rsid w:val="00DA01DB"/>
     <w:rsid w:val="00DA1356"/>
     <w:rsid w:val="00DB7EB6"/>
     <w:rsid w:val="00DD489E"/>
     <w:rsid w:val="00DF25D8"/>
     <w:rsid w:val="00E0430E"/>
     <w:rsid w:val="00E04C57"/>
     <w:rsid w:val="00E17CD8"/>
     <w:rsid w:val="00E20715"/>
+    <w:rsid w:val="00E373F8"/>
     <w:rsid w:val="00E4163F"/>
     <w:rsid w:val="00E52D0B"/>
     <w:rsid w:val="00E73440"/>
     <w:rsid w:val="00E90E9A"/>
     <w:rsid w:val="00EB0105"/>
+    <w:rsid w:val="00EB227E"/>
     <w:rsid w:val="00EB3B80"/>
     <w:rsid w:val="00ED0349"/>
     <w:rsid w:val="00ED10A4"/>
     <w:rsid w:val="00ED42EC"/>
     <w:rsid w:val="00ED48CF"/>
     <w:rsid w:val="00ED7573"/>
     <w:rsid w:val="00EE5F3C"/>
     <w:rsid w:val="00EF2BD3"/>
+    <w:rsid w:val="00F0158F"/>
     <w:rsid w:val="00F25A71"/>
     <w:rsid w:val="00F4585F"/>
     <w:rsid w:val="00F50654"/>
     <w:rsid w:val="00F61EC1"/>
     <w:rsid w:val="00F6234C"/>
     <w:rsid w:val="00F82B9D"/>
     <w:rsid w:val="00F93F3F"/>
     <w:rsid w:val="00FA3871"/>
     <w:rsid w:val="00FA6D07"/>
     <w:rsid w:val="00FC2B0A"/>
+    <w:rsid w:val="00FD1CAB"/>
+    <w:rsid w:val="00FD2399"/>
     <w:rsid w:val="00FE230E"/>
     <w:rsid w:val="00FF46CA"/>
     <w:rsid w:val="00FF6BC9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6501,51 +6540,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2012491453">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Morton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jillian.Cucore@myflfamilies.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rose.Fernandez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tyshea.Cooper@myflfamilies.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dianna.Bingaman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Terrance.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Charlene.Satram@myflfamilies.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.Woodruff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carol.Edlund@myflfamilies.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.davis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thais.AraujoDrean@myflfamilies.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.VanBebber@myflfamilies.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jasmine.LaGrant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dan.Brinckerhoff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michelle.Windfelder@myflfamilies.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yaumara.Rodriguez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Lee@myflfamilies.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sibyl.Jeune1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kacie.Boyden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alichia.Bryant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Manning@myflfamilies.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Still@myflfamilies.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kylee.Bissette@myflfamilies.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mary.Harmon@myflfamilies.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Delicieux@myflfamilies.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nabila.Concepcion@myflfamilies.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ashley.Dorisca@myflfamilies.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alphonso.Roof@myflfamilies.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elijah.williams1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yoharis.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Adorna.Clarkthurman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Heupel@myflfamilies.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Eric.Butler@myflfamilies.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yamile.Diaz@myflfamilies.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Leah.Motta@myflfamilies.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrew.Matlach@myflfamilies.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kyle.Teague@myflfamilies.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carmen.Gomezabreu1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Shametria.Sutton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lakeshia.BurkeJones@myflfamilies.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Breanne.Pierrelouis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John.Hammett@myflfamilies.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Porter@myflfamilies.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yinka.Adeshina@myflfamilies.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emilio.Velez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:April.Floyd@myflfamilies.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sarah.Yaccarino@myflfamilies.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Bettis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Salema@myflfamilies.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Akisha.Beaver1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Winnifred.StokesBennett@myflfamilies.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.Morton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jillian.Cucore@myflfamilies.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rose.Fernandez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tyshea.Cooper@myflfamilies.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dianna.Bingaman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Terrance.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Leah.Motta@myflfamilies.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elizabeth.Woodruff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carol.Edlund@myflfamilies.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.beckley@myflfamilies.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.davis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thais.AraujoDrean@myflfamilies.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.VanBebber@myflfamilies.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jasmine.LaGrant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dan.Brinckerhoff@myflfamilies.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michelle.Windfelder@myflfamilies.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yaumara.Rodriguez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Bettis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sibyl.Jeune1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kacie.Boyden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alichia.Bryant@myflfamilies.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Manning@myflfamilies.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Still@myflfamilies.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kylee.Bissette@myflfamilies.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mary.Harmon@myflfamilies.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Naomi.Delicieux@myflfamilies.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nabila.Concepcion@myflfamilies.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ashley.Dorisca@myflfamilies.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alphonso.Roof@myflfamilies.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elijah.williams1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yoharis.Johnson@myflfamilies.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Adorna.Clarkthurman@myflfamilies.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Heupel@myflfamilies.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Eric.Butler@myflfamilies.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yamile.Diaz@myflfamilies.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kelly.Lee@myflfamilies.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrew.Matlach@myflfamilies.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kyle.Teague@myflfamilies.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carmen.Gomezabreu1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Shametria.Sutton@myflfamilies.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Durden@myflfamilies.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lakeshia.BurkeJones@myflfamilies.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Breanne.Pierrelouis@myflfamilies.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:John.Hammett@myflfamilies.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jacob.Porter@myflfamilies.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Yinka.Adeshina@myflfamilies.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emilio.Velez@myflfamilies.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:April.Floyd@myflfamilies.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sarah.Yaccarino@myflfamilies.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Maslaine.Deus@myflfamilies.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christina.Salema@myflfamilies.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Akisha.Beaver1@myflfamilies.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Winnifred.StokesBennett@myflfamilies.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D5D8D92755004EAF95AE9C907105DBE5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E01853C5-7094-40C6-BFFD-4CE03D4CA27C}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6608,71 +6647,75 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0012524E"/>
     <w:rsid w:val="00031002"/>
     <w:rsid w:val="000B38A1"/>
     <w:rsid w:val="0012091D"/>
     <w:rsid w:val="0012524E"/>
     <w:rsid w:val="00130131"/>
     <w:rsid w:val="00172EDB"/>
     <w:rsid w:val="001913AA"/>
     <w:rsid w:val="001E63E6"/>
     <w:rsid w:val="00237E9E"/>
+    <w:rsid w:val="00263E61"/>
     <w:rsid w:val="00290B70"/>
     <w:rsid w:val="002B7F1B"/>
     <w:rsid w:val="00370C1D"/>
     <w:rsid w:val="003A7E5A"/>
     <w:rsid w:val="00696A61"/>
     <w:rsid w:val="00844467"/>
     <w:rsid w:val="009449F6"/>
     <w:rsid w:val="00A57D9F"/>
     <w:rsid w:val="00AB5073"/>
     <w:rsid w:val="00B02425"/>
     <w:rsid w:val="00B67C27"/>
     <w:rsid w:val="00BA3913"/>
     <w:rsid w:val="00BE2EC4"/>
     <w:rsid w:val="00C438B1"/>
     <w:rsid w:val="00C9167E"/>
+    <w:rsid w:val="00CA53F3"/>
     <w:rsid w:val="00CC796A"/>
     <w:rsid w:val="00CF6602"/>
     <w:rsid w:val="00D0627A"/>
     <w:rsid w:val="00D60789"/>
     <w:rsid w:val="00D930E9"/>
+    <w:rsid w:val="00E373F8"/>
     <w:rsid w:val="00E52D0B"/>
+    <w:rsid w:val="00EB227E"/>
     <w:rsid w:val="00F25A71"/>
     <w:rsid w:val="00F72D2B"/>
     <w:rsid w:val="00FA6D07"/>
     <w:rsid w:val="00FB2D84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -7397,69 +7440,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1470</Words>
-  <Characters>8384</Characters>
+  <Words>1471</Words>
+  <Characters>8385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Office of Licensing Staff Directory</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9835</CharactersWithSpaces>
+  <CharactersWithSpaces>9837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Office of Licensing Staff Directory</dc:title>
   <dc:subject/>
   <dc:creator>Roach, Morgan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>