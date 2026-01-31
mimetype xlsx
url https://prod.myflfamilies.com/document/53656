--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -1,166 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Auna\CRRA 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Auna\DCF Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8788F93-D351-44E9-A24E-20E7A9BA35E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8081357C-2646-44F0-BBB2-66934DF89E18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F8EDCD32-2F4E-406C-99C6-6DE47C2BC368}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{8FE9A65F-24BA-4E18-BBA3-DE5952FE2AEA}"/>
   </bookViews>
   <sheets>
-    <sheet name="CRRA-Certified" sheetId="2" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="CRRA-Ethics" sheetId="4" r:id="rId3"/>
+    <sheet name="Certified - CRRAs" sheetId="2" r:id="rId1"/>
+    <sheet name="Expired &amp; Inactive -CRRAs" sheetId="3" r:id="rId2"/>
+    <sheet name="Ethics - CRRA" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4327" uniqueCount="2192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4150" uniqueCount="2218">
   <si>
     <t>Credential Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>CredentialType</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Status_Reason</t>
+  </si>
+  <si>
     <t>Contact Email</t>
   </si>
   <si>
-    <t>County</t>
-[...1 lines deleted...]
-  <si>
     <t>Expiration Date</t>
   </si>
   <si>
     <t>CRRA. - Certified Recovery Residence Administrator</t>
   </si>
   <si>
     <t>EXPIRED</t>
   </si>
   <si>
-    <t>Lake</t>
-[...7 lines deleted...]
-  <si>
     <t>istudymedicalforfun@gmail.com</t>
   </si>
   <si>
-    <t>Osceola</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100000 </t>
   </si>
   <si>
     <t>CERTIFIED</t>
   </si>
   <si>
+    <t>FULL CERTIFICATION</t>
+  </si>
+  <si>
     <t>Sburnscarter@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100001 </t>
   </si>
   <si>
     <t>Timothy Bradley</t>
   </si>
   <si>
     <t>rwtlb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100002 </t>
   </si>
   <si>
     <t>llrichmond@yahoo.com</t>
   </si>
   <si>
-    <t>Seminole</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100003 </t>
   </si>
   <si>
     <t>josephwgagliardo@gmail.com</t>
   </si>
   <si>
-    <t>Lee</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100004 </t>
   </si>
   <si>
     <t>INACTIVE</t>
   </si>
   <si>
     <t>anesvik@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100005 </t>
   </si>
   <si>
     <t>chrisege82@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100006 </t>
   </si>
   <si>
     <t>bcmaulbach@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100007 </t>
   </si>
   <si>
     <t>John E Branch</t>
@@ -201,53 +171,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100012 </t>
   </si>
   <si>
     <t>Brandi J Dostie</t>
   </si>
   <si>
     <t>brandij16@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100013 </t>
   </si>
   <si>
     <t>Paul A. Lanoue</t>
   </si>
   <si>
     <t>ldaboybetru@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100014 </t>
   </si>
   <si>
     <t>Suzanne.costa@alrcottages.com</t>
   </si>
   <si>
-    <t>Escambia</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100015 </t>
   </si>
   <si>
     <t>phoebeamiel@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100016 </t>
   </si>
   <si>
     <t>Duchess Raufman</t>
   </si>
   <si>
     <t>raufmand@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100017 </t>
   </si>
   <si>
     <t>Lisa A. Marcisak</t>
   </si>
   <si>
     <t>lisamarcisak@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100018 </t>
@@ -288,53 +255,50 @@
   <si>
     <t>kevinschmidt2001@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100023 </t>
   </si>
   <si>
     <t>ossipm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100024 </t>
   </si>
   <si>
     <t>Beth A Miskiewicz</t>
   </si>
   <si>
     <t>bethmisk@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100025 </t>
   </si>
   <si>
     <t>William.Atkinsoniv@gmail.com</t>
   </si>
   <si>
-    <t>Pinellas</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100026 </t>
   </si>
   <si>
     <t>positivestartcounseling@msn.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100027 </t>
   </si>
   <si>
     <t>Jimaine Titus</t>
   </si>
   <si>
     <t>Jimaine@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100028 </t>
   </si>
   <si>
     <t>ezdrawer@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100029 </t>
   </si>
   <si>
     <t>Gail T Morin</t>
@@ -378,53 +342,50 @@
   <si>
     <t>Brendan M Reres</t>
   </si>
   <si>
     <t>breres@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100035 </t>
   </si>
   <si>
     <t>James Hartman</t>
   </si>
   <si>
     <t>jhartman@thehartmanhouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100036 </t>
   </si>
   <si>
     <t>Lillian Kay Hayes</t>
   </si>
   <si>
     <t>kayhayes@avenues12.org</t>
   </si>
   <si>
-    <t>Volusia</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100037 </t>
   </si>
   <si>
     <t>Jennifer Napolitano</t>
   </si>
   <si>
     <t>jennifer@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100038 </t>
   </si>
   <si>
     <t>Nancy K Steiner</t>
   </si>
   <si>
     <t>nsteiner@sanctuarydelraybeach.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100039 </t>
   </si>
   <si>
     <t>benbueno1209@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100040 </t>
@@ -513,92 +474,86 @@
   <si>
     <t xml:space="preserve">CRRA.0100051 </t>
   </si>
   <si>
     <t>Kalise Nicole Valentine</t>
   </si>
   <si>
     <t>kval88@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100052 </t>
   </si>
   <si>
     <t>Salvatore Pace</t>
   </si>
   <si>
     <t>SALVAPAC@GMAIL.COM</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100053 </t>
   </si>
   <si>
     <t>jack@adventures11.com</t>
   </si>
   <si>
-    <t>Marion</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100054 </t>
   </si>
   <si>
     <t>Jane Fox</t>
   </si>
   <si>
     <t>janefox3457@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100055 </t>
   </si>
   <si>
     <t>alex_castillo@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100056 </t>
   </si>
   <si>
     <t>gina.tropichouse@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100057 </t>
   </si>
   <si>
     <t>bniemi@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100058 </t>
   </si>
   <si>
     <t>David Hindle</t>
   </si>
   <si>
     <t>dsh1916@gmail.com</t>
   </si>
   <si>
-    <t>Collier</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100059 </t>
   </si>
   <si>
     <t>James Felton</t>
   </si>
   <si>
     <t>jimsfelton@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100060 </t>
   </si>
   <si>
     <t>David Glenn Thompson</t>
   </si>
   <si>
     <t>glennsail1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100061 </t>
   </si>
   <si>
     <t>William Perez</t>
   </si>
   <si>
     <t>bill@victoryrh.com</t>
@@ -642,122 +597,110 @@
   <si>
     <t>Jonelle lyn Asenato</t>
   </si>
   <si>
     <t>jonelle@sthrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100068 </t>
   </si>
   <si>
     <t>Jesse Matthew Reuter</t>
   </si>
   <si>
     <t>jesse@recreatelifecounseling.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100069 </t>
   </si>
   <si>
     <t>Catherine Wolff</t>
   </si>
   <si>
     <t>cwcatwolff@gmail.com</t>
   </si>
   <si>
-    <t>St. Lucie</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100070 </t>
   </si>
   <si>
     <t>philc@rivendellhouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100071 </t>
   </si>
   <si>
     <t>timmonsneill@gmail.com</t>
   </si>
   <si>
-    <t>Out of State</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100072 </t>
   </si>
   <si>
     <t>Keren M Roesser</t>
   </si>
   <si>
     <t>sammysmom1202@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100073 </t>
   </si>
   <si>
     <t>Michael A Foland</t>
   </si>
   <si>
     <t>mikefoland@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100074 </t>
   </si>
   <si>
     <t>Harryrentaspsr@gmail.com</t>
   </si>
   <si>
-    <t>Orange</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100075 </t>
   </si>
   <si>
     <t>Rex Winchester</t>
   </si>
   <si>
     <t>rex@trnpt.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100076 </t>
   </si>
   <si>
     <t>Barry Allen Ladis</t>
   </si>
   <si>
     <t>barry.ladis@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100077 </t>
   </si>
   <si>
     <t>haley.0317@gmail.com</t>
   </si>
   <si>
-    <t>Pasco</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100078 </t>
   </si>
   <si>
     <t>colelaw36@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100079 </t>
   </si>
   <si>
     <t>Robert William Harry</t>
   </si>
   <si>
     <t>rharry0419@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100080 </t>
   </si>
   <si>
     <t>mjcalderincap@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100081 </t>
   </si>
   <si>
     <t>Anthony Stewart</t>
@@ -792,95 +735,89 @@
   <si>
     <t xml:space="preserve">CRRA.0100085 </t>
   </si>
   <si>
     <t>Paula N Locke</t>
   </si>
   <si>
     <t>maraisrael2017@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100086 </t>
   </si>
   <si>
     <t>Darren Matthew Platt</t>
   </si>
   <si>
     <t>reachdarrenplatt@outlook.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100087 </t>
   </si>
   <si>
     <t>Patrick@realrecoveryfl.com</t>
   </si>
   <si>
-    <t>Sarasota</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100088 </t>
   </si>
   <si>
     <t>Richard Mukasa</t>
   </si>
   <si>
     <t>richmukasa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100089 </t>
   </si>
   <si>
     <t>William B Berard Iv</t>
   </si>
   <si>
     <t>williamberard@gracesway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100090 </t>
   </si>
   <si>
-    <t>melvinclark1979@gmail.com</t>
+    <t>mclarkiii1879@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100091 </t>
   </si>
   <si>
     <t>Juan A Harris, Sr.</t>
   </si>
   <si>
     <t>drjuanharris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100092 </t>
   </si>
   <si>
     <t>sarahsackslcsw@aol.com</t>
   </si>
   <si>
-    <t>Brevard</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100093 </t>
   </si>
   <si>
     <t>Samuel H Draper</t>
   </si>
   <si>
     <t>xcrushablex@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100094 </t>
   </si>
   <si>
     <t>Christine M DePaolis</t>
   </si>
   <si>
     <t>tmdwpb@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100095 </t>
   </si>
   <si>
     <t>Safiyahdv@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100096 </t>
@@ -984,53 +921,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100110 </t>
   </si>
   <si>
     <t>Jude-Ann Prisco</t>
   </si>
   <si>
     <t>jude@theedgerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100111 </t>
   </si>
   <si>
     <t>fsaceopportunities@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100112 </t>
   </si>
   <si>
     <t>Maris N Tsipouras-Clark</t>
   </si>
   <si>
     <t>maris.clark@yahoo.com</t>
   </si>
   <si>
-    <t>Polk</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100113 </t>
   </si>
   <si>
     <t>Julie Anne Treacy</t>
   </si>
   <si>
     <t>jtreacy@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100114 </t>
   </si>
   <si>
     <t>yenissegonzalez@yahoo.es</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100115 </t>
   </si>
   <si>
     <t>Tonya D Wilson</t>
   </si>
   <si>
     <t>tonyawilson1362@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100116 </t>
@@ -1200,53 +1134,50 @@
   <si>
     <t>longsworth@legacyhealing.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100140 </t>
   </si>
   <si>
     <t>Anthony J Steffenella</t>
   </si>
   <si>
     <t>asteffenella@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100141 </t>
   </si>
   <si>
     <t>Kwelshman7@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100142 </t>
   </si>
   <si>
     <t>bliebermantherapist@yahoo.com</t>
   </si>
   <si>
-    <t>Okeechobee</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100143 </t>
   </si>
   <si>
     <t>Mark J Tagrin</t>
   </si>
   <si>
     <t>tagrinmark@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100144 </t>
   </si>
   <si>
     <t>davdmitchell@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100145 </t>
   </si>
   <si>
     <t>Gregory M Goldston</t>
   </si>
   <si>
     <t>ggold954@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100146 </t>
@@ -1419,50 +1350,59 @@
   <si>
     <t xml:space="preserve">CRRA.0100168 </t>
   </si>
   <si>
     <t>Sunbecca03@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100170 </t>
   </si>
   <si>
     <t>Mildred Taylor</t>
   </si>
   <si>
     <t>millyt606@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100171 </t>
   </si>
   <si>
     <t>John W Gau</t>
   </si>
   <si>
     <t>jgau@amethystrecovery.org</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100172 </t>
+  </si>
+  <si>
+    <t>Jason Edward Riddell</t>
+  </si>
+  <si>
+    <t>jasonedwardriddell@hotmail.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100173 </t>
   </si>
   <si>
     <t>Richard Bryant</t>
   </si>
   <si>
     <t>rbryant@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100174 </t>
   </si>
   <si>
     <t>James Farese</t>
   </si>
   <si>
     <t>jfarese@yourliferecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100175 </t>
   </si>
   <si>
     <t>Robert A Meshna</t>
   </si>
   <si>
     <t>robertm20@hotmail.com</t>
@@ -1503,53 +1443,50 @@
   <si>
     <t>nicks@seacrestrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100181 </t>
   </si>
   <si>
     <t>lizhighfield@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100182 </t>
   </si>
   <si>
     <t>jordan@sfwn.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100183 </t>
   </si>
   <si>
     <t>Debbi Hanna</t>
   </si>
   <si>
     <t>debbi@b4ashes.com</t>
   </si>
   <si>
-    <t>Manatee</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100184 </t>
   </si>
   <si>
     <t>Eddie L Collins</t>
   </si>
   <si>
     <t>kalishak@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100185 </t>
   </si>
   <si>
     <t>Michael Ross</t>
   </si>
   <si>
     <t>mross@revivedetoxcenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100186 </t>
   </si>
   <si>
     <t>Amelia Barry</t>
   </si>
   <si>
     <t>amy@graciouscarerecovery.com</t>
@@ -1572,53 +1509,50 @@
   <si>
     <t>cynthia.burnham@stpetersburgfreeclinic.o</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100189 </t>
   </si>
   <si>
     <t>FBoisvert@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100190 </t>
   </si>
   <si>
     <t>Anntonette E Hill</t>
   </si>
   <si>
     <t>aehill1970@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100191 </t>
   </si>
   <si>
     <t>captainjohnc@att.net</t>
   </si>
   <si>
-    <t>Indian River</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100192 </t>
   </si>
   <si>
     <t>Gregory Lemar Rice</t>
   </si>
   <si>
     <t>rice7618@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100193 </t>
   </si>
   <si>
     <t>Jodiann Cherico</t>
   </si>
   <si>
     <t>jodijustjodi1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100194 </t>
   </si>
   <si>
     <t>takeishastewart@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100195 </t>
@@ -1737,53 +1671,50 @@
   <si>
     <t>jekisa77@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100211 </t>
   </si>
   <si>
     <t>splglass@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100212 </t>
   </si>
   <si>
     <t>Jeremy W Moore</t>
   </si>
   <si>
     <t>anewcadence@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100213 </t>
   </si>
   <si>
     <t>2458kevin@gmail.com</t>
   </si>
   <si>
-    <t>Santa Rosa</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100214 </t>
   </si>
   <si>
     <t>patrick.morrris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100215 </t>
   </si>
   <si>
     <t>Joshua E McPherson</t>
   </si>
   <si>
     <t>jmcpherson@banyantreatmentcenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100216 </t>
   </si>
   <si>
     <t>Terri L Hall</t>
   </si>
   <si>
     <t>thall411@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100217 </t>
@@ -1794,53 +1725,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100218 </t>
   </si>
   <si>
     <t>Levi Bieda</t>
   </si>
   <si>
     <t>mimi@buyherepayhererealestate.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100219 </t>
   </si>
   <si>
     <t>evankaiser60@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100220 </t>
   </si>
   <si>
     <t>Genevieve M Vansickle</t>
   </si>
   <si>
     <t>genevievevansickle@gmail.com</t>
   </si>
   <si>
-    <t>Bradford</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100221 </t>
   </si>
   <si>
     <t>Jason John Lloyd</t>
   </si>
   <si>
     <t>jason@goodworksrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100222 </t>
   </si>
   <si>
     <t>Thomas A Squillacioti</t>
   </si>
   <si>
     <t>tsquillacioti4164@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100223 </t>
   </si>
   <si>
     <t>tedbeddoe429@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100224 </t>
@@ -1854,53 +1782,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100225 </t>
   </si>
   <si>
     <t>Alycia M Galvin</t>
   </si>
   <si>
     <t>agalvin021613@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100226 </t>
   </si>
   <si>
     <t>Wesley M Blomgren</t>
   </si>
   <si>
     <t>wesblomgren@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100227 </t>
   </si>
   <si>
     <t>director@drugfreepartner.org</t>
   </si>
   <si>
-    <t>Putnam</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100228 </t>
   </si>
   <si>
     <t>Deneah D. Bledsoe</t>
   </si>
   <si>
     <t>dbedsoe@accessqhs.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100229 </t>
   </si>
   <si>
     <t>Sheila Joe-Gaines</t>
   </si>
   <si>
     <t>nutmeg8198@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100230 </t>
   </si>
   <si>
     <t>Kathleen F Renick</t>
   </si>
   <si>
     <t>ktrenick@aol.com</t>
@@ -1908,53 +1833,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100231 </t>
   </si>
   <si>
     <t>Kevin H Caldon Jr.</t>
   </si>
   <si>
     <t>kcaldonjr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100232 </t>
   </si>
   <si>
     <t>Surrenderhouserecoveryhomes@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100233 </t>
   </si>
   <si>
     <t>James Anthony Serico</t>
   </si>
   <si>
     <t>meserico@gmail.com</t>
   </si>
   <si>
-    <t>Charlotte</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100234 </t>
   </si>
   <si>
     <t>Randolph C. Young</t>
   </si>
   <si>
     <t>Qla9069@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100235 </t>
   </si>
   <si>
     <t>Chris D Hanaka</t>
   </si>
   <si>
     <t>chrishanaka@mac.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100236 </t>
   </si>
   <si>
     <t>jonathan.belolo@tikkuntherapy.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100237 </t>
@@ -2082,51 +2004,51 @@
   <si>
     <t>John Charos</t>
   </si>
   <si>
     <t>jcharos@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100253 </t>
   </si>
   <si>
     <t>mmmouracade@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100254 </t>
   </si>
   <si>
     <t>Jennifer A Little</t>
   </si>
   <si>
     <t>jalittle22@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100255 </t>
   </si>
   <si>
-    <t>lilianpontillo@yahoo.com</t>
+    <t>lilianpontillo719@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100256 </t>
   </si>
   <si>
     <t>Curtis L Wright</t>
   </si>
   <si>
     <t>sbgdelray@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100257 </t>
   </si>
   <si>
     <t>Amr Ali</t>
   </si>
   <si>
     <t>hanaya.ali@holisticwill.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100258 </t>
   </si>
   <si>
     <t>daoustb@yahoo.com</t>
   </si>
@@ -2433,53 +2355,50 @@
   <si>
     <t>Kendra Emmanuel</t>
   </si>
   <si>
     <t>cemoinkendra@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100300 </t>
   </si>
   <si>
     <t>Timothy John Steinmetz</t>
   </si>
   <si>
     <t>tjsteinmetz22@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100301 </t>
   </si>
   <si>
     <t>Christopher Ebokosia Johnson</t>
   </si>
   <si>
     <t>goodmed08@yahoo.com</t>
   </si>
   <si>
-    <t>Alachua</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100302 </t>
   </si>
   <si>
     <t>Sandra L. Burleigh</t>
   </si>
   <si>
     <t>Sandyburl999@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100303 </t>
   </si>
   <si>
     <t>Teri D Browne</t>
   </si>
   <si>
     <t>teri@trusoba.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100304 </t>
   </si>
   <si>
     <t>Garfield L Henry</t>
   </si>
   <si>
     <t>garfieldhenry60@gmail.com</t>
@@ -2610,98 +2529,92 @@
   <si>
     <t>djackson1989@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100322 </t>
   </si>
   <si>
     <t>Julian M Davis</t>
   </si>
   <si>
     <t>Julianmichael1791@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100323 </t>
   </si>
   <si>
     <t>harleysangel113@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100324 </t>
   </si>
   <si>
     <t>awilsonenterprise00@gmail.com</t>
   </si>
   <si>
-    <t>Highlands</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100325 </t>
   </si>
   <si>
     <t>wejoyce6@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100326 </t>
   </si>
   <si>
     <t>Mary Margaret M Mouracade MD</t>
   </si>
   <si>
     <t>mmmouracade@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100327 </t>
   </si>
   <si>
     <t>Eric T Cone</t>
   </si>
   <si>
     <t>ericcone561@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100328 </t>
   </si>
   <si>
     <t>lindseymc908@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100329 </t>
   </si>
   <si>
     <t>kgd32751@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100330 </t>
   </si>
   <si>
     <t>cathy@claudlaw.com</t>
   </si>
   <si>
-    <t>Union</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100331 </t>
   </si>
   <si>
     <t>Bryan Cottrell</t>
   </si>
   <si>
     <t>bcottrell76@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100332 </t>
   </si>
   <si>
     <t>Bpark300@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100333 </t>
   </si>
   <si>
     <t>acarli372@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100334 </t>
   </si>
   <si>
     <t>Raphaelsierra229@gmail.com</t>
@@ -2724,53 +2637,50 @@
   <si>
     <t>joea331@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100338 </t>
   </si>
   <si>
     <t>Tombonovitch@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100339 </t>
   </si>
   <si>
     <t>dawndj@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100340 </t>
   </si>
   <si>
     <t>Samuel J Ryan</t>
   </si>
   <si>
     <t>sam@livinghoperecoveryflorida.com</t>
   </si>
   <si>
-    <t>Columbia</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100341 </t>
   </si>
   <si>
     <t>Mark R Brown</t>
   </si>
   <si>
     <t>mrkbrwn88@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100342 </t>
   </si>
   <si>
     <t>Christopher J Heggen</t>
   </si>
   <si>
     <t>cjheggen@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100343 </t>
   </si>
   <si>
     <t>Amy Lee Westberry</t>
   </si>
   <si>
     <t>amala1030@gmail.com</t>
@@ -2901,53 +2811,50 @@
   <si>
     <t>Alan Tobiason</t>
   </si>
   <si>
     <t>alantobiason@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100360 </t>
   </si>
   <si>
     <t>KellyMiller2376@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100361 </t>
   </si>
   <si>
     <t>busy.me@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100362 </t>
   </si>
   <si>
     <t>npiqa@keetoncorrections.com</t>
   </si>
   <si>
-    <t>Bay</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100363 </t>
   </si>
   <si>
     <t>RayRapaglia@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100364 </t>
   </si>
   <si>
     <t>tissycas@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100365 </t>
   </si>
   <si>
     <t>William Pfeiffer</t>
   </si>
   <si>
     <t>bp555@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100366 </t>
   </si>
   <si>
     <t>Thomas J Griffin</t>
@@ -3456,53 +3363,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100435 </t>
   </si>
   <si>
     <t>jjtucker1@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100436 </t>
   </si>
   <si>
     <t>Sarah Marwan Babaa</t>
   </si>
   <si>
     <t>sarahmbabaa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100437 </t>
   </si>
   <si>
     <t>Terrance Gerard Brennan</t>
   </si>
   <si>
     <t>tbrennanmph@icloud.com</t>
   </si>
   <si>
-    <t>St. Johns</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100438 </t>
   </si>
   <si>
     <t>revtele@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100439 </t>
   </si>
   <si>
     <t>ashleycandelmo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100440 </t>
   </si>
   <si>
     <t>kyle@gooddaysrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100441 </t>
   </si>
   <si>
     <t>donaldaford@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100442 </t>
@@ -4011,83 +3915,77 @@
   <si>
     <t xml:space="preserve">CRRA.0100515 </t>
   </si>
   <si>
     <t>chalperncac@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100516 </t>
   </si>
   <si>
     <t>kyle@trifecta.life</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100517 </t>
   </si>
   <si>
     <t>jmccue@palmcoastrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100518 </t>
   </si>
   <si>
     <t>cselph@wstreatment.com</t>
   </si>
   <si>
-    <t>Citrus</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100519 </t>
   </si>
   <si>
-    <t>crudupsonya@gmail.com</t>
+    <t>sonya@dbyj.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100520 </t>
   </si>
   <si>
     <t>Jennie Bosco</t>
   </si>
   <si>
     <t>Jennbosco92@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100521 </t>
   </si>
   <si>
     <t>kate.reynolds@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100522 </t>
   </si>
   <si>
     <t>bayshoreretreat@gmail.com</t>
   </si>
   <si>
-    <t>Walton</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100523 </t>
   </si>
   <si>
     <t>aamromin@urpfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100524 </t>
   </si>
   <si>
     <t>Blaxton@palmbeachrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100525 </t>
   </si>
   <si>
     <t>barbie@spacecoastrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100526 </t>
   </si>
   <si>
     <t>Michael D Jasniewski</t>
   </si>
   <si>
     <t>mikej@beachsiderehab.com</t>
@@ -4341,53 +4239,50 @@
   <si>
     <t>markpalms94@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100601 </t>
   </si>
   <si>
     <t>neilsoni225@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100602 </t>
   </si>
   <si>
     <t>jkbaksh@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100603 </t>
   </si>
   <si>
     <t>LaTonya Baker Baker</t>
   </si>
   <si>
     <t>buywithtonya@gmail.com</t>
   </si>
   <si>
-    <t>Leon</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100604 </t>
   </si>
   <si>
     <t>kurt@healingproperties.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100605 </t>
   </si>
   <si>
     <t>ryan.mauthe@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100606 </t>
   </si>
   <si>
     <t>amber@lifechurchpalatka.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100607 </t>
   </si>
   <si>
     <t>jj@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100608 </t>
@@ -4455,51 +4350,51 @@
   <si>
     <t xml:space="preserve">CRRA.0100618 </t>
   </si>
   <si>
     <t>usn2@sandrabarnett.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100619 </t>
   </si>
   <si>
     <t>Derek Thomas Smith</t>
   </si>
   <si>
     <t>polrsoberliving@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100620 </t>
   </si>
   <si>
     <t>greynolds@allinsolutions.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100621 </t>
   </si>
   <si>
-    <t>gmorris@recointensive.com</t>
+    <t>usmcgrm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100622 </t>
   </si>
   <si>
     <t>jev75l@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100623 </t>
   </si>
   <si>
     <t>austin@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100624 </t>
   </si>
   <si>
     <t>andrew.canny@grncare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100625 </t>
   </si>
   <si>
     <t>Martin DiLiegro</t>
   </si>
@@ -4575,53 +4470,50 @@
   <si>
     <t>Cody L MacLenna</t>
   </si>
   <si>
     <t>cody@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100637 </t>
   </si>
   <si>
     <t>Adamkurisko986@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100638 </t>
   </si>
   <si>
     <t>shodan95tb@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100639 </t>
   </si>
   <si>
     <t>nickfasco@gmail.com</t>
   </si>
   <si>
-    <t>Jefferson</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100640 </t>
   </si>
   <si>
     <t>lizardovelarde@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100641 </t>
   </si>
   <si>
     <t>veronica.nese@grncare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100642 </t>
   </si>
   <si>
     <t>robby@spacecoastrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100643 </t>
   </si>
   <si>
     <t>Andrew Dunnaway</t>
   </si>
   <si>
     <t>drudunnaway@gmail.com</t>
@@ -4716,53 +4608,50 @@
   <si>
     <t xml:space="preserve">CRRA.0100659 </t>
   </si>
   <si>
     <t>Mcutrera11718@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100660 </t>
   </si>
   <si>
     <t>olsonmariam0@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100661 </t>
   </si>
   <si>
     <t>lauren_schreck@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100662 </t>
   </si>
   <si>
     <t>aregan@Hucenters.com</t>
   </si>
   <si>
-    <t>Monmouth</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100663 </t>
   </si>
   <si>
     <t>naftali0624@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100664 </t>
   </si>
   <si>
     <t>no.enemy.inmate.relief@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100665 </t>
   </si>
   <si>
     <t>Amanda Allyce Nelson</t>
   </si>
   <si>
     <t>Adnama167@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100666 </t>
   </si>
   <si>
     <t>ColeYoung217@gmail.com</t>
@@ -4839,51 +4728,51 @@
   <si>
     <t xml:space="preserve">CRRA.0100678 </t>
   </si>
   <si>
     <t>Jack William Shaw</t>
   </si>
   <si>
     <t>bnimble@rocketmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100679 </t>
   </si>
   <si>
     <t>rodin.calderon@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100680 </t>
   </si>
   <si>
     <t>chelsealong@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100681 </t>
   </si>
   <si>
-    <t>holly@hearthandhomeflorida.com</t>
+    <t>holly@hhflrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100682 </t>
   </si>
   <si>
     <t>millihuser@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100683 </t>
   </si>
   <si>
     <t>debl@dlcenters.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100684 </t>
   </si>
   <si>
     <t>Rbaxter@boostrecovery.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100685 </t>
   </si>
   <si>
     <t>richardbelair92@gmail.com</t>
   </si>
@@ -5199,51 +5088,51 @@
   <si>
     <t xml:space="preserve">CRRA.0100735 </t>
   </si>
   <si>
     <t>Tonyc@brileysoberhome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100736 </t>
   </si>
   <si>
     <t>Matthew J Adams</t>
   </si>
   <si>
     <t>matthewjadams11@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100737 </t>
   </si>
   <si>
     <t>julietterossi@mac.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100738 </t>
   </si>
   <si>
-    <t>John.King@recoveryunplugged.com</t>
+    <t>Johnnyking0127@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100739 </t>
   </si>
   <si>
     <t>eric_vikings68@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100740 </t>
   </si>
   <si>
     <t>Jared DiCianno</t>
   </si>
   <si>
     <t>jareddicianno@beachhousecenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100741 </t>
   </si>
   <si>
     <t>Brooklynbilly718@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100742 </t>
   </si>
@@ -5304,1344 +5193,1533 @@
   <si>
     <t xml:space="preserve">CRRA.0100751 </t>
   </si>
   <si>
     <t>tampabaydiann@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100752 </t>
   </si>
   <si>
     <t>rachelalvarado4@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100753 </t>
   </si>
   <si>
     <t>pamelapah007@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100754 </t>
   </si>
   <si>
     <t>codybothe@yahoo.com</t>
   </si>
   <si>
-    <t xml:space="preserve"> Daniela Riccelli</t>
-[...1292 lines deleted...]
-    <t xml:space="preserve"> Pamela Ann Dixon</t>
+    <t xml:space="preserve">CRRA.0100755 </t>
+  </si>
+  <si>
+    <t>magdanllc@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100756 </t>
+  </si>
+  <si>
+    <t>Mia Werksman</t>
+  </si>
+  <si>
+    <t>mia@liveoakdetox.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100757 </t>
+  </si>
+  <si>
+    <t>karelinellis2021@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100758 </t>
+  </si>
+  <si>
+    <t>Michael Lenok</t>
+  </si>
+  <si>
+    <t>lenokmichael@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100759 </t>
+  </si>
+  <si>
+    <t>tocovia.whipple82@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100760 </t>
+  </si>
+  <si>
+    <t>Laurenes1002@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100761 </t>
+  </si>
+  <si>
+    <t>chad@recoveryrxcorp.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100763 </t>
+  </si>
+  <si>
+    <t>Leon Fairfield</t>
+  </si>
+  <si>
+    <t>leonf@dlcenters.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100764 </t>
+  </si>
+  <si>
+    <t>acecooper66@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100765 </t>
+  </si>
+  <si>
+    <t>kerchevellawallace@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100766 </t>
+  </si>
+  <si>
+    <t>garrettianlevin86@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100767 </t>
+  </si>
+  <si>
+    <t>jlopker@thepalmsrecovery.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100768 </t>
+  </si>
+  <si>
+    <t>piccfla@aol.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100769 </t>
+  </si>
+  <si>
+    <t>Christopher Philpot</t>
+  </si>
+  <si>
+    <t>cphilpot@whitesandstreatment.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100770 </t>
+  </si>
+  <si>
+    <t>kaliemay71015@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100771 </t>
+  </si>
+  <si>
+    <t>prebianca18@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100772 </t>
+  </si>
+  <si>
+    <t>kyle@fellowshiprco.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100773 </t>
+  </si>
+  <si>
+    <t>sinesharon@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100774 </t>
+  </si>
+  <si>
+    <t>Dmbestdecisions@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100775 </t>
+  </si>
+  <si>
+    <t>donald@princemail.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100776 </t>
+  </si>
+  <si>
+    <t>chazstoneking@yahoo.com</t>
+  </si>
+  <si>
+    <t>Joseph Gagliardo</t>
+  </si>
+  <si>
+    <t>Craig Allen Nesvik Sr</t>
+  </si>
+  <si>
+    <t>Christopher George Ege</t>
+  </si>
+  <si>
+    <t>George Albert Jahn</t>
+  </si>
+  <si>
+    <t>Javier Costa</t>
+  </si>
+  <si>
+    <t>Kevin B Schmidt</t>
+  </si>
+  <si>
+    <t>Michael Ian Ossip</t>
+  </si>
+  <si>
+    <t>William R Atkinson</t>
+  </si>
+  <si>
+    <t>Andrew Parker</t>
+  </si>
+  <si>
+    <t>Jason Allen Leslie</t>
+  </si>
+  <si>
+    <t>Benjamin R Bueno</t>
+  </si>
+  <si>
+    <t>Andrew Haynes Young</t>
+  </si>
+  <si>
+    <t>Joseph J Giuliano Giuliano</t>
+  </si>
+  <si>
+    <t>Devin Buoniello</t>
+  </si>
+  <si>
+    <t>Jack Chappell</t>
+  </si>
+  <si>
+    <t>Alejandro L Castillo</t>
+  </si>
+  <si>
+    <t>William D Niemi</t>
+  </si>
+  <si>
+    <t>Michael Aulbach</t>
+  </si>
+  <si>
+    <t>Brian P Greenblott</t>
+  </si>
+  <si>
+    <t>Christopher Pasquale</t>
+  </si>
+  <si>
+    <t>Philip M Chamness</t>
+  </si>
+  <si>
+    <t>Neill M Timmons Jr.</t>
+  </si>
+  <si>
+    <t>Harry Rentas Sr</t>
+  </si>
+  <si>
+    <t>Michael J Calderin</t>
+  </si>
+  <si>
+    <t>Jacob Hillman</t>
+  </si>
+  <si>
+    <t>Patrick J Slattery</t>
+  </si>
+  <si>
+    <t>Melvin E. Clark III</t>
+  </si>
+  <si>
+    <t>Jeffrey A Gandelman</t>
+  </si>
+  <si>
+    <t>Philip J Huml</t>
+  </si>
+  <si>
+    <t>Frank J Seidl</t>
+  </si>
+  <si>
+    <t>Michael A Kirk</t>
+  </si>
+  <si>
+    <t>Ahmad A. Bryant</t>
+  </si>
+  <si>
+    <t>Alan R. Buchanan</t>
+  </si>
+  <si>
+    <t>Sean A Wilcox</t>
+  </si>
+  <si>
+    <t>Kyle Welshman</t>
+  </si>
+  <si>
+    <t>Brett Lieberman</t>
+  </si>
+  <si>
+    <t>David M Mitchell</t>
+  </si>
+  <si>
+    <t>Thomas A Matthews</t>
+  </si>
+  <si>
+    <t>Todd C Morongell</t>
+  </si>
+  <si>
+    <t>Evan Jarschauer</t>
+  </si>
+  <si>
+    <t>John W Chamberlain</t>
+  </si>
+  <si>
+    <t>Neal Cooke</t>
+  </si>
+  <si>
+    <t>Alec J Sperduto</t>
+  </si>
+  <si>
+    <t>Jason J Tunick</t>
+  </si>
+  <si>
+    <t>Lyle R Fried</t>
+  </si>
+  <si>
+    <t>Paul Kevin Sohr</t>
+  </si>
+  <si>
+    <t>Patrick Morris</t>
+  </si>
+  <si>
+    <t>Evan M. Kaiser</t>
+  </si>
+  <si>
+    <t>Theodore Beddoe</t>
+  </si>
+  <si>
+    <t>Jonathan Belolo</t>
+  </si>
+  <si>
+    <t>Patrick F Ronan Ronan</t>
+  </si>
+  <si>
+    <t>Thomas M Mouracade</t>
+  </si>
+  <si>
+    <t>Brett M D'Aoust</t>
+  </si>
+  <si>
+    <t>Jaime Torres</t>
+  </si>
+  <si>
+    <t>Arthur Laflamme</t>
+  </si>
+  <si>
+    <t>Edward Troy Nielsen</t>
+  </si>
+  <si>
+    <t>Matthew J Cutrupi</t>
+  </si>
+  <si>
+    <t>Patrick Dolan</t>
+  </si>
+  <si>
+    <t>Lee W Mayer</t>
+  </si>
+  <si>
+    <t>Andrew J Michie</t>
+  </si>
+  <si>
+    <t>William Raucci</t>
+  </si>
+  <si>
+    <t>Robert Raab</t>
+  </si>
+  <si>
+    <t>Trenton P Hovey</t>
+  </si>
+  <si>
+    <t>Ray G Steadman Jr</t>
+  </si>
+  <si>
+    <t>David M Jackson</t>
+  </si>
+  <si>
+    <t>William Joyce</t>
+  </si>
+  <si>
+    <t>Kenneth G DeBaun</t>
+  </si>
+  <si>
+    <t>John Park</t>
+  </si>
+  <si>
+    <t>Raphael Sierra</t>
+  </si>
+  <si>
+    <t>Mark W LaMadeleine</t>
+  </si>
+  <si>
+    <t>Joseph D Anastasio</t>
+  </si>
+  <si>
+    <t>Thomas Peter Bonovitch</t>
+  </si>
+  <si>
+    <t>John J Binns</t>
+  </si>
+  <si>
+    <t>Vence A Monlyn</t>
+  </si>
+  <si>
+    <t>Raymond Roy Rapaglia</t>
+  </si>
+  <si>
+    <t>Dennis Kolsch II</t>
+  </si>
+  <si>
+    <t>Michael Alan Gordon</t>
+  </si>
+  <si>
+    <t>Jeffrey E Jaskiel</t>
+  </si>
+  <si>
+    <t>Ross Alan Donahue</t>
+  </si>
+  <si>
+    <t>Kenneth Larry Johnson</t>
+  </si>
+  <si>
+    <t>Igor Soldatov</t>
+  </si>
+  <si>
+    <t>Ryan Quigley</t>
+  </si>
+  <si>
+    <t>Timothy Michael O'Connell</t>
+  </si>
+  <si>
+    <t>Carl Edward Smith Jr.</t>
+  </si>
+  <si>
+    <t>Kurt Richard Raatz</t>
+  </si>
+  <si>
+    <t>Paul F Fisher</t>
+  </si>
+  <si>
+    <t>William Donald Soutar</t>
+  </si>
+  <si>
+    <t>Joseph P Hansel</t>
+  </si>
+  <si>
+    <t>Richard Kleinhans</t>
+  </si>
+  <si>
+    <t>Alvise V Pugliese</t>
+  </si>
+  <si>
+    <t>Shayne Sundholm</t>
+  </si>
+  <si>
+    <t>William T Kovach</t>
+  </si>
+  <si>
+    <t>David Adams Cox</t>
+  </si>
+  <si>
+    <t>Lonny A Mead Mead</t>
+  </si>
+  <si>
+    <t>Ramon A Hooper III</t>
+  </si>
+  <si>
+    <t>Nicholas James Conti</t>
+  </si>
+  <si>
+    <t>John Marika</t>
+  </si>
+  <si>
+    <t>Jeffrey J Tucker</t>
+  </si>
+  <si>
+    <t>Kyle S Diehl</t>
+  </si>
+  <si>
+    <t>Donald Alan Ford</t>
+  </si>
+  <si>
+    <t>Martin Thomas Waddington</t>
+  </si>
+  <si>
+    <t>John Dudash Rev</t>
+  </si>
+  <si>
+    <t>Michael R Griggs</t>
+  </si>
+  <si>
+    <t>Michael Arthur Flood Flood</t>
+  </si>
+  <si>
+    <t>Jeffrey Robert Irwin</t>
+  </si>
+  <si>
+    <t>Rudolph J Baldoni Jr.</t>
+  </si>
+  <si>
+    <t>William Crocco Crocco</t>
+  </si>
+  <si>
+    <t>Mark Gibson</t>
+  </si>
+  <si>
+    <t>Ronald J Chapman</t>
+  </si>
+  <si>
+    <t>Gerald Patrick Nolan</t>
+  </si>
+  <si>
+    <t>Jose L Ayala</t>
+  </si>
+  <si>
+    <t>Vandy Brisbon</t>
+  </si>
+  <si>
+    <t>Josh M Veal</t>
+  </si>
+  <si>
+    <t>Troy Garr</t>
+  </si>
+  <si>
+    <t>David E Pearce</t>
+  </si>
+  <si>
+    <t>Paul Zilber</t>
+  </si>
+  <si>
+    <t>Donald L Emanuel Jr</t>
+  </si>
+  <si>
+    <t>Michael Cianci</t>
+  </si>
+  <si>
+    <t>Ryan John Potter</t>
+  </si>
+  <si>
+    <t>Paul Apanowicz</t>
+  </si>
+  <si>
+    <t>Kanan S Hobbs</t>
+  </si>
+  <si>
+    <t>Taylor Dodge</t>
+  </si>
+  <si>
+    <t>Clint Britton</t>
+  </si>
+  <si>
+    <t>Robert W Bigelow</t>
+  </si>
+  <si>
+    <t>Michael D Palumbo</t>
+  </si>
+  <si>
+    <t>Samuel Beer</t>
+  </si>
+  <si>
+    <t>Theodore M Monticello</t>
+  </si>
+  <si>
+    <t>Ronnie Nelson Hanley</t>
+  </si>
+  <si>
+    <t>Richard J White Jr</t>
+  </si>
+  <si>
+    <t>Michael Manuel Cabot</t>
+  </si>
+  <si>
+    <t>Cory David Halpern</t>
+  </si>
+  <si>
+    <t>Kyle T Harper</t>
+  </si>
+  <si>
+    <t>Justin McCue</t>
+  </si>
+  <si>
+    <t>Sean Barr</t>
+  </si>
+  <si>
+    <t>Tyrone A Cowell Sr</t>
+  </si>
+  <si>
+    <t>Robert Negron Jr</t>
+  </si>
+  <si>
+    <t>Donald Barnhart</t>
+  </si>
+  <si>
+    <t>Garry N Trout</t>
+  </si>
+  <si>
+    <t>David Stein</t>
+  </si>
+  <si>
+    <t>Phillip Ralph Peters</t>
+  </si>
+  <si>
+    <t>Tory Perfetti</t>
+  </si>
+  <si>
+    <t>John C Cunningham</t>
+  </si>
+  <si>
+    <t>Chrysley D Schroeder Jr</t>
+  </si>
+  <si>
+    <t>Thomas Santomauro</t>
+  </si>
+  <si>
+    <t>Thomas Beyer</t>
+  </si>
+  <si>
+    <t>Joseph C Batchelor Iv</t>
+  </si>
+  <si>
+    <t>Steven Bernard Williams</t>
+  </si>
+  <si>
+    <t>Curtis S Reeves</t>
+  </si>
+  <si>
+    <t>Steven G Farnsworth</t>
+  </si>
+  <si>
+    <t>Mark A Santosuosso</t>
+  </si>
+  <si>
+    <t>Ashneil S Soni</t>
+  </si>
+  <si>
+    <t>Justin Kalel Baksh</t>
+  </si>
+  <si>
+    <t>Kurt Allen</t>
+  </si>
+  <si>
+    <t>Ryan Mauthe</t>
+  </si>
+  <si>
+    <t>James F Slattery II</t>
+  </si>
+  <si>
+    <t>Robert J Smith III</t>
+  </si>
+  <si>
+    <t>Logan W Chamberlin</t>
+  </si>
+  <si>
+    <t>Robert Klee Rebban</t>
+  </si>
+  <si>
+    <t>Mark Douglas McInnes</t>
+  </si>
+  <si>
+    <t>George Reynolds</t>
+  </si>
+  <si>
+    <t>George Morris</t>
+  </si>
+  <si>
+    <t>Robert Hofmann</t>
+  </si>
+  <si>
+    <t>Austin Patrick Mckenna</t>
+  </si>
+  <si>
+    <t>Andrew J Canny</t>
+  </si>
+  <si>
+    <t>John Nash Pakel</t>
+  </si>
+  <si>
+    <t>David Wayne Smith</t>
+  </si>
+  <si>
+    <t>Dale Garth Gibson</t>
+  </si>
+  <si>
+    <t>James E Findlay</t>
+  </si>
+  <si>
+    <t>Adam Kurisko</t>
+  </si>
+  <si>
+    <t>Anthony Barcelona Jr.</t>
+  </si>
+  <si>
+    <t>Nicholas Howard Ferriell</t>
+  </si>
+  <si>
+    <t>Lizardo A Velarde</t>
+  </si>
+  <si>
+    <t>Robert Joseph Gray</t>
+  </si>
+  <si>
+    <t>Scott Jaworski</t>
+  </si>
+  <si>
+    <t>Travis E McAllister</t>
+  </si>
+  <si>
+    <t>John Michael Cogelia</t>
+  </si>
+  <si>
+    <t>Brett Harrison</t>
+  </si>
+  <si>
+    <t>Logan Hamilton Finnecy</t>
+  </si>
+  <si>
+    <t>Derek Andrew McBryde</t>
+  </si>
+  <si>
+    <t>Colin Daniel Keffner</t>
+  </si>
+  <si>
+    <t>Keith Nelson</t>
+  </si>
+  <si>
+    <t>Naftali Horowitz</t>
+  </si>
+  <si>
+    <t>Eric Cole Young</t>
+  </si>
+  <si>
+    <t>Jerry Sorani</t>
+  </si>
+  <si>
+    <t>Troy Lee Russell</t>
+  </si>
+  <si>
+    <t>Kid Quick</t>
+  </si>
+  <si>
+    <t>Rodin Calderon</t>
+  </si>
+  <si>
+    <t>Robert C Baxter III</t>
+  </si>
+  <si>
+    <t>Richard Belair</t>
+  </si>
+  <si>
+    <t>Jonathan Charles Pershing Brenner</t>
+  </si>
+  <si>
+    <t>Jeremy Mayfield</t>
+  </si>
+  <si>
+    <t>Samuel Lucas Guggenheim-Locksley</t>
+  </si>
+  <si>
+    <t>Rasheed Carlisle Farquharson</t>
+  </si>
+  <si>
+    <t>Richard Mintz</t>
+  </si>
+  <si>
+    <t>Raul Maurice</t>
+  </si>
+  <si>
+    <t>Harold Edward Arnold Jr</t>
+  </si>
+  <si>
+    <t>Stephen Joseph Brennan</t>
+  </si>
+  <si>
+    <t>Frank Hernandez</t>
+  </si>
+  <si>
+    <t>David Cason</t>
+  </si>
+  <si>
+    <t>Aharon Cohen</t>
+  </si>
+  <si>
+    <t>Alexander Tate</t>
+  </si>
+  <si>
+    <t>David Wise</t>
+  </si>
+  <si>
+    <t>Jason Wade Bowen</t>
+  </si>
+  <si>
+    <t>David Bryan Oppenheim</t>
+  </si>
+  <si>
+    <t>Glen Grechika</t>
+  </si>
+  <si>
+    <t>John Johnston</t>
+  </si>
+  <si>
+    <t>Joshua John Mitarnowski</t>
+  </si>
+  <si>
+    <t>Rafael Antonio Correa</t>
+  </si>
+  <si>
+    <t>John King</t>
+  </si>
+  <si>
+    <t>Eric Rivas</t>
+  </si>
+  <si>
+    <t>William D Rochler</t>
+  </si>
+  <si>
+    <t>Jason David Milos</t>
+  </si>
+  <si>
+    <t>Dustin Johnson</t>
+  </si>
+  <si>
+    <t>Harry Balsamo</t>
+  </si>
+  <si>
+    <t>James C Bothe</t>
+  </si>
+  <si>
+    <t>Chad Belger</t>
+  </si>
+  <si>
+    <t>Harold Ace Cooper</t>
+  </si>
+  <si>
+    <t>Garrett Ian Levin</t>
+  </si>
+  <si>
+    <t>James Daniel Lopker</t>
+  </si>
+  <si>
+    <t>Gedale Fenster</t>
+  </si>
+  <si>
+    <t>Kyle Pollock</t>
+  </si>
+  <si>
+    <t>Maurice Aaron Kelley</t>
+  </si>
+  <si>
+    <t>Donald Timothy Prince</t>
+  </si>
+  <si>
+    <t>Charles Richard Stoneking</t>
+  </si>
+  <si>
+    <t>Daniela Riccelli</t>
+  </si>
+  <si>
+    <t>Renee Noel</t>
+  </si>
+  <si>
+    <t>Chasity Fortham</t>
+  </si>
+  <si>
+    <t>KareLin S. Ellis</t>
+  </si>
+  <si>
+    <t>Brenda Aulbach</t>
+  </si>
+  <si>
+    <t>Susan Tembeck Riccardi</t>
+  </si>
+  <si>
+    <t>Phoebe A Maisto</t>
+  </si>
+  <si>
+    <t>Jessica Leavins</t>
+  </si>
+  <si>
+    <t>Michelle A. Fyfe</t>
+  </si>
+  <si>
+    <t>Allyson Marie Ward</t>
+  </si>
+  <si>
+    <t>Phyllis Renee Reddy-Haley</t>
+  </si>
+  <si>
+    <t>Safiyah Rubyellen Davis-Rosario</t>
+  </si>
+  <si>
+    <t>Yenisse C Gonzalez</t>
+  </si>
+  <si>
+    <t>Rose Martine Young</t>
+  </si>
+  <si>
+    <t>Melissa A Torres</t>
+  </si>
+  <si>
+    <t>Beverly O Womack</t>
+  </si>
+  <si>
+    <t>Alishia Timmons</t>
+  </si>
+  <si>
+    <t>Cori N Mastapasco-Baiza</t>
+  </si>
+  <si>
+    <t>Samantha VanSant Hewett</t>
+  </si>
+  <si>
+    <t>Madelin Vargas</t>
+  </si>
+  <si>
+    <t>Kirstin Smith</t>
+  </si>
+  <si>
+    <t>Dee Bee Cox</t>
+  </si>
+  <si>
+    <t>Elizabeth Jane McDowell</t>
+  </si>
+  <si>
+    <t>Jordan Cairns</t>
+  </si>
+  <si>
+    <t>Takeisha Nichole Stewart</t>
+  </si>
+  <si>
+    <t>Kelly Pitts</t>
+  </si>
+  <si>
+    <t>Iryna Bergstrom</t>
+  </si>
+  <si>
+    <t>Tracy M StJohn-Durkin</t>
+  </si>
+  <si>
+    <t>Doris A Carroll</t>
+  </si>
+  <si>
+    <t>Lilian Pontillo</t>
+  </si>
+  <si>
+    <t>Shannon L Rogan</t>
+  </si>
+  <si>
+    <t>Andrea L Raab</t>
+  </si>
+  <si>
+    <t>Angela Dawn Eschbach</t>
+  </si>
+  <si>
+    <t>Rebecca L Booth</t>
+  </si>
+  <si>
+    <t>Kenea B Brittle</t>
+  </si>
+  <si>
+    <t>Melissa Kimball Lucas</t>
+  </si>
+  <si>
+    <t>Cathy A Claud</t>
+  </si>
+  <si>
+    <t>Samantha M Hovey</t>
+  </si>
+  <si>
+    <t>Dawn D Jonas</t>
+  </si>
+  <si>
+    <t>Rebekah Austin Cotton Kerr</t>
+  </si>
+  <si>
+    <t>Tracey V Castillo</t>
+  </si>
+  <si>
+    <t>Theresa R Tripucka</t>
+  </si>
+  <si>
+    <t>Patricia Spango</t>
+  </si>
+  <si>
+    <t>Michelle Quinton</t>
+  </si>
+  <si>
+    <t>Stephanie Rachael Martinez</t>
+  </si>
+  <si>
+    <t>Jennifer Lynn Schmitt</t>
+  </si>
+  <si>
+    <t>Ashley Marie Candelmo</t>
+  </si>
+  <si>
+    <t>Margarita Del Carmen Battistini de Lauria</t>
+  </si>
+  <si>
+    <t>Jessica Terranova Cook</t>
+  </si>
+  <si>
+    <t>Desiree D Preston</t>
+  </si>
+  <si>
+    <t>Angela Michelle Cowell</t>
+  </si>
+  <si>
+    <t>Amanda K Reynolds Armstrong</t>
+  </si>
+  <si>
+    <t>Anastasiya Amromin</t>
+  </si>
+  <si>
+    <t>Brooke K Laxton</t>
+  </si>
+  <si>
+    <t>Margaret Baldwin</t>
+  </si>
+  <si>
+    <t>Linda A Barbes Stein</t>
+  </si>
+  <si>
+    <t>Miriam Meneely</t>
+  </si>
+  <si>
+    <t>Brenna Koretsky Pezo</t>
+  </si>
+  <si>
+    <t>Carla A Sweeney</t>
+  </si>
+  <si>
+    <t>Catherine M Cabot</t>
+  </si>
+  <si>
+    <t>Amber T Gilbert</t>
+  </si>
+  <si>
+    <t>Barbara Sue Moody-Holbrook</t>
+  </si>
+  <si>
+    <t>Kathryn Lund</t>
+  </si>
+  <si>
+    <t>Jennifer L McCrackin</t>
+  </si>
+  <si>
+    <t>Michelle A Cutrera</t>
+  </si>
+  <si>
+    <t>Lauren M. Schreck</t>
+  </si>
+  <si>
+    <t>Laura B Molino</t>
+  </si>
+  <si>
+    <t>Virginia Grier Noyes</t>
+  </si>
+  <si>
+    <t>Tamara Kurfiss</t>
+  </si>
+  <si>
+    <t>Holly Hope Hermida-Lopez</t>
+  </si>
+  <si>
+    <t>Millicent N Huser</t>
+  </si>
+  <si>
+    <t>Elisea Fenster</t>
+  </si>
+  <si>
+    <t>Barbara Nicole Gudz</t>
+  </si>
+  <si>
+    <t>Meredith Belger</t>
+  </si>
+  <si>
+    <t>Mary Elizabeth Thierry</t>
+  </si>
+  <si>
+    <t>Linda Eve Welborn</t>
+  </si>
+  <si>
+    <t>Monay Link</t>
+  </si>
+  <si>
+    <t>Andrea Schrader</t>
+  </si>
+  <si>
+    <t>Cassandra Voller</t>
+  </si>
+  <si>
+    <t>Kari Muñoz</t>
+  </si>
+  <si>
+    <t>Juliette Rossi</t>
+  </si>
+  <si>
+    <t>Tarik Nicole Mollineau</t>
+  </si>
+  <si>
+    <t>Sherley Dort</t>
+  </si>
+  <si>
+    <t>Diann M Drossos</t>
+  </si>
+  <si>
+    <t>Rachel Gay</t>
+  </si>
+  <si>
+    <t>Margaret Muchugu</t>
+  </si>
+  <si>
+    <t>Tocovia C Whipple</t>
+  </si>
+  <si>
+    <t>Kerchevella Tanaye Wiley</t>
+  </si>
+  <si>
+    <t>Sharon Burns-Carter</t>
+  </si>
+  <si>
+    <t>Lashawnda L Richmond</t>
+  </si>
+  <si>
+    <t>Stephanie Mordes</t>
+  </si>
+  <si>
+    <t>Rebecca Barrett Gaines</t>
+  </si>
+  <si>
+    <t>Gina Metrano</t>
+  </si>
+  <si>
+    <t>Cynthia L. Crouch</t>
+  </si>
+  <si>
+    <t>Nicole Sauvola-Lamay</t>
+  </si>
+  <si>
+    <t>Maria Jackson Freeman</t>
+  </si>
+  <si>
+    <t>Sarah R Sacks</t>
+  </si>
+  <si>
+    <t>Kimberly R Jackson</t>
+  </si>
+  <si>
+    <t>Juanita L Hunt</t>
+  </si>
+  <si>
+    <t>Mildred Tennessee</t>
+  </si>
+  <si>
+    <t>Samantha Garabed</t>
+  </si>
+  <si>
+    <t>Rachel M Utano</t>
+  </si>
+  <si>
+    <t>Maxine W Dooley</t>
+  </si>
+  <si>
+    <t>Grace Marquez</t>
+  </si>
+  <si>
+    <t>Reshma Harilal</t>
+  </si>
+  <si>
+    <t>Jane Pendleton Causey</t>
+  </si>
+  <si>
+    <t>Christi P Adams Ed.S.</t>
+  </si>
+  <si>
+    <t>Rebecca Hoeft Christiansen</t>
+  </si>
+  <si>
+    <t>Rosemary A. Boisvert</t>
+  </si>
+  <si>
+    <t>Susanne O Makenian</t>
+  </si>
+  <si>
+    <t>Catherine Hamilton</t>
+  </si>
+  <si>
+    <t>Sarah B Gentry</t>
+  </si>
+  <si>
+    <t>Susan E Glasscock</t>
+  </si>
+  <si>
+    <t>Kari-Anne Spiller</t>
+  </si>
+  <si>
+    <t>Kimberlee A Burgess</t>
+  </si>
+  <si>
+    <t>Hana Young</t>
+  </si>
+  <si>
+    <t>Debra E Strand</t>
+  </si>
+  <si>
+    <t>Carol A. Parks Mba, Ms</t>
+  </si>
+  <si>
+    <t>Angela Luna</t>
+  </si>
+  <si>
+    <t>Deanna Michelle Soprito</t>
+  </si>
+  <si>
+    <t>Gidget L Burke</t>
+  </si>
+  <si>
+    <t>Helene S Ryan</t>
+  </si>
+  <si>
+    <t>Cynthia Renee Lee</t>
+  </si>
+  <si>
+    <t>Molly Groo</t>
+  </si>
+  <si>
+    <t>Ariana Raub</t>
+  </si>
+  <si>
+    <t>Whitney Lehman</t>
+  </si>
+  <si>
+    <t>Docus L Sampa</t>
+  </si>
+  <si>
+    <t>Lisa Anne Sax</t>
+  </si>
+  <si>
+    <t>Ashanti R Wilson</t>
+  </si>
+  <si>
+    <t>Lindsey C McKeown</t>
+  </si>
+  <si>
+    <t>Carla J Anastasio</t>
+  </si>
+  <si>
+    <t>Brenda Kay Kinman</t>
+  </si>
+  <si>
+    <t>Jacqueline C Shay</t>
+  </si>
+  <si>
+    <t>Dana Alyce Herrera</t>
+  </si>
+  <si>
+    <t>Kelly Ann Miller</t>
+  </si>
+  <si>
+    <t>Vanester Jones</t>
+  </si>
+  <si>
+    <t>Renee Yvette</t>
+  </si>
+  <si>
+    <t>Marialuisa Luisa Way</t>
+  </si>
+  <si>
+    <t>Marguerite D Ballard</t>
+  </si>
+  <si>
+    <t>Brittany Ringersen</t>
+  </si>
+  <si>
+    <t>Lexie L Woods</t>
+  </si>
+  <si>
+    <t>Tara M Cannon</t>
+  </si>
+  <si>
+    <t>Amy Elizabeth Cooper</t>
+  </si>
+  <si>
+    <t>Jennifer Rae Hunt</t>
+  </si>
+  <si>
+    <t>Nancy Susan Williamson</t>
+  </si>
+  <si>
+    <t>Debra Ann Organo</t>
+  </si>
+  <si>
+    <t>Kelly L Hubbard</t>
+  </si>
+  <si>
+    <t>Teleauba Y. Revels</t>
+  </si>
+  <si>
+    <t>Deborah Furman Coleman</t>
+  </si>
+  <si>
+    <t>Claudia R Rodrigues</t>
+  </si>
+  <si>
+    <t>Julia Arrendell</t>
+  </si>
+  <si>
+    <t>Maydean Yates</t>
+  </si>
+  <si>
+    <t>Jennifer Leigh Mobley</t>
+  </si>
+  <si>
+    <t>Marilyn Thomas</t>
+  </si>
+  <si>
+    <t>Alaina C Edwards</t>
+  </si>
+  <si>
+    <t>Karen F Berk</t>
+  </si>
+  <si>
+    <t>Joanna M. Painton-Hathaway</t>
+  </si>
+  <si>
+    <t>Leticia Ferraro</t>
+  </si>
+  <si>
+    <t>Michelle A Price</t>
+  </si>
+  <si>
+    <t>Angelique R Hofacre</t>
+  </si>
+  <si>
+    <t>Connie Davis Belcher</t>
+  </si>
+  <si>
+    <t>Reagan F Bender</t>
+  </si>
+  <si>
+    <t>Katrina L Chase</t>
+  </si>
+  <si>
+    <t>Chelle C Selph</t>
+  </si>
+  <si>
+    <t>Sonya Marie Crudup</t>
+  </si>
+  <si>
+    <t>Megan Deane</t>
+  </si>
+  <si>
+    <t>Barbie J Thrower</t>
+  </si>
+  <si>
+    <t>Amanda L Hubbard Hubbard</t>
+  </si>
+  <si>
+    <t>Terry A Morris</t>
+  </si>
+  <si>
+    <t>Julia Deitchman</t>
+  </si>
+  <si>
+    <t>Rachel Tea</t>
+  </si>
+  <si>
+    <t>Erica L Battista</t>
+  </si>
+  <si>
+    <t>Kathryn Del Guidice</t>
+  </si>
+  <si>
+    <t>April L Young</t>
+  </si>
+  <si>
+    <t>Stephanie Sheiner</t>
+  </si>
+  <si>
+    <t>Patricia E. Jones</t>
+  </si>
+  <si>
+    <t>Linda M. Pyz</t>
+  </si>
+  <si>
+    <t>Ashley Janell Zeilic</t>
+  </si>
+  <si>
+    <t>Janet Lee Johnson</t>
+  </si>
+  <si>
+    <t>Heather Eckert</t>
+  </si>
+  <si>
+    <t>Sandra M Barnett</t>
+  </si>
+  <si>
+    <t>Sauda P Harris</t>
+  </si>
+  <si>
+    <t>Courtney Creese</t>
+  </si>
+  <si>
+    <t>Brittany Booth</t>
+  </si>
+  <si>
+    <t>Kimberly Gay</t>
+  </si>
+  <si>
+    <t>Veronica Nese</t>
+  </si>
+  <si>
+    <t>Bonnie Ann Rettka</t>
+  </si>
+  <si>
+    <t>Erica Ann Helms</t>
+  </si>
+  <si>
+    <t>Cailyn Finger</t>
+  </si>
+  <si>
+    <t>Emily Nicole Reyes</t>
+  </si>
+  <si>
+    <t>Taylor Jean Cate</t>
+  </si>
+  <si>
+    <t>Jacqueline Gabriele</t>
+  </si>
+  <si>
+    <t>Mariam Olson</t>
+  </si>
+  <si>
+    <t>Ashley Regan</t>
+  </si>
+  <si>
+    <t>Toy L Hines</t>
+  </si>
+  <si>
+    <t>Jennifer Kay Brown</t>
+  </si>
+  <si>
+    <t>Lisa J Schnabel</t>
+  </si>
+  <si>
+    <t>Victoria Lynn Bartle</t>
+  </si>
+  <si>
+    <t>Dawn Lynn Goldy-Haviland</t>
+  </si>
+  <si>
+    <t>Chelsea Lee Long</t>
+  </si>
+  <si>
+    <t>Debra D Lewis</t>
+  </si>
+  <si>
+    <t>Brittany N Leach</t>
+  </si>
+  <si>
+    <t>Melissa Holly Manzone</t>
+  </si>
+  <si>
+    <t>Venique D Wilson</t>
+  </si>
+  <si>
+    <t>Sylvetta Mosley</t>
+  </si>
+  <si>
+    <t>Sarah Noel York</t>
+  </si>
+  <si>
+    <t>Vanessa Aboud</t>
+  </si>
+  <si>
+    <t>Shatril Harris</t>
+  </si>
+  <si>
+    <t>Carissa Ashley Kowal</t>
+  </si>
+  <si>
+    <t>Brenda Rene Morrow</t>
+  </si>
+  <si>
+    <t>Imani Nia Turner</t>
+  </si>
+  <si>
+    <t>Julie Deluca</t>
+  </si>
+  <si>
+    <t>Sherry Lee Niemeier</t>
+  </si>
+  <si>
+    <t>Laurie O'Connor</t>
+  </si>
+  <si>
+    <t>Haylei Brooke Grand</t>
+  </si>
+  <si>
+    <t>Christina Reyes</t>
+  </si>
+  <si>
+    <t>Stephanie Ann Susu</t>
+  </si>
+  <si>
+    <t>Krista Lynn Winters</t>
+  </si>
+  <si>
+    <t>Heidi L Matheny</t>
+  </si>
+  <si>
+    <t>Julnyca Cadet</t>
+  </si>
+  <si>
+    <t>Pamela Ann Dixon</t>
+  </si>
+  <si>
+    <t>Lauren Elizabeth Simms</t>
+  </si>
+  <si>
+    <t>Kalie A May</t>
+  </si>
+  <si>
+    <t>Ashley Prebianca</t>
+  </si>
+  <si>
+    <t>Sharon Sine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -6741,72 +6819,72 @@
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="7"/>
+      <sz val="8"/>
       <color rgb="FF0000BF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FF0000BF"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -6961,51 +7039,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF99CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -7077,106 +7155,60 @@
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
-        <color rgb="FF000000"/>
-[...35 lines deleted...]
-      <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -7184,90 +7216,69 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="11" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="20" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -7609,17483 +7620,17077 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84362" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84879" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81328" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83146" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83977" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83666" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85859" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73625" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82738" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=86535" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84676" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74801" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=86422" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84361" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80680" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84705" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85310" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83233" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80756" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77461" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85792" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45389" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27C4F93E-6863-4512-86C9-772294C27AA7}">
-  <dimension ref="A1:G388"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32D6E0EC-795A-471E-B0DE-D6452BB22163}">
+  <dimension ref="A1:G412"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A363" workbookViewId="0">
-      <selection activeCell="A389" sqref="A389:XFD389"/>
+    <sheetView showGridLines="0" topLeftCell="A404" workbookViewId="0">
+      <selection activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.44140625" style="3" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.88671875" style="3"/>
+    <col min="1" max="1" width="21.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="48.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="53.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="26.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="46" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="17.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>1511</v>
+        <v>1094</v>
       </c>
       <c r="B2" s="5" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="G2" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="4" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="G3" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="G15" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="G18" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G19" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="G20" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="G21" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="G22" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="G23" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="G24" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="G25" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="G26" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="G27" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="G28" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="G29" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G30" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="G31" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="G32" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="G33" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="G34" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="G35" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="G36" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="G37" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="G38" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="G39" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="G40" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="G41" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="G42" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="G43" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="G44" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="G45" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="G46" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="G47" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="G48" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="G49" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="G50" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="G51" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="G52" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="G53" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="G54" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="G55" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="G56" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="G57" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="G58" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G59" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="G60" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="G61" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G62" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="G63" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="G64" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="G65" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="G66" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="G67" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="G68" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="G69" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="G70" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="G71" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="G72" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="G73" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="G74" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="G75" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="G76" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="G77" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="G78" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="G79" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="G80" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="G81" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="G82" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="G83" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="G84" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="G85" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="G86" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="G87" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="G88" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="G89" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="G90" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="G91" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="G92" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="4" t="s">
+        <v>616</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="G93" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="G94" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="G95" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="G96" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="4" t="s">
+        <v>654</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="G97" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="G98" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="4" t="s">
+        <v>672</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="G99" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="G100" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="4" t="s">
+        <v>689</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="G101" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="G102" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="4" t="s">
+        <v>707</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="G103" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="4" t="s">
+        <v>721</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="G104" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="4" t="s">
+        <v>734</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="G105" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="G106" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="G107" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="4" t="s">
+        <v>755</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="G108" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="4" t="s">
+        <v>766</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="G109" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="G110" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="4" t="s">
+        <v>792</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="G111" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="4" t="s">
+        <v>794</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="G112" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="4" t="s">
+        <v>805</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="G113" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="4" t="s">
+        <v>807</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="G114" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="4" t="s">
+        <v>812</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="G115" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="4" t="s">
+        <v>822</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="G116" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="4" t="s">
+        <v>824</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="G117" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="4" t="s">
+        <v>831</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="G118" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="4" t="s">
+        <v>835</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="G119" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="4" t="s">
+        <v>837</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="G120" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="4" t="s">
+        <v>843</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="G121" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="4" t="s">
+        <v>845</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="G122" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="4" t="s">
+        <v>847</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="G123" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="4" t="s">
+        <v>852</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="G124" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="4" t="s">
+        <v>856</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="G125" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="4" t="s">
+        <v>858</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="G126" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="4" t="s">
+        <v>860</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="G127" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="G128" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="4" t="s">
+        <v>892</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="G129" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="4" t="s">
+        <v>894</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="G130" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="4" t="s">
+        <v>904</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="G131" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="4" t="s">
+        <v>915</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="G132" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="G133" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="4" t="s">
+        <v>923</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="G134" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="4" t="s">
+        <v>925</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="G135" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="4" t="s">
+        <v>927</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="G136" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="4" t="s">
+        <v>929</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="G137" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="4" t="s">
+        <v>931</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="G138" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="G139" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="4" t="s">
+        <v>941</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="G140" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="4" t="s">
+        <v>943</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="G141" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="G142" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="G143" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="4" t="s">
+        <v>955</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="G144" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="4" t="s">
+        <v>957</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="G145" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="4" t="s">
+        <v>962</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="G146" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="G147" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="4" t="s">
+        <v>969</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="G148" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="4" t="s">
+        <v>974</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="G149" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="4" t="s">
+        <v>976</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="G150" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="4" t="s">
+        <v>995</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="G151" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="4" t="s">
+        <v>997</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="G152" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G153" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G154" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G155" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="4" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G156" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G157" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="4" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G158" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="4" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G159" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F160" s="5" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G160" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="4" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G161" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="4" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G162" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="4" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F163" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="G163" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="4" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F164" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="G164" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="4" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F165" s="5" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G165" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="G166" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G167" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="4" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G168" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="4" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G169" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="4" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G170" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="4" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G171" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G172" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="4" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G173" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="G174" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="4" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G175" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="4" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G176" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="4" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G177" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="4" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G178" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="4" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G179" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F180" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G180" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="4" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G181" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="4" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F182" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G182" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="4" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F183" s="5" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G183" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="4" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G184" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="4" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G185" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G186" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G187" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="4" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G188" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="4" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F189" s="5" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G189" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F190" s="5" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G190" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="4" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G191" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F192" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G192" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F193" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G193" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F194" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G194" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="4" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="G195" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F196" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G196" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="4" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F197" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G197" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="4" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F198" s="5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G198" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="4" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G199" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="4" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G200" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="4" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G201" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="4" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G202" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="4" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G203" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G204" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F205" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G205" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="4" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F206" s="5" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G206" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="4" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G207" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="4" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F208" s="5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G208" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="4" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F209" s="5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G209" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="4" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F210" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G210" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="4" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F211" s="5" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G211" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="4" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G212" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="4" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F213" s="5" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G213" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="4" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G214" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G215" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="4" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G216" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="4" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="G217" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="4" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F218" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G218" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="4" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G219" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="4" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F220" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G220" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="4" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F221" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G221" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="4" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F222" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G222" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="4" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F223" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="G223" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="4" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F224" s="5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G224" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="4" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="G225" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="4" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="G226" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="4" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F227" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G227" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="4" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="G228" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="4" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G229" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="4" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G230" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="4" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F231" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="G231" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="4" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G232" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="4" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F233" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G233" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="4" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F234" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="G234" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="4" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G235" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="4" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F236" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G236" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="4" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="G237" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="4" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F238" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G238" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="4" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F239" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G239" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A240" s="4" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F240" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="G240" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="4" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="G241" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A242" s="4" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G242" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A243" s="4" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F243" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G243" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="4" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F244" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G244" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="4" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G245" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G246" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="4" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F247" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G247" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="4" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G248" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="4" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F249" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G249" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="4" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G250" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="4" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G251" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="4" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="G252" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="4" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G253" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="4" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F254" s="5" t="s">
+        <v>1381</v>
+      </c>
+      <c r="G254" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A255" s="4" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G255" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A256" s="4" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F256" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G256" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A257" s="4" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F257" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="G257" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A258" s="4" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G258" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="4" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F259" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G259" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="4" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F260" s="5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G260" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="4" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="G261" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="4" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="G262" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="4" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F263" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="G263" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="4" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F264" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G264" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="4" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G265" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="G266" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="4" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F267" s="5" t="s">
+        <v>1420</v>
+      </c>
+      <c r="G267" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="4" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F268" s="5" t="s">
+        <v>1422</v>
+      </c>
+      <c r="G268" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="4" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G269" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="4" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F270" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G270" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="4" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G271" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="4" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F272" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="G272" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="4" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="G273" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="4" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C274" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F274" s="5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G274" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="4" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D275" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F275" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="G275" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="4" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F276" s="5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G276" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="4" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F277" s="5" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G277" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="4" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B278" s="5" t="s">
         <v>1931</v>
       </c>
-      <c r="C2" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="5" t="s">
+      <c r="C278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F278" s="5" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G278" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F279" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="G279" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="4" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F280" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="G280" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="4" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F281" s="5" t="s">
+        <v>1455</v>
+      </c>
+      <c r="G281" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="4" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G282" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="4" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F283" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="G283" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="4" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="G284" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="G285" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G286" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F287" s="5" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G287" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="4" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F288" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G288" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="4" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F289" s="5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G289" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="4" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G290" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="4" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F291" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G291" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A292" s="4" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F292" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G292" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="4" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>1485</v>
+      </c>
+      <c r="G293" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="4" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F294" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G294" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F295" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G295" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="4" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F296" s="5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G296" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="4" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F297" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="G297" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="4" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F298" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G298" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="4" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G299" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F300" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="G300" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="4" t="s">
         <v>1512</v>
       </c>
-      <c r="F2" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="B301" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G301" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="4" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F302" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="G302" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="4" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F303" s="5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="G303" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="4" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="G304" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="4" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F305" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="G305" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="4" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F306" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G306" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="4" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F307" s="5" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G307" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="4" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F308" s="5" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G308" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F309" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G309" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A310" s="4" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F310" s="5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="G310" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="4" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G311" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="4" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F312" s="5" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G312" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="4" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F313" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G313" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="4" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G314" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="4" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F315" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="G315" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A316" s="4" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F316" s="5" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G316" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="4" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F317" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="G317" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="4" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G318" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="4" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F319" s="5" t="s">
+        <v>1562</v>
+      </c>
+      <c r="G319" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="4" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F320" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="G320" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="4" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F321" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G321" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G322" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="4" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F323" s="5" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G323" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="4" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F324" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G324" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="4" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G325" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="4" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F326" s="5" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G326" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A327" s="4" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F327" s="5" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G327" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A328" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G328" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A329" s="4" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F329" s="5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G329" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A330" s="4" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F330" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="G330" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="4" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F331" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G331" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A332" s="4" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F332" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G332" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A333" s="4" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G333" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="4" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F334" s="5" t="s">
+        <v>1592</v>
+      </c>
+      <c r="G334" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A335" s="4" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F335" s="5" t="s">
+        <v>1594</v>
+      </c>
+      <c r="G335" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A336" s="4" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E336" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F336" s="5" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G336" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="4" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F337" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G337" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A338" s="4" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F338" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G338" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A339" s="4" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C339" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F339" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G339" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A340" s="4" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C340" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="G340" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A341" s="4" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E341" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G341" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A342" s="4" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>1608</v>
+      </c>
+      <c r="G342" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A343" s="4" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C343" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D343" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F343" s="5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="G343" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A344" s="4" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C344" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D344" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E344" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F344" s="5" t="s">
+        <v>1615</v>
+      </c>
+      <c r="G344" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A345" s="4" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D345" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E345" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F345" s="5" t="s">
+        <v>1617</v>
+      </c>
+      <c r="G345" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A346" s="4" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C346" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D346" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E346" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F346" s="5" t="s">
+        <v>1621</v>
+      </c>
+      <c r="G346" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A347" s="4" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C347" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D347" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E347" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F347" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G347" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A348" s="4" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C348" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D348" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E348" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F348" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="G348" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A349" s="4" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F349" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G349" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A350" s="4" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F350" s="5" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G350" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A351" s="4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G351" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A352" s="4" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F352" s="5" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G352" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="4" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C353" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F353" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="G353" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A354" s="4" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G354" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A355" s="4" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E355" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G355" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A356" s="4" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F356" s="5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G356" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="4" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C357" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D357" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F357" s="5" t="s">
+        <v>1648</v>
+      </c>
+      <c r="G357" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="4" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G358" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="4" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>1652</v>
+      </c>
+      <c r="G359" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="4" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E360" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F360" s="5" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G360" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="4" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E361" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F361" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G361" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A362" s="4" t="s">
         <v>1657</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="B362" s="5" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E362" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F362" s="5" t="s">
         <v>1658</v>
       </c>
-      <c r="F3" s="6" t="s">
-[...76 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="G362" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="4" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F363" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G363" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A364" s="4" t="s">
         <v>1661</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E7" s="5" t="s">
+      <c r="B364" s="5" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E364" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F364" s="5" t="s">
         <v>1662</v>
       </c>
-      <c r="F7" s="6" t="s">
-[...10 lines deleted...]
-      <c r="B8" s="5" t="s">
+      <c r="G364" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="4" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E365" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F365" s="5" t="s">
+        <v>1664</v>
+      </c>
+      <c r="G365" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A366" s="4" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E366" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F366" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G366" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="4" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G367" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A368" s="4" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F368" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G368" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A369" s="4" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F369" s="5" t="s">
+        <v>1674</v>
+      </c>
+      <c r="G369" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A370" s="4" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F370" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="G370" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A371" s="4" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G371" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A372" s="4" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E372" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F372" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G372" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A373" s="4" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="G373" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A374" s="4" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F374" s="5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="G374" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A375" s="4" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F375" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="G375" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A376" s="4" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E376" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F376" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G376" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A377" s="4" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G377" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="4" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F378" s="5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="G378" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A379" s="4" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C379" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E379" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F379" s="5" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G379" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A380" s="4" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C380" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D380" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E380" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F380" s="5" t="s">
+        <v>1699</v>
+      </c>
+      <c r="G380" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A381" s="4" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C381" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E381" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F381" s="5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G381" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A382" s="4" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B382" s="5" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C382" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D382" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E382" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F382" s="5" t="s">
+        <v>1703</v>
+      </c>
+      <c r="G382" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A383" s="4" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B383" s="5" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C383" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E383" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F383" s="5" t="s">
+        <v>1705</v>
+      </c>
+      <c r="G383" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A384" s="4" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C384" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D384" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E384" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F384" s="5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G384" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A385" s="4" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C385" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D385" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E385" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F385" s="5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G385" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A386" s="4" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E386" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F386" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="G386" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A387" s="4" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B387" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C387" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D387" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E387" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F387" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="G387" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A388" s="4" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C388" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D388" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E388" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F388" s="5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="G388" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A389" s="4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B389" s="5" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C389" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D389" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E389" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F389" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G389" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A390" s="4" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B390" s="5" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C390" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D390" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E390" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F390" s="5" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G390" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A391" s="4" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B391" s="5" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C391" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E391" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F391" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G391" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A392" s="4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C392" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D392" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E392" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F392" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="G392" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A393" s="4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B393" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C393" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D393" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E393" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F393" s="5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="G393" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A394" s="4" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B394" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C394" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D394" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F394" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G394" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="4" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B395" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C395" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E395" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F395" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="G395" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A396" s="4" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C396" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E396" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F396" s="5" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G396" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A397" s="4" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B397" s="5" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C397" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E397" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F397" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="G397" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A398" s="4" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B398" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C398" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E398" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F398" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G398" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A399" s="4" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B399" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C399" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D399" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E399" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F399" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G399" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A400" s="4" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B400" s="5" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C400" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E400" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F400" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="G400" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="4" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B401" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C401" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D401" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E401" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F401" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G401" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="4" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B402" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C402" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D402" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E402" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F402" s="5" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G402" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A403" s="4" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B403" s="5" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C403" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D403" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F403" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G403" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="4" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B404" s="5" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C404" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F404" s="5" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G404" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="4" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B405" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C405" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D405" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E405" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F405" s="5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="G405" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="4" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C406" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D406" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E406" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F406" s="5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="G406" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B407" s="5" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C407" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D407" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E407" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F407" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G407" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A408" s="4" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B408" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C408" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D408" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E408" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F408" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G408" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A409" s="4" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B409" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C409" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D409" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F409" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="G409" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A410" s="4" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B410" s="5" t="s">
         <v>1990</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...1192 lines deleted...]
-      <c r="B60" s="5" t="s">
+      <c r="C410" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D410" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E410" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F410" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G410" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A411" s="4" t="s">
         <v>1765</v>
       </c>
-      <c r="C60" s="5" t="s">
-[...157 lines deleted...]
-      <c r="B67" s="5" t="s">
+      <c r="B411" s="5" t="s">
         <v>1991</v>
       </c>
-      <c r="C67" s="5" t="s">
-[...891 lines deleted...]
-      <c r="B106" s="5" t="s">
+      <c r="C411" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D411" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E411" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F411" s="5" t="s">
         <v>1766</v>
       </c>
-      <c r="C106" s="5" t="s">
-[...709 lines deleted...]
-      <c r="B137" s="5" t="s">
+      <c r="G411" s="6">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A412" s="4" t="s">
         <v>1767</v>
       </c>
-      <c r="C137" s="5" t="s">
-[...5766 lines deleted...]
-      <c r="G388" s="7">
+      <c r="B412" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C412" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D412" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F412" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G412" s="6">
         <v>46203</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G390">
-    <sortCondition ref="D1:D390"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G412">
+    <sortCondition ref="D1:D412"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="A303" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{E8228BB3-42C2-4CFE-82F9-63965FABD4F2}"/>
-[...385 lines deleted...]
-    <hyperlink ref="A128" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{1A0453CE-DF2D-49A2-9320-B7ED4177DA88}"/>
+    <hyperlink ref="A4" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{C698D253-5193-4292-81B7-0EFA1E6FA572}"/>
+    <hyperlink ref="A5" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44386" xr:uid="{6844DD27-1C1C-4887-82AA-37B18AA2800B}"/>
+    <hyperlink ref="A6" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44387" xr:uid="{7C736757-D66B-43DD-8944-5356513DF288}"/>
+    <hyperlink ref="A7" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44419" xr:uid="{B12FCF74-7B68-405B-A178-CA46CD878701}"/>
+    <hyperlink ref="A8" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44425" xr:uid="{74FD21FE-9402-40D0-8BC3-487A8876315C}"/>
+    <hyperlink ref="A9" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44428" xr:uid="{3A286D2A-F4AE-41C9-9421-E79DA009C8A3}"/>
+    <hyperlink ref="A10" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44432" xr:uid="{EFCC8939-C7F3-4054-85DA-9D0DC2E302D3}"/>
+    <hyperlink ref="A11" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44436" xr:uid="{7A287E7C-1CA8-4193-96AF-729F84FE16B4}"/>
+    <hyperlink ref="A12" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44438" xr:uid="{33CCA248-9369-4D0E-8323-E4D30FADB697}"/>
+    <hyperlink ref="A13" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44475" xr:uid="{1CF8E3F0-B61A-482A-A04C-33B316CEB61A}"/>
+    <hyperlink ref="A14" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44496" xr:uid="{EE91C82F-9C4F-40CF-B071-B3DFB976C1A8}"/>
+    <hyperlink ref="A15" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44499" xr:uid="{EF120710-3473-4D96-B098-44183BA81567}"/>
+    <hyperlink ref="A16" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44509" xr:uid="{03872A23-AD22-40DD-868C-44B65635B072}"/>
+    <hyperlink ref="A17" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44528" xr:uid="{724CE361-9DBA-40A2-A198-0991D466E42C}"/>
+    <hyperlink ref="A18" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44558" xr:uid="{B42AD46F-4806-4568-8A77-3D2A9396397B}"/>
+    <hyperlink ref="A19" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44564" xr:uid="{895338D4-1BCE-4CAC-BF74-6BD84E9560A9}"/>
+    <hyperlink ref="A20" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44567" xr:uid="{2A575C74-C438-423B-9D66-7F2CF923A00B}"/>
+    <hyperlink ref="A21" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44569" xr:uid="{805CA142-2D92-4B3C-AC57-F8AA508E2195}"/>
+    <hyperlink ref="A22" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44572" xr:uid="{E99432E9-A8BE-423A-BBB1-F234811D1757}"/>
+    <hyperlink ref="A23" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44596" xr:uid="{3996B8F7-AEC3-42E0-920D-B4F3183C1471}"/>
+    <hyperlink ref="A24" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44636" xr:uid="{1DF8C30A-E612-434C-8C2E-B3C2AA210895}"/>
+    <hyperlink ref="A25" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44640" xr:uid="{DE7FE3D2-D6FD-49D5-8B33-933DC0C4D873}"/>
+    <hyperlink ref="A26" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44645" xr:uid="{693A4957-6E7F-498D-867A-BE21BC481F65}"/>
+    <hyperlink ref="A27" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44646" xr:uid="{9EFA3B8A-F889-48DC-859F-94189C8F85D2}"/>
+    <hyperlink ref="A28" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44653" xr:uid="{E8BAD995-CE3B-4CD1-AA61-87A55F2B56E8}"/>
+    <hyperlink ref="A29" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44655" xr:uid="{7041EFE2-84EC-456C-BA9A-7686A0C821C0}"/>
+    <hyperlink ref="A30" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44657" xr:uid="{2B4CDD69-A1AB-4364-B7CB-91078EB284B6}"/>
+    <hyperlink ref="A31" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44658" xr:uid="{44A260FA-400E-4644-AFE6-9E7B76F5B969}"/>
+    <hyperlink ref="A32" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44666" xr:uid="{98BBAB3C-41B6-4A03-A709-48FF3EC96874}"/>
+    <hyperlink ref="A33" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44689" xr:uid="{9AA9B99C-FA1B-4520-B994-DF2E7ACF2CE0}"/>
+    <hyperlink ref="A34" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44694" xr:uid="{FCB2F49B-DF76-4028-9EE2-F041D1E01F57}"/>
+    <hyperlink ref="A35" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44749" xr:uid="{FA4A65B4-7698-46C0-838F-B28126383AA9}"/>
+    <hyperlink ref="A36" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44770" xr:uid="{FDB53551-EB49-403B-83AF-21DE667424DC}"/>
+    <hyperlink ref="A37" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44773" xr:uid="{01FB32CB-F999-4331-BF99-1C48C46AE3D5}"/>
+    <hyperlink ref="A38" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44783" xr:uid="{1166E1BD-C7C9-4343-83E0-92D9D7F82C99}"/>
+    <hyperlink ref="A39" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44832" xr:uid="{F7C34525-3A9B-44B0-8EB7-35C477185BD9}"/>
+    <hyperlink ref="A40" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44890" xr:uid="{0C97716D-9961-4D28-AD52-0B9316EDB72C}"/>
+    <hyperlink ref="A41" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44919" xr:uid="{8C880A07-BD93-4263-AB17-0AE98415174A}"/>
+    <hyperlink ref="A42" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44926" xr:uid="{7218CAFA-FD24-4647-9501-BB8421438142}"/>
+    <hyperlink ref="A43" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44932" xr:uid="{F0321192-784D-47EB-B8B4-A26EEAF03DF7}"/>
+    <hyperlink ref="A44" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45026" xr:uid="{CE4DEEC5-F68A-4DC6-A7BF-E22029516D3D}"/>
+    <hyperlink ref="A45" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45032" xr:uid="{C4D4E338-7DEC-4106-83F5-B45286F48782}"/>
+    <hyperlink ref="A46" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45035" xr:uid="{42B8114A-B70E-4C98-85E6-3BEED05938EB}"/>
+    <hyperlink ref="A47" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45055" xr:uid="{6842C7E1-45D0-4548-AA6C-72F1297BA705}"/>
+    <hyperlink ref="A48" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45084" xr:uid="{ECD8C99E-1022-4699-A084-2A5DF81C92D8}"/>
+    <hyperlink ref="A49" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45100" xr:uid="{4FE27D4D-5487-424F-B240-7C8B9F5B1AB7}"/>
+    <hyperlink ref="A50" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45113" xr:uid="{F0045247-B360-4C51-9FDB-28347096F926}"/>
+    <hyperlink ref="A51" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45115" xr:uid="{4122768A-E65C-4F63-BA0A-F26D362A8D70}"/>
+    <hyperlink ref="A52" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45129" xr:uid="{97407849-A422-474B-B21D-BEDE2D2633D6}"/>
+    <hyperlink ref="A53" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45169" xr:uid="{00C80943-A849-4B8A-AF42-625152735F8A}"/>
+    <hyperlink ref="A54" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45188" xr:uid="{5DB0A99F-0BC5-43B2-84CA-138B3FAB0165}"/>
+    <hyperlink ref="A55" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45212" xr:uid="{B620F263-EA10-4714-9977-B2FB00BAA6D3}"/>
+    <hyperlink ref="A56" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45213" xr:uid="{5CD4C9C6-2179-45D1-B9BF-C6B4593ADBC0}"/>
+    <hyperlink ref="A57" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45225" xr:uid="{37F67336-FE9F-41B5-B1EC-C7D83804ACBB}"/>
+    <hyperlink ref="A58" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45248" xr:uid="{DB63F276-2DA6-4DA5-A191-F5A9BAE3296A}"/>
+    <hyperlink ref="A59" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45251" xr:uid="{965D783E-23F2-4EE1-AD66-179AA9D91B00}"/>
+    <hyperlink ref="A60" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45261" xr:uid="{9A338B58-717A-4C0A-837A-1B933EFE53C9}"/>
+    <hyperlink ref="A61" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45266" xr:uid="{710D7708-D39B-444D-9B15-AC3D0FEB34DE}"/>
+    <hyperlink ref="A62" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45267" xr:uid="{B3F30032-02E4-4EF9-8100-D0F8BEA14D93}"/>
+    <hyperlink ref="A63" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45269" xr:uid="{7BC411EE-46FA-4D1C-9EB3-DB590F2C3E85}"/>
+    <hyperlink ref="A64" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45312" xr:uid="{BC148285-5FF5-49AC-807F-349CFF5176FF}"/>
+    <hyperlink ref="A65" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45337" xr:uid="{39CF977A-F874-4DF6-94E1-972B88C7B45A}"/>
+    <hyperlink ref="A66" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56785" xr:uid="{279B772B-E65D-491F-9B29-78DF6CE79C51}"/>
+    <hyperlink ref="A67" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45343" xr:uid="{06DD6E96-2F7F-4D75-A113-82F587F7F61B}"/>
+    <hyperlink ref="A68" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45349" xr:uid="{9C4CC26F-969E-4D85-8B56-F44886D221EC}"/>
+    <hyperlink ref="A69" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45366" xr:uid="{1A71DEBA-B5E5-417E-8C67-6CDC73BD3BA6}"/>
+    <hyperlink ref="A70" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45377" xr:uid="{C7E226A8-F9A1-476B-8BD0-D4D7E5C66FB7}"/>
+    <hyperlink ref="A71" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45400" xr:uid="{C5DF9CE6-20C5-43ED-BD63-C0FB35A7E347}"/>
+    <hyperlink ref="A72" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45401" xr:uid="{01F1848F-C310-42C8-B4AF-BF1E4F03D335}"/>
+    <hyperlink ref="A73" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45427" xr:uid="{72D8D08E-DAA0-4339-A19B-0A246EEE5AA6}"/>
+    <hyperlink ref="A74" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45433" xr:uid="{59FB2C70-2CA6-4D7E-94B0-6854713F5AB5}"/>
+    <hyperlink ref="A75" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45463" xr:uid="{E6A4A089-2785-4DD6-98AC-8F4CA74C7FD7}"/>
+    <hyperlink ref="A76" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45470" xr:uid="{0FD95ABE-403A-491F-903B-8671D3CBC468}"/>
+    <hyperlink ref="A77" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45512" xr:uid="{592B806A-9318-4DC3-A95E-A94AE4705D8F}"/>
+    <hyperlink ref="A78" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45522" xr:uid="{662B80F4-85D4-43A7-A4CF-24CA56622E42}"/>
+    <hyperlink ref="A79" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57694" xr:uid="{3B397EEE-E2F1-4016-8D49-281CF7056CBE}"/>
+    <hyperlink ref="A80" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45524" xr:uid="{5EA6FFEB-484A-478F-8789-EF47C0E1042A}"/>
+    <hyperlink ref="A81" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45537" xr:uid="{BB420F28-AAE4-43CC-A952-A84EA4414FF8}"/>
+    <hyperlink ref="A82" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45570" xr:uid="{4FD0F1C4-0B69-48C1-A46E-9E7958A0508A}"/>
+    <hyperlink ref="A83" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45571" xr:uid="{D8159975-369F-4C63-BF55-54393BBA36E4}"/>
+    <hyperlink ref="A84" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45612" xr:uid="{E2863FEE-4188-4991-A1B8-EF94C4F29C2A}"/>
+    <hyperlink ref="A85" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45765" xr:uid="{4901DC99-259E-4ADD-A016-FA1D902FB5AC}"/>
+    <hyperlink ref="A86" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45767" xr:uid="{0D59D78E-97D9-4E7D-9E82-73312A1AA435}"/>
+    <hyperlink ref="A87" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45769" xr:uid="{FB563E72-69A3-4716-8BC2-7B26C710AD17}"/>
+    <hyperlink ref="A88" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45797" xr:uid="{D522549E-C038-44E9-A3D5-465593A71D21}"/>
+    <hyperlink ref="A89" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46001" xr:uid="{54A11D15-6054-4280-8938-02C325EBBB09}"/>
+    <hyperlink ref="A90" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46304" xr:uid="{7F795E57-E189-431D-A2DC-2147CDAB6989}"/>
+    <hyperlink ref="A91" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46313" xr:uid="{55189788-7FCA-4439-BC1E-385E8246E36B}"/>
+    <hyperlink ref="A92" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46647" xr:uid="{6634564B-C7AD-4671-A970-0427FFB1C664}"/>
+    <hyperlink ref="A93" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46774" xr:uid="{974ABED7-D5E5-4AE6-B504-754E4A24579A}"/>
+    <hyperlink ref="A94" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47125" xr:uid="{596A18C9-33F2-4A4B-9198-B8B389BDA64E}"/>
+    <hyperlink ref="A95" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47127" xr:uid="{7B03A050-7ED8-4848-AE6F-BE608FAF38F4}"/>
+    <hyperlink ref="A96" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47178" xr:uid="{CAF44B8D-9F79-4575-816C-B5DA90C5EE23}"/>
+    <hyperlink ref="A97" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47180" xr:uid="{BB765B1B-9B97-4F6C-AC96-84F1AFFBF8CE}"/>
+    <hyperlink ref="A98" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47345" xr:uid="{27A88A7F-98F3-41BE-B4EB-72704280606D}"/>
+    <hyperlink ref="A99" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47529" xr:uid="{8A6A2372-87DA-4C63-ADCF-7879FFC517E6}"/>
+    <hyperlink ref="A100" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47530" xr:uid="{9831D0FE-375B-4522-87E3-E84495D660CF}"/>
+    <hyperlink ref="A101" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47770" xr:uid="{DB5C4DD0-02F3-49F4-8718-433FDF054542}"/>
+    <hyperlink ref="A102" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47771" xr:uid="{739F869E-5736-4DE5-95F1-279A629229C1}"/>
+    <hyperlink ref="A103" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47967" xr:uid="{8CFCD162-1A57-4A83-BA82-3FCB0E758A89}"/>
+    <hyperlink ref="A104" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47980" xr:uid="{5655EFA3-9BD0-4EC6-8E19-42FE814CBD80}"/>
+    <hyperlink ref="A105" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48029" xr:uid="{17BAF5E7-B15F-4EEF-8305-EEF6AACCA918}"/>
+    <hyperlink ref="A106" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48113" xr:uid="{4D91AC37-0344-4BF4-9A91-C2642140BA69}"/>
+    <hyperlink ref="A107" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48147" xr:uid="{CDDC6B39-0ADD-4B87-9312-83D58F73B416}"/>
+    <hyperlink ref="A108" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48155" xr:uid="{5FB668D9-8434-4DE0-918A-48CF7B5787A8}"/>
+    <hyperlink ref="A109" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48256" xr:uid="{0B5A354B-6D38-4000-870F-0DF88BB51C89}"/>
+    <hyperlink ref="A110" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48266" xr:uid="{F6099832-59EC-486D-8B60-C40BA458B96D}"/>
+    <hyperlink ref="A111" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48332" xr:uid="{11B471A5-443A-43FC-AD2D-968361CCF3CD}"/>
+    <hyperlink ref="A112" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48333" xr:uid="{2DA231EE-AAEF-485F-A3CA-995FB584873E}"/>
+    <hyperlink ref="A113" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48418" xr:uid="{14EDD03E-6A47-40CA-9D31-73AA49D1C06F}"/>
+    <hyperlink ref="A114" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48422" xr:uid="{0578DE23-C9E9-40F0-930C-DA2228A2E3BB}"/>
+    <hyperlink ref="A115" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48429" xr:uid="{FB9F57A7-A58F-48F9-99CC-C6B3E802CF61}"/>
+    <hyperlink ref="A116" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55707" xr:uid="{189B0E26-C5F8-4B5D-A555-424E9580D1CA}"/>
+    <hyperlink ref="A117" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48457" xr:uid="{B0E9E1FA-3FA9-4206-8B6E-EAC70B5C428C}"/>
+    <hyperlink ref="A118" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48494" xr:uid="{A88DCCF4-49C3-4BD1-AF15-60CC30BE9492}"/>
+    <hyperlink ref="A119" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48514" xr:uid="{7543C738-8B7E-4FE2-BB93-35B1A6C57D2F}"/>
+    <hyperlink ref="A120" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48535" xr:uid="{A2BD3C62-2C0F-4968-BC75-B0C7039E5CBB}"/>
+    <hyperlink ref="A121" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54314" xr:uid="{4000B9F7-A4C7-4E52-A5A4-4EED95E1119D}"/>
+    <hyperlink ref="A122" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48539" xr:uid="{ECF0E163-985E-4944-88B8-7FEA4B8E71A1}"/>
+    <hyperlink ref="A123" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48541" xr:uid="{EC2EFED3-93C2-4646-A963-236D413BA1B8}"/>
+    <hyperlink ref="A124" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48562" xr:uid="{B23835F1-D7D2-48D4-80D2-F66E47B4DC9D}"/>
+    <hyperlink ref="A125" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48592" xr:uid="{FE778DC2-6CDA-44E7-AF51-D7797F24EBF6}"/>
+    <hyperlink ref="A126" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48601" xr:uid="{15A5626E-B6AA-4171-BFF7-07F6C4503FD3}"/>
+    <hyperlink ref="A127" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48603" xr:uid="{88459DB4-E5E2-41CC-9DC7-6A73BDBB072E}"/>
+    <hyperlink ref="A128" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48649" xr:uid="{652255C7-FEDA-4690-A79B-1A2365D8BB88}"/>
+    <hyperlink ref="A129" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48784" xr:uid="{A1B52C91-EC91-4B1E-9E55-13874DB5236B}"/>
+    <hyperlink ref="A130" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48787" xr:uid="{142E45B8-7694-4C7F-834E-91201A959558}"/>
+    <hyperlink ref="A131" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48846" xr:uid="{FFE7C466-BAE6-4A24-AFCB-2A2761CCEAFB}"/>
+    <hyperlink ref="A132" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48869" xr:uid="{98C56BCA-D6DC-4041-A997-A265DEC5CF29}"/>
+    <hyperlink ref="A133" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48872" xr:uid="{F7BE57FD-21C2-4687-9396-F582A3121658}"/>
+    <hyperlink ref="A134" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48873" xr:uid="{B32131F8-D248-49CD-A638-93BDB88A4542}"/>
+    <hyperlink ref="A135" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48876" xr:uid="{B7B72221-1312-4E5D-8AC1-6E5D1D90865E}"/>
+    <hyperlink ref="A136" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48880" xr:uid="{A0EEC352-E9FF-410E-91D1-0D295C86D753}"/>
+    <hyperlink ref="A137" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48881" xr:uid="{095DE194-5F27-46C1-A165-810EE7C5FEBB}"/>
+    <hyperlink ref="A138" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48885" xr:uid="{88859C4B-8E41-4FC6-A87D-52B0666A6735}"/>
+    <hyperlink ref="A139" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48890" xr:uid="{37A8A854-D580-446F-92EE-4AD2D3741995}"/>
+    <hyperlink ref="A140" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48900" xr:uid="{6C6CC8C2-BC9D-42A9-BB23-FF59CD176064}"/>
+    <hyperlink ref="A141" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48902" xr:uid="{6457443F-4F24-4324-8FBF-830611334380}"/>
+    <hyperlink ref="A142" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48903" xr:uid="{6D5F5CB1-1FE5-4395-96AB-356ABC387BF2}"/>
+    <hyperlink ref="A143" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48953" xr:uid="{80270A68-CF6E-4021-AA7E-E4658466A0CE}"/>
+    <hyperlink ref="A144" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48998" xr:uid="{122AC1EA-9C73-4C4D-BDBF-781018DB4202}"/>
+    <hyperlink ref="A145" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49034" xr:uid="{62F9B96F-A0BA-4B06-BF38-329036A8020D}"/>
+    <hyperlink ref="A146" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49048" xr:uid="{FC8007BE-960E-4D19-9341-A9C7E0B11EA3}"/>
+    <hyperlink ref="A147" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56623" xr:uid="{2C29CB12-367C-471C-AD27-64ACC55CE680}"/>
+    <hyperlink ref="A148" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49317" xr:uid="{57B8B32A-8263-4478-A633-136840641C3C}"/>
+    <hyperlink ref="A149" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49336" xr:uid="{36D3D217-2726-4AC6-A6BD-63C1AA36FAFD}"/>
+    <hyperlink ref="A150" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49345" xr:uid="{D937BC02-050C-4585-976A-DF58E1C52658}"/>
+    <hyperlink ref="A151" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57405" xr:uid="{1B0D8518-584C-4319-BF26-972F97533EAC}"/>
+    <hyperlink ref="A152" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49489" xr:uid="{F5B0BF00-3A1D-41FB-A672-93067013A1D5}"/>
+    <hyperlink ref="A153" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49687" xr:uid="{7F0E3833-91D1-479A-A470-34F192211CF5}"/>
+    <hyperlink ref="A154" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49798" xr:uid="{C7D8B646-AD2E-44D0-8B6C-92143D26B5B1}"/>
+    <hyperlink ref="A155" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49824" xr:uid="{797D3B1C-6E87-4856-810A-BB0DD3F1FD8F}"/>
+    <hyperlink ref="A156" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49898" xr:uid="{E844FA17-255A-41E5-AB7F-AF86439CEA92}"/>
+    <hyperlink ref="A157" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49904" xr:uid="{A6E84A88-8C34-475F-B113-CA0D33191C4E}"/>
+    <hyperlink ref="A158" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50014" xr:uid="{E7B011B3-DE7D-4AC4-9361-144C921A7E52}"/>
+    <hyperlink ref="A159" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50016" xr:uid="{F66F15BC-FEDE-471D-969D-5385EA4B151C}"/>
+    <hyperlink ref="A160" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50108" xr:uid="{158CD1C3-EC24-4E66-A136-8043EA0D5610}"/>
+    <hyperlink ref="A161" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50184" xr:uid="{5F89B073-564B-4D50-9526-5D80FEC82505}"/>
+    <hyperlink ref="A162" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50315" xr:uid="{F3F4C22E-7E96-4C35-A607-1A234AAE2ED8}"/>
+    <hyperlink ref="A163" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50781" xr:uid="{D23B930E-8648-46EE-A400-005BD06FAFD4}"/>
+    <hyperlink ref="A164" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50783" xr:uid="{499C02D2-AB75-41D3-A45A-E30CF060F2EC}"/>
+    <hyperlink ref="A165" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50815" xr:uid="{3D15EAB8-003D-48D6-B2E1-8726748B7471}"/>
+    <hyperlink ref="A166" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55831" xr:uid="{2E7419FB-52EF-4CFD-BFEC-CA8ED44F8292}"/>
+    <hyperlink ref="A167" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50824" xr:uid="{D4BFF62F-6764-4D72-81D6-1723A317682B}"/>
+    <hyperlink ref="A168" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50925" xr:uid="{0C28BE37-16E9-4EE6-B2D0-A2AAD7B43E60}"/>
+    <hyperlink ref="A169" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51020" xr:uid="{C39F81F0-BCE1-4E06-B1A2-2F8936E95EF7}"/>
+    <hyperlink ref="A170" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51036" xr:uid="{1283DE5F-23BA-41A6-BA02-46B03DEA02F0}"/>
+    <hyperlink ref="A171" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51039" xr:uid="{35E20553-6480-464A-A1A3-6CE1E1FBF12D}"/>
+    <hyperlink ref="A172" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51040" xr:uid="{B39A38B4-AC3F-4C56-8DE2-8AF2024710D7}"/>
+    <hyperlink ref="A173" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51048" xr:uid="{F621B55F-37DE-48A3-8ABD-F73652002823}"/>
+    <hyperlink ref="A174" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51085" xr:uid="{F0DD697B-97A0-4701-8B0E-7E2343B58492}"/>
+    <hyperlink ref="A2" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51227" xr:uid="{96236A49-5706-4785-9863-3298AEF0ED23}"/>
+    <hyperlink ref="A175" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51252" xr:uid="{4A42593B-308A-4DCE-BAA2-D47FD293D8BD}"/>
+    <hyperlink ref="A176" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51581" xr:uid="{4F92B2AC-E2FC-4664-9345-52A313B8DB45}"/>
+    <hyperlink ref="A177" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51584" xr:uid="{D4D11A56-9CC5-4DCF-B3A5-0D990C47CAFE}"/>
+    <hyperlink ref="A178" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51612" xr:uid="{F541C8B7-EA81-4662-B937-C963205088B5}"/>
+    <hyperlink ref="A179" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51655" xr:uid="{8DF99BD3-8CD0-4D6A-BC25-FF6D5959702B}"/>
+    <hyperlink ref="A180" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57430" xr:uid="{8FE672AD-E8E6-4BD5-ABF5-449190AA73C5}"/>
+    <hyperlink ref="A181" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51693" xr:uid="{9A55FF05-0E6D-46D0-B767-D139779D4289}"/>
+    <hyperlink ref="A182" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51694" xr:uid="{54A37CE9-245F-4785-921F-032E31D4F737}"/>
+    <hyperlink ref="A183" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51697" xr:uid="{859D587B-587A-43FD-A228-202435A6B88E}"/>
+    <hyperlink ref="A184" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51717" xr:uid="{E66D1641-56CD-4257-86F3-849B219AC485}"/>
+    <hyperlink ref="A185" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51758" xr:uid="{6AAA2935-E25B-41DA-B445-AB328CCD0AA0}"/>
+    <hyperlink ref="A186" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51762" xr:uid="{BC71397C-8CA0-4268-8B2B-6160E7B2FC2B}"/>
+    <hyperlink ref="A187" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51763" xr:uid="{E6913950-34FD-44A7-8CF3-C088397ED6C2}"/>
+    <hyperlink ref="A188" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51864" xr:uid="{42F37EBF-B59C-421F-98B8-A163E3D6B926}"/>
+    <hyperlink ref="A189" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52025" xr:uid="{23C9B2C4-2F73-468B-8A4D-64EA101C4DD9}"/>
+    <hyperlink ref="A190" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52026" xr:uid="{2354B51F-64DB-4D52-96A8-9EE0904BC343}"/>
+    <hyperlink ref="A191" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52108" xr:uid="{935BB77D-6EC6-447C-A264-31DD469C8978}"/>
+    <hyperlink ref="A192" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52126" xr:uid="{79D21DCF-11FE-40CE-9C76-26D74784F1AB}"/>
+    <hyperlink ref="A193" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52227" xr:uid="{3FABA3FB-5959-4181-A78C-71AC7F45CB05}"/>
+    <hyperlink ref="A194" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52315" xr:uid="{658AF8CF-001D-4A1B-ABC3-7DE97EAD4690}"/>
+    <hyperlink ref="A195" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52369" xr:uid="{66C77A55-134B-475B-805E-86CD06DF4F3D}"/>
+    <hyperlink ref="A196" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52370" xr:uid="{574DBC30-4C87-4764-A2F9-6C73F02CFCAF}"/>
+    <hyperlink ref="A197" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52410" xr:uid="{A12DC6A4-0AD0-4228-A9D3-FF1B8DFE5414}"/>
+    <hyperlink ref="A198" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52555" xr:uid="{A21E26E2-5ADF-4B7A-9256-7C22D78960DE}"/>
+    <hyperlink ref="A199" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52575" xr:uid="{0024D48C-2D5A-4D02-AE4E-D864B19A7A46}"/>
+    <hyperlink ref="A200" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52624" xr:uid="{1CF92F5F-CE2D-4A44-B6DA-29693536D602}"/>
+    <hyperlink ref="A201" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52773" xr:uid="{88F9F615-14FC-411E-9655-90829F86A17D}"/>
+    <hyperlink ref="A202" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52795" xr:uid="{C408A124-C05D-4DAF-B216-3DC6F68DCDE3}"/>
+    <hyperlink ref="A203" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52824" xr:uid="{F383B280-5D4B-4DFD-930C-162F68D4DBBF}"/>
+    <hyperlink ref="A204" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52873" xr:uid="{F934CD3E-9471-4D83-91CC-224AE9F70A4C}"/>
+    <hyperlink ref="A205" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53091" xr:uid="{AC6A2D59-B993-4C01-8243-A8E43A3660CD}"/>
+    <hyperlink ref="A206" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53227" xr:uid="{A5168A1E-42F8-4A39-AB16-EB3CF43CEB0F}"/>
+    <hyperlink ref="A207" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53283" xr:uid="{06D683A5-F3E3-403D-BC45-0856CE7C51A4}"/>
+    <hyperlink ref="A208" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53514" xr:uid="{B27EE9CF-6DCA-4E1D-97DB-4E7EE89BDE36}"/>
+    <hyperlink ref="A209" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53730" xr:uid="{6C4E78FF-32A3-4302-9A36-54C02B3789BA}"/>
+    <hyperlink ref="A210" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53746" xr:uid="{AABEFE4E-DAEB-4DDA-957F-91F40ACCCA41}"/>
+    <hyperlink ref="A211" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53750" xr:uid="{37BEE691-018D-4995-9F8E-6AE59BAE90E5}"/>
+    <hyperlink ref="A212" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53790" xr:uid="{B47FD6B6-A860-44EE-A0CC-3029117FB217}"/>
+    <hyperlink ref="A213" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53957" xr:uid="{E79EF5FE-B00F-45AA-82FE-833CA0ED15B8}"/>
+    <hyperlink ref="A214" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53958" xr:uid="{E1E3B2C7-75A0-48A3-AA71-006AF46759A6}"/>
+    <hyperlink ref="A215" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54038" xr:uid="{D214D89D-3AD8-40CF-A6F7-161C872667BE}"/>
+    <hyperlink ref="A216" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54155" xr:uid="{F337083D-5FDE-4CD0-9E5B-A0FAF0E07CC5}"/>
+    <hyperlink ref="A217" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54303" xr:uid="{DF97BBF0-D689-4FC9-A11F-D3220FC590A7}"/>
+    <hyperlink ref="A218" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54304" xr:uid="{03CBA4D6-01BB-44E5-9DA7-A9EB1B0D0FC1}"/>
+    <hyperlink ref="A219" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54305" xr:uid="{2A49561B-A582-4FF6-BCB8-045E2894B765}"/>
+    <hyperlink ref="A220" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54621" xr:uid="{CB4EB3B6-77D7-44E2-B79A-11B3929E542F}"/>
+    <hyperlink ref="A221" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54636" xr:uid="{F5CC1B14-564A-4C80-924E-64603DF4C160}"/>
+    <hyperlink ref="A222" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54637" xr:uid="{48680238-7395-48A8-9E93-3B49C2D2986E}"/>
+    <hyperlink ref="A223" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54856" xr:uid="{2F5099AA-C756-4608-9BE9-04391B1AC1BB}"/>
+    <hyperlink ref="A224" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55016" xr:uid="{508795F5-BEA7-43C9-A6D2-66ECDE4D3454}"/>
+    <hyperlink ref="A225" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55017" xr:uid="{960AC91E-3E8F-40CC-BF52-108B4E299E3E}"/>
+    <hyperlink ref="A226" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55143" xr:uid="{DA8CEA0D-9C88-4786-AAFE-0CD941C5BFBE}"/>
+    <hyperlink ref="A227" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55219" xr:uid="{0E6563D0-0935-4B58-A770-CF0EA63E3725}"/>
+    <hyperlink ref="A228" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55715" xr:uid="{4B7CBF8B-3B30-4833-A080-17849F0BE5AB}"/>
+    <hyperlink ref="A229" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55742" xr:uid="{6279C99A-B9E9-4C97-A254-94A08F71CCBE}"/>
+    <hyperlink ref="A230" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55767" xr:uid="{46D9D1BD-60F3-4E6B-A967-CE553A6FB5FE}"/>
+    <hyperlink ref="A231" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55938" xr:uid="{2F6FF9B7-9E25-4879-A8E0-7C856B53B717}"/>
+    <hyperlink ref="A232" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56065" xr:uid="{3ADAD092-8A03-4392-B9DB-2432EDD2A6DF}"/>
+    <hyperlink ref="A233" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56126" xr:uid="{9260ECCB-2A64-4074-93EA-D860B7F3F968}"/>
+    <hyperlink ref="A234" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56369" xr:uid="{5D5055C3-C52C-4CA4-9E2C-74D0E051DBF8}"/>
+    <hyperlink ref="A235" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56455" xr:uid="{30FAC9F0-C0DE-42EA-B6AD-E9D20FEE7CF2}"/>
+    <hyperlink ref="A236" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56460" xr:uid="{96907AFB-3ECA-4876-989A-E15549E80441}"/>
+    <hyperlink ref="A237" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56578" xr:uid="{013B18BF-FDFA-4667-B172-B4921473C210}"/>
+    <hyperlink ref="A238" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56624" xr:uid="{3E0D3CEA-DE76-4C72-95F1-29D6443C9C4D}"/>
+    <hyperlink ref="A239" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56625" xr:uid="{8D01928E-581E-4C04-88B4-582666CCF7AA}"/>
+    <hyperlink ref="A240" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56788" xr:uid="{B0E4057B-25AB-4650-8DBB-6904F9067A78}"/>
+    <hyperlink ref="A241" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57077" xr:uid="{84DED1AF-C2CF-4EC7-9542-F65B9B4F3EC8}"/>
+    <hyperlink ref="A242" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57131" xr:uid="{FB34C18E-4FD2-4A9D-91F4-29DE458222E7}"/>
+    <hyperlink ref="A243" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57143" xr:uid="{D61F027F-A777-4BD2-A697-662070FE1000}"/>
+    <hyperlink ref="A244" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57369" xr:uid="{0C836D6F-50A3-4D88-8413-DEDC07D956CD}"/>
+    <hyperlink ref="A245" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57371" xr:uid="{864C4A51-8DA6-4C7E-A3DC-7AB2FD41AA08}"/>
+    <hyperlink ref="A246" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57372" xr:uid="{6467D2C8-584E-477C-BF05-3884E89FD0BB}"/>
+    <hyperlink ref="A247" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57951" xr:uid="{4AC9724B-AFA3-42FE-AFB9-71244D00BC04}"/>
+    <hyperlink ref="A248" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58089" xr:uid="{BF47641B-0598-4BF8-A7F5-E62D0DE1CED0}"/>
+    <hyperlink ref="A3" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58643" xr:uid="{9076EAE8-3E57-4D0C-A9B7-80AF98675113}"/>
+    <hyperlink ref="A249" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58682" xr:uid="{EDADB7BC-0A05-44D3-AFA4-714A0F4BC246}"/>
+    <hyperlink ref="A250" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58686" xr:uid="{51F02326-DC9D-4F85-A2FB-A52E7D2B2B54}"/>
+    <hyperlink ref="A251" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58731" xr:uid="{4C4016B1-5DD6-406F-9CD4-B80749866F69}"/>
+    <hyperlink ref="A252" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58966" xr:uid="{4DFE9B32-3CD6-4DFB-BC94-A7345D565D71}"/>
+    <hyperlink ref="A253" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58967" xr:uid="{296349DD-E4F7-4EDB-9171-A922827C785A}"/>
+    <hyperlink ref="A254" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59065" xr:uid="{964D1937-F0B7-478B-A147-E9F5506AA48C}"/>
+    <hyperlink ref="A255" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59172" xr:uid="{E7FC734A-E59A-43E7-BE96-7FD55EE92398}"/>
+    <hyperlink ref="A256" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59257" xr:uid="{9F358514-BAEB-4600-9270-1FBB19FC275E}"/>
+    <hyperlink ref="A257" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59317" xr:uid="{BE2DEA56-761B-4223-A258-5FE4D24E1AA5}"/>
+    <hyperlink ref="A258" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59323" xr:uid="{317B3083-7354-40BF-B0A0-1807A02D99F9}"/>
+    <hyperlink ref="A259" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33339" xr:uid="{82C01156-376D-478F-84B9-63F0A862BF69}"/>
+    <hyperlink ref="A260" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32659" xr:uid="{F25E4E38-B680-4234-BEEA-717EF9B4F59F}"/>
+    <hyperlink ref="A261" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33817" xr:uid="{F01A0713-AC01-4E1E-987B-621E161585E0}"/>
+    <hyperlink ref="A262" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61708" xr:uid="{7CE291AA-773A-454F-8E4F-59F3B2D16A88}"/>
+    <hyperlink ref="A263" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33735" xr:uid="{B68E6DAE-FD76-4D60-B2FB-F633CE151F90}"/>
+    <hyperlink ref="A264" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32517" xr:uid="{FE755650-DD4E-42FE-B7E5-50242059F609}"/>
+    <hyperlink ref="A265" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61962" xr:uid="{283ED0D9-5BD3-41E7-A9F4-CC7B1AF49926}"/>
+    <hyperlink ref="A266" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32472" xr:uid="{7C36A779-90C5-4996-BA00-4AFE75E15792}"/>
+    <hyperlink ref="A267" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62157" xr:uid="{7F73BC86-FF39-48E3-99EE-44D598E1B3E4}"/>
+    <hyperlink ref="A268" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33943" xr:uid="{60BA0A7D-3F01-4F91-AA29-9E9F0D9B81CA}"/>
+    <hyperlink ref="A269" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33455" xr:uid="{9E2075C9-CD4F-48F6-9EF8-683578869340}"/>
+    <hyperlink ref="A270" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62602" xr:uid="{52EDE4EE-F683-483D-AD06-44C88050CFFA}"/>
+    <hyperlink ref="A271" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33891" xr:uid="{08736918-61DC-4E74-A019-2B2E2AE91337}"/>
+    <hyperlink ref="A272" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33790" xr:uid="{33489D2E-6336-4966-8B12-2793E99E1DAE}"/>
+    <hyperlink ref="A273" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62662" xr:uid="{9242A1F0-80FA-4787-92F8-52C2992D8157}"/>
+    <hyperlink ref="A274" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63251" xr:uid="{E5DBC515-DBEB-4740-9994-73873F4B07BA}"/>
+    <hyperlink ref="A275" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63312" xr:uid="{BC05F2F7-316E-4D44-A5E1-644081F54BB5}"/>
+    <hyperlink ref="A276" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61840" xr:uid="{2B236B4A-6E7C-48F5-9729-BE817BC00EBB}"/>
+    <hyperlink ref="A277" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63852" xr:uid="{71BADE75-6161-4E01-A31E-2CB30163F939}"/>
+    <hyperlink ref="A278" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62952" xr:uid="{0573B76A-1B21-4FD4-B957-06D80A82B888}"/>
+    <hyperlink ref="A279" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33930" xr:uid="{F8FD59D3-63D9-48D6-8488-965286842135}"/>
+    <hyperlink ref="A280" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64982" xr:uid="{BA3FC1CE-77AB-449E-B6A2-E0677734F994}"/>
+    <hyperlink ref="A281" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64617" xr:uid="{FA3FDB11-D468-44EC-8DC0-B049F467A334}"/>
+    <hyperlink ref="A282" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66035" xr:uid="{F993E792-9702-49A3-9B94-AA1AEFB8C019}"/>
+    <hyperlink ref="A283" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65427" xr:uid="{F11671D3-442C-4230-A20E-DDE4310D6D05}"/>
+    <hyperlink ref="A284" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64087" xr:uid="{2C1E70E3-5EF5-4B9D-9875-7116D68FF96A}"/>
+    <hyperlink ref="A285" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66039" xr:uid="{98FF6A6C-9A5A-4ABE-93B2-55E64712811A}"/>
+    <hyperlink ref="A286" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64641" xr:uid="{A7001428-33B9-4D25-B9AE-DF5C08B4B974}"/>
+    <hyperlink ref="A287" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64462" xr:uid="{F13F3A55-E2C9-4386-B123-822DA1914FB6}"/>
+    <hyperlink ref="A288" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33974" xr:uid="{7F5937E4-BA59-4A9B-B0CA-0E7243FFCB8E}"/>
+    <hyperlink ref="A289" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65604" xr:uid="{937FC423-5AE9-44E9-A71C-FB6FA00B084E}"/>
+    <hyperlink ref="A290" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33935" xr:uid="{387D3B1F-E2C7-473C-B38E-E89940E7FC6B}"/>
+    <hyperlink ref="A291" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64749" xr:uid="{A09A1B22-F012-4C0A-B3DD-7ADC8CF01995}"/>
+    <hyperlink ref="A292" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65376" xr:uid="{31393110-C189-44A2-81EA-D2F0FAEAE5FC}"/>
+    <hyperlink ref="A293" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66730" xr:uid="{0280036A-5E96-4293-B7EF-1B42D8765966}"/>
+    <hyperlink ref="A294" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66248" xr:uid="{C770A85D-678D-490B-81D8-AE8CE81939A8}"/>
+    <hyperlink ref="A295" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67351" xr:uid="{DD174DF5-2813-4FCD-829C-4B84F5F706E4}"/>
+    <hyperlink ref="A296" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67068" xr:uid="{5047E995-7D9D-4AA5-9C2A-42A7641E3EA9}"/>
+    <hyperlink ref="A297" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65909" xr:uid="{098BA37A-1813-46FE-A19A-0448FDC80629}"/>
+    <hyperlink ref="A298" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66472" xr:uid="{86FCCCB6-9232-4F2F-A51F-5BF23400C817}"/>
+    <hyperlink ref="A299" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65343" xr:uid="{26B5C931-3447-49F5-91EB-4B75705053D5}"/>
+    <hyperlink ref="A300" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62428" xr:uid="{BFEF338C-784F-4968-835F-0C0E1E0719E0}"/>
+    <hyperlink ref="A301" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64196" xr:uid="{CF26C97B-DC6B-45F8-92EB-A604057ED047}"/>
+    <hyperlink ref="A302" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69778" xr:uid="{64CD7AFE-07B1-4A89-87E3-AF2435C370E5}"/>
+    <hyperlink ref="A303" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68319" xr:uid="{CA1D9A4E-590E-428F-A861-B959863893FA}"/>
+    <hyperlink ref="A304" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71354" xr:uid="{93CE19D4-083E-4398-B41E-E7446FA1DAC4}"/>
+    <hyperlink ref="A305" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71352" xr:uid="{2E892FB4-884C-4D57-A890-5279C18675AA}"/>
+    <hyperlink ref="A306" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72263" xr:uid="{342239BE-ABFB-45D9-BDD3-8BBE22F6987A}"/>
+    <hyperlink ref="A307" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71724" xr:uid="{B714414A-30A3-4F2A-9DD1-CE1546F55728}"/>
+    <hyperlink ref="A308" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72024" xr:uid="{BD295B15-06C6-481B-8123-0C7DE75E6F24}"/>
+    <hyperlink ref="A309" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67586" xr:uid="{BDE0AFB6-0328-4ECC-9A9F-9FC800C73FE4}"/>
+    <hyperlink ref="A310" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72543" xr:uid="{AC1F3C78-1F5B-4460-BC7E-96CEC8E1DDF8}"/>
+    <hyperlink ref="A311" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67062" xr:uid="{15DE0BBF-DD19-46D3-82D8-9AD67DD9C542}"/>
+    <hyperlink ref="A312" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65023" xr:uid="{F408C02F-D79F-4A92-8F3A-85D5E83DF65E}"/>
+    <hyperlink ref="A313" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69703" xr:uid="{AB0E4A7D-8B05-4F23-AB2A-3DE3AFAAD1CC}"/>
+    <hyperlink ref="A314" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71653" xr:uid="{2260A3FD-E38D-44C2-B8F6-CABF014F5C0F}"/>
+    <hyperlink ref="A315" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69740" xr:uid="{0F8D90AC-E373-450F-99DD-CF5BBFBFCDDC}"/>
+    <hyperlink ref="A316" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68392" xr:uid="{CED68370-8318-45D6-8541-0BD1B8C924CA}"/>
+    <hyperlink ref="A317" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73402" xr:uid="{79F1B019-F22F-4427-B069-3CC6DED04E06}"/>
+    <hyperlink ref="A318" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69567" xr:uid="{BC0DE0C3-7035-48CD-94A2-9D0EC4480DB2}"/>
+    <hyperlink ref="A319" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73750" xr:uid="{2BEBA454-4E4D-424E-97CC-7F785B987FB5}"/>
+    <hyperlink ref="A320" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74146" xr:uid="{B9F34008-6885-40B1-8B09-B53DD548E7C6}"/>
+    <hyperlink ref="A321" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74026" xr:uid="{49DD6B25-C080-4873-9197-ACE4B67B9880}"/>
+    <hyperlink ref="A322" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68094" xr:uid="{C630B222-B5C1-43B2-980E-E794E488D9F5}"/>
+    <hyperlink ref="A323" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74460" xr:uid="{41DAF7FE-A168-4A93-B217-6B96518026AB}"/>
+    <hyperlink ref="A324" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74362" xr:uid="{95729783-68FD-4D74-8082-D1AF5D682AEF}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32290" xr:uid="{0FF7311C-2958-49D1-A667-1E8CFE6EC966}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66696" xr:uid="{BB65D29E-38E7-4842-B5DF-B0055F0A8300}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74270" xr:uid="{312B143F-6E60-4D3E-B6D0-965601978246}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74870" xr:uid="{278C2800-DC9B-41D2-89D5-AFB053589052}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72542" xr:uid="{F7F1871B-0C35-4543-A27A-A35A40930187}"/>
+    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74733" xr:uid="{0D4650B7-50A1-4B47-94AF-A5E8A1F1762C}"/>
+    <hyperlink ref="A331" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69502" xr:uid="{8866A4FB-B369-481E-851A-AD644B2D88D7}"/>
+    <hyperlink ref="A332" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73200" xr:uid="{03819444-201B-4953-8066-E81D196D5E0A}"/>
+    <hyperlink ref="A333" r:id="rId332" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75455" xr:uid="{5F472EF0-2BDF-4676-B9E4-917D23A957FD}"/>
+    <hyperlink ref="A334" r:id="rId333" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74593" xr:uid="{65F9C544-8046-4E46-9DCB-531D0D3942BA}"/>
+    <hyperlink ref="A335" r:id="rId334" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75990" xr:uid="{0FEA6258-4216-43E9-A1D7-2D9D9D9B19F0}"/>
+    <hyperlink ref="A336" r:id="rId335" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76019" xr:uid="{8FCBA6B8-75CE-4CDE-B3DA-B1D84FE21068}"/>
+    <hyperlink ref="A337" r:id="rId336" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75779" xr:uid="{80931C9B-5B5B-41F1-B166-5122458261FD}"/>
+    <hyperlink ref="A338" r:id="rId337" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75430" xr:uid="{38D08506-FC63-4884-A055-BCF4BF7FBB10}"/>
+    <hyperlink ref="A339" r:id="rId338" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75766" xr:uid="{456B4FDE-FD76-402B-A756-19B2FBF67FBB}"/>
+    <hyperlink ref="A340" r:id="rId339" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74421" xr:uid="{C70CBD33-F03D-4084-96DD-A35DA0A1EA8A}"/>
+    <hyperlink ref="A341" r:id="rId340" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76222" xr:uid="{7A0336A6-97F7-4733-8A2E-01023A615C36}"/>
+    <hyperlink ref="A342" r:id="rId341" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76806" xr:uid="{E2E3E4F9-DA6B-49C3-B4B2-3F30378EB044}"/>
+    <hyperlink ref="A343" r:id="rId342" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75843" xr:uid="{41716C4D-FF9D-40A0-95CA-4880272B9D8B}"/>
+    <hyperlink ref="A344" r:id="rId343" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76428" xr:uid="{26A124DA-D898-4D0F-82CD-B334C4FF3CA4}"/>
+    <hyperlink ref="A345" r:id="rId344" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77937" xr:uid="{61E3B866-DFA3-4C91-B4CB-724ECDE11A1A}"/>
+    <hyperlink ref="A346" r:id="rId345" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75716" xr:uid="{3AA57F65-67B7-4832-9A91-26ADBA380AED}"/>
+    <hyperlink ref="A347" r:id="rId346" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67624" xr:uid="{D29CD0A8-18CA-49D8-9605-6F95F6718373}"/>
+    <hyperlink ref="A348" r:id="rId347" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78708" xr:uid="{23636441-F9E1-4A5A-8240-8F87A3487198}"/>
+    <hyperlink ref="A349" r:id="rId348" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78357" xr:uid="{4265D307-5A81-463F-8FDA-6E74CBF0D5B0}"/>
+    <hyperlink ref="A350" r:id="rId349" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79044" xr:uid="{CCF00B71-72C6-46C9-93B9-412B01803153}"/>
+    <hyperlink ref="A351" r:id="rId350" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79159" xr:uid="{0C9725FA-FE21-40F0-B6C7-218806DC5E8C}"/>
+    <hyperlink ref="A352" r:id="rId351" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79523" xr:uid="{5E2B32C0-6E58-4072-A22F-ACBD72A6DCF2}"/>
+    <hyperlink ref="A353" r:id="rId352" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78356" xr:uid="{218080DC-E5E6-4922-BF90-C30C8105A0EA}"/>
+    <hyperlink ref="A354" r:id="rId353" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78909" xr:uid="{89115979-31F7-4006-A912-3AFDE7D47027}"/>
+    <hyperlink ref="A355" r:id="rId354" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77588" xr:uid="{CFC66628-4D89-4807-BAF0-4F54EDC9A0A8}"/>
+    <hyperlink ref="A356" r:id="rId355" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80286" xr:uid="{100C9BF4-CCEA-4F5D-BF90-5EEF28F5D5B4}"/>
+    <hyperlink ref="A357" r:id="rId356" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79440" xr:uid="{75933726-F4E4-472C-A57C-7A556FC9FDC6}"/>
+    <hyperlink ref="A358" r:id="rId357" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80642" xr:uid="{DC215779-B9AD-4147-BE25-948661701460}"/>
+    <hyperlink ref="A359" r:id="rId358" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76480" xr:uid="{523DB277-B713-41B0-95EC-209E87F4FF92}"/>
+    <hyperlink ref="A360" r:id="rId359" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79413" xr:uid="{F35569B0-7D01-4881-B7B6-8901EABC2DE0}"/>
+    <hyperlink ref="A361" r:id="rId360" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76245" xr:uid="{71CF5CE1-1F5F-482B-AFB2-2BCD0A202480}"/>
+    <hyperlink ref="A362" r:id="rId361" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81602" xr:uid="{E0BF3805-69A9-4204-9C09-0E1AB058C8BB}"/>
+    <hyperlink ref="A363" r:id="rId362" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81243" xr:uid="{2FDC9AFF-EBE6-40B1-A915-A30C65090ABC}"/>
+    <hyperlink ref="A364" r:id="rId363" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82142" xr:uid="{2F737EF5-0AC0-4F60-B9E4-3C6D87612571}"/>
+    <hyperlink ref="A365" r:id="rId364" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77343" xr:uid="{739A1E42-FE28-43AD-8C49-C816EC2F1427}"/>
+    <hyperlink ref="A366" r:id="rId365" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79840" xr:uid="{14FA5208-07C0-4674-A79E-7C2181A84E4A}"/>
+    <hyperlink ref="A367" r:id="rId366" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78988" xr:uid="{92D208BF-D085-4EFA-9A8F-39D5B8D7AC58}"/>
+    <hyperlink ref="A368" r:id="rId367" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80898" xr:uid="{73262A7D-5607-4B85-8D86-5067C7B7A515}"/>
+    <hyperlink ref="A369" r:id="rId368" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81330" xr:uid="{9A0AB341-4D01-4CB5-A7BF-31F70024672B}"/>
+    <hyperlink ref="A370" r:id="rId369" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81521" xr:uid="{31179520-737F-4165-A247-89AC1B01140C}"/>
+    <hyperlink ref="A371" r:id="rId370" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82202" xr:uid="{A90DC5D4-BF17-4439-9246-418F1EEAD574}"/>
+    <hyperlink ref="A372" r:id="rId371" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79675" xr:uid="{D5CEE3B6-89F7-40F4-BE70-28E8527D444D}"/>
+    <hyperlink ref="A373" r:id="rId372" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78514" xr:uid="{70B03A02-965E-44E0-A2EF-EE77E988213F}"/>
+    <hyperlink ref="A374" r:id="rId373" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80776" xr:uid="{3F03AACD-1A1B-4AE1-8F85-EC18F4D3B86F}"/>
+    <hyperlink ref="A375" r:id="rId374" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82936" xr:uid="{AE5FC20F-2C01-460D-B69C-0445D5D57374}"/>
+    <hyperlink ref="A376" r:id="rId375" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76587" xr:uid="{F0C32C98-6123-413D-A3F0-E293F1E2AEE9}"/>
+    <hyperlink ref="A377" r:id="rId376" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82866" xr:uid="{79860DC7-ABDE-4B48-87D1-6A601AB049B8}"/>
+    <hyperlink ref="A378" r:id="rId377" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79993" xr:uid="{21E2C1F0-2096-436B-AB5D-51D53F7DE408}"/>
+    <hyperlink ref="A379" r:id="rId378" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66604" xr:uid="{9053ADA1-2D1A-4125-A2C2-F53DD882C9EE}"/>
+    <hyperlink ref="A380" r:id="rId379" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83503" xr:uid="{C614A7F3-FBA3-4E97-9C9D-45B7DA64A31A}"/>
+    <hyperlink ref="A381" r:id="rId380" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66768" xr:uid="{93A626DB-6555-4504-8DA3-73BE3AC8D37C}"/>
+    <hyperlink ref="A382" r:id="rId381" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83371" xr:uid="{B80C5B4C-285D-4572-97D2-56A3FDDF8460}"/>
+    <hyperlink ref="A383" r:id="rId382" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82661" xr:uid="{D58862F8-68E2-4323-952E-303632C8EE1D}"/>
+    <hyperlink ref="A384" r:id="rId383" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83854" xr:uid="{B9DD115C-AC92-414F-8DFD-DCF654025C4A}"/>
+    <hyperlink ref="A385" r:id="rId384" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82535" xr:uid="{A09D2590-3AFF-4047-A824-23345E14BA84}"/>
+    <hyperlink ref="A386" r:id="rId385" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82098" xr:uid="{B4EB4E9B-0B49-4B9F-B1FF-4E08B239CDC4}"/>
+    <hyperlink ref="A387" r:id="rId386" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83742" xr:uid="{EEE328DC-8CB4-45A5-B8F0-03D216C42F36}"/>
+    <hyperlink ref="A388" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82307" xr:uid="{1E4CD94C-AA7F-4B8D-8B66-69495F5EA63C}"/>
+    <hyperlink ref="A389" r:id="rId388" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84508" xr:uid="{C4DD0F16-4592-4D20-BC3F-1D406A5DDBED}"/>
+    <hyperlink ref="A390" r:id="rId389" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84739" xr:uid="{19EEB1ED-8282-4291-A6F7-2B92C47D6F87}"/>
+    <hyperlink ref="A391" r:id="rId390" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{643D7395-F724-4EB2-9F5F-9F73B2E579C3}"/>
+    <hyperlink ref="A392" r:id="rId391" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83233" xr:uid="{3B0E4A5D-55AC-4D1D-ABB3-5345644C32F0}"/>
+    <hyperlink ref="A393" r:id="rId392" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83977" xr:uid="{33DBA82B-DBEF-45F5-9221-7AEB977011A4}"/>
+    <hyperlink ref="A394" r:id="rId393" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77461" xr:uid="{C76FF6B3-946B-4697-AD0D-82978D955794}"/>
+    <hyperlink ref="A395" r:id="rId394" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83666" xr:uid="{D8D4570F-BDA8-4A12-9BFC-470A16E68FA9}"/>
+    <hyperlink ref="A396" r:id="rId395" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73625" xr:uid="{40F8864E-CB83-4D48-81CA-9A42E16A94B4}"/>
+    <hyperlink ref="A397" r:id="rId396" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84676" xr:uid="{8E41DC69-A3E8-4B7C-B5F1-F8CBD5238329}"/>
+    <hyperlink ref="A398" r:id="rId397" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84361" xr:uid="{9ED48EBC-856B-4727-B94E-5D9C59126175}"/>
+    <hyperlink ref="A399" r:id="rId398" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84705" xr:uid="{11901F76-367B-45A1-A377-C2052C561A56}"/>
+    <hyperlink ref="A400" r:id="rId399" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84879" xr:uid="{8A9AE2C3-B042-47CB-BD3D-2559960F64A7}"/>
+    <hyperlink ref="A401" r:id="rId400" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74801" xr:uid="{4345B88B-2EC7-4608-890C-8C667EF02832}"/>
+    <hyperlink ref="A402" r:id="rId401" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80680" xr:uid="{1DDE08F0-98D8-42AB-AF12-E2A06011BD9C}"/>
+    <hyperlink ref="A403" r:id="rId402" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84362" xr:uid="{CB063324-EB0E-422A-BFE2-EC8B7062C7AE}"/>
+    <hyperlink ref="A404" r:id="rId403" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85310" xr:uid="{8E456949-5963-445C-BC9F-F0DEE14445E9}"/>
+    <hyperlink ref="A405" r:id="rId404" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81328" xr:uid="{A0E7B7DC-AD15-4119-A689-C072063BD1DE}"/>
+    <hyperlink ref="A406" r:id="rId405" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80756" xr:uid="{A6373549-A201-41D9-BEDD-39EE6AA950CC}"/>
+    <hyperlink ref="A407" r:id="rId406" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83146" xr:uid="{74C687B8-D3CE-4745-A154-3D2B6C21426F}"/>
+    <hyperlink ref="A408" r:id="rId407" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85792" xr:uid="{65F39E36-122E-431C-AC32-E94CDE8335A4}"/>
+    <hyperlink ref="A409" r:id="rId408" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85859" xr:uid="{91D657D1-DE7F-45EF-8909-04D9D31CF352}"/>
+    <hyperlink ref="A410" r:id="rId409" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82738" xr:uid="{02CED65A-34A9-4DFC-8ACB-2E1A584089DD}"/>
+    <hyperlink ref="A411" r:id="rId410" display="C:\Users\amoore\Downloads\credView.asp?credidnt=86535" xr:uid="{4453B1AD-7E40-47FB-8355-2ED3E341DC2E}"/>
+    <hyperlink ref="A412" r:id="rId411" display="C:\Users\amoore\Downloads\credView.asp?credidnt=86422" xr:uid="{8B93B80A-44C5-4F9A-93B4-D84644C8D78A}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <legacyDrawing r:id="rId388"/>
+  <legacyDrawing r:id="rId412"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FF4AC56-FCF1-479C-8DDD-78404F8C8B4C}">
-  <dimension ref="A1:G332"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3943C8FF-B63F-49FD-8BB9-A95543895551}">
+  <dimension ref="A1:F331"/>
   <sheetViews>
-    <sheetView topLeftCell="A306" workbookViewId="0">
-      <selection sqref="A1:G1"/>
+    <sheetView tabSelected="1" topLeftCell="A322" workbookViewId="0">
+      <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="14.77734375" customWidth="1"/>
+    <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="53.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="45" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>368</v>
+        <v>1094</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>1794</v>
+        <v>1095</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>369</v>
-[...8 lines deleted...]
-    <row r="3" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1096</v>
+      </c>
+      <c r="F2" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
-        <v>1065</v>
+        <v>1364</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>2113</v>
+        <v>1911</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>1066</v>
-[...8 lines deleted...]
-    <row r="4" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1365</v>
+      </c>
+      <c r="F3" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>1771</v>
+        <v>34</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="G4" s="7">
+        <v>35</v>
+      </c>
+      <c r="F4" s="6">
         <v>42916</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
-        <v>425</v>
+        <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>1991</v>
+        <v>45</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>426</v>
-[...8 lines deleted...]
-    <row r="6" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>46</v>
+      </c>
+      <c r="F5" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
-        <v>346</v>
+        <v>63</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>2074</v>
+        <v>64</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>347</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>65</v>
+      </c>
+      <c r="F6" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
-        <v>218</v>
+        <v>79</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>1785</v>
+        <v>80</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="G7" s="7">
+        <v>81</v>
+      </c>
+      <c r="F7" s="6">
         <v>42916</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
-        <v>728</v>
+        <v>82</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>2092</v>
+        <v>1777</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>729</v>
-[...8 lines deleted...]
-    <row r="9" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>83</v>
+      </c>
+      <c r="F8" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
-        <v>1396</v>
+        <v>131</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>1904</v>
+        <v>132</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>1397</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>133</v>
+      </c>
+      <c r="F9" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
-        <v>751</v>
+        <v>139</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>1819</v>
+        <v>140</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>752</v>
-[...8 lines deleted...]
-    <row r="11" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>141</v>
+      </c>
+      <c r="F10" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
-        <v>758</v>
+        <v>142</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>2094</v>
+        <v>143</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>759</v>
-[...8 lines deleted...]
-    <row r="12" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>144</v>
+      </c>
+      <c r="F11" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
-        <v>339</v>
+        <v>150</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>1987</v>
+        <v>151</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>340</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>152</v>
+      </c>
+      <c r="F12" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
-        <v>559</v>
+        <v>168</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>2082</v>
+        <v>169</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>560</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>170</v>
+      </c>
+      <c r="F13" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4" t="s">
-        <v>580</v>
+        <v>182</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>2001</v>
+        <v>183</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>581</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>184</v>
+      </c>
+      <c r="F14" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
-        <v>549</v>
+        <v>201</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>550</v>
+        <v>1791</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>551</v>
-[...8 lines deleted...]
-    <row r="16" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>202</v>
+      </c>
+      <c r="F15" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
-        <v>1239</v>
+        <v>299</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>1240</v>
+        <v>300</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>1241</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>301</v>
+      </c>
+      <c r="F16" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
-        <v>775</v>
+        <v>326</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>776</v>
+        <v>327</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>777</v>
-[...8 lines deleted...]
-    <row r="18" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>328</v>
+      </c>
+      <c r="F17" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
-        <v>43</v>
+        <v>355</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>44</v>
+        <v>356</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      <c r="G18" s="7">
+        <v>357</v>
+      </c>
+      <c r="F18" s="6">
         <v>42916</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
-        <v>1087</v>
+        <v>407</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>1088</v>
+        <v>408</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>1089</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>409</v>
+      </c>
+      <c r="F19" s="6">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
-        <v>602</v>
+        <v>14</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>603</v>
+        <v>15</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>604</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>16</v>
+      </c>
+      <c r="F20" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
-        <v>690</v>
+        <v>51</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>691</v>
+        <v>52</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>692</v>
-[...4 lines deleted...]
-      <c r="G21" s="7">
+        <v>53</v>
+      </c>
+      <c r="F21" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
-        <v>401</v>
+        <v>84</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>402</v>
+        <v>85</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>403</v>
-[...4 lines deleted...]
-      <c r="G22" s="7">
+        <v>86</v>
+      </c>
+      <c r="F22" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="4" t="s">
-        <v>1416</v>
+        <v>94</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>1417</v>
+        <v>95</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>1418</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>96</v>
+      </c>
+      <c r="F23" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="4" t="s">
-        <v>511</v>
+        <v>97</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>512</v>
+        <v>98</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>513</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>99</v>
+      </c>
+      <c r="F24" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="4" t="s">
-        <v>414</v>
+        <v>109</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>415</v>
+        <v>110</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>416</v>
-[...6 lines deleted...]
-    <row r="26" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>111</v>
+      </c>
+      <c r="F25" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="4" t="s">
-        <v>237</v>
+        <v>136</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>238</v>
+        <v>137</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>239</v>
-[...8 lines deleted...]
-    <row r="27" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>138</v>
+      </c>
+      <c r="F26" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
-        <v>224</v>
+        <v>145</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>225</v>
+        <v>146</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>226</v>
-[...8 lines deleted...]
-    <row r="28" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>147</v>
+      </c>
+      <c r="F27" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="4" t="s">
-        <v>51</v>
+        <v>159</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>53</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>161</v>
+      </c>
+      <c r="F28" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-      <c r="G29" s="7">
+        <v>164</v>
+      </c>
+      <c r="F29" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="30" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="4" t="s">
-        <v>382</v>
+        <v>213</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>383</v>
+        <v>214</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>384</v>
-[...4 lines deleted...]
-      <c r="G30" s="7">
+        <v>215</v>
+      </c>
+      <c r="F30" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="31" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="4" t="s">
-        <v>474</v>
+        <v>240</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>475</v>
+        <v>241</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>476</v>
-[...4 lines deleted...]
-      <c r="G31" s="7">
+        <v>242</v>
+      </c>
+      <c r="F31" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="32" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
-        <v>1128</v>
+        <v>258</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>1129</v>
+        <v>259</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>1130</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>260</v>
+      </c>
+      <c r="F32" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="4" t="s">
-        <v>1256</v>
+        <v>276</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>1257</v>
+        <v>277</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>1258</v>
-[...8 lines deleted...]
-    <row r="34" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>278</v>
+      </c>
+      <c r="F33" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="4" t="s">
-        <v>203</v>
+        <v>304</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>204</v>
+        <v>305</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>205</v>
-[...8 lines deleted...]
-    <row r="35" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>306</v>
+      </c>
+      <c r="F34" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="4" t="s">
-        <v>599</v>
+        <v>317</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>600</v>
+        <v>2006</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>601</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>318</v>
+      </c>
+      <c r="F35" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="4" t="s">
-        <v>451</v>
+        <v>346</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>452</v>
+        <v>1800</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>453</v>
-[...4 lines deleted...]
-      <c r="G36" s="7">
+        <v>347</v>
+      </c>
+      <c r="F36" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="37" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="4" t="s">
-        <v>981</v>
+        <v>360</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>982</v>
+        <v>361</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>983</v>
-[...8 lines deleted...]
-    <row r="38" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>362</v>
+      </c>
+      <c r="F37" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="4" t="s">
-        <v>762</v>
+        <v>370</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>763</v>
+        <v>371</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>764</v>
-[...8 lines deleted...]
-    <row r="39" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>372</v>
+      </c>
+      <c r="F38" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="4" t="s">
-        <v>904</v>
+        <v>378</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>905</v>
+        <v>379</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>906</v>
-[...8 lines deleted...]
-    <row r="40" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>380</v>
+      </c>
+      <c r="F39" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="4" t="s">
-        <v>1023</v>
+        <v>388</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>1024</v>
+        <v>389</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>1025</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>390</v>
+      </c>
+      <c r="F40" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="4" t="s">
-        <v>662</v>
+        <v>415</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>663</v>
+        <v>416</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>664</v>
-[...8 lines deleted...]
-    <row r="42" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>417</v>
+      </c>
+      <c r="F41" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="4" t="s">
-        <v>637</v>
+        <v>428</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>638</v>
+        <v>429</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>639</v>
-[...4 lines deleted...]
-      <c r="G42" s="7">
+        <v>430</v>
+      </c>
+      <c r="F42" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="43" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="4" t="s">
-        <v>647</v>
+        <v>454</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>648</v>
+        <v>455</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>649</v>
-[...4 lines deleted...]
-      <c r="G43" s="7">
+        <v>456</v>
+      </c>
+      <c r="F43" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="44" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="4" t="s">
-        <v>687</v>
+        <v>476</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>688</v>
+        <v>477</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>689</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>478</v>
+      </c>
+      <c r="F44" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="4" t="s">
-        <v>251</v>
+        <v>498</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>252</v>
+        <v>499</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>253</v>
-[...8 lines deleted...]
-    <row r="46" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>500</v>
+      </c>
+      <c r="F45" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="4" t="s">
-        <v>180</v>
+        <v>539</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>181</v>
+        <v>540</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>182</v>
-[...8 lines deleted...]
-    <row r="47" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>541</v>
+      </c>
+      <c r="F46" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="4" t="s">
-        <v>173</v>
+        <v>544</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>174</v>
+        <v>545</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>175</v>
-[...4 lines deleted...]
-      <c r="G47" s="7">
+        <v>546</v>
+      </c>
+      <c r="F47" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="48" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="4" t="s">
-        <v>1033</v>
+        <v>557</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>1034</v>
+        <v>2020</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>1035</v>
-[...8 lines deleted...]
-    <row r="49" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>558</v>
+      </c>
+      <c r="F48" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="4" t="s">
-        <v>490</v>
+        <v>567</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>491</v>
+        <v>568</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>492</v>
-[...8 lines deleted...]
-    <row r="50" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>569</v>
+      </c>
+      <c r="F49" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="4" t="s">
         <v>611</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>612</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="F50" s="6" t="s">
-[...6 lines deleted...]
-    <row r="51" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="F50" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="4" t="s">
-        <v>62</v>
+        <v>621</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>63</v>
+        <v>622</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="G51" s="7">
+        <v>623</v>
+      </c>
+      <c r="F51" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="52" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="4" t="s">
-        <v>503</v>
+        <v>664</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>504</v>
+        <v>665</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>505</v>
-[...8 lines deleted...]
-    <row r="53" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>666</v>
+      </c>
+      <c r="F52" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="4" t="s">
-        <v>186</v>
+        <v>702</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>187</v>
+        <v>2114</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-    <row r="54" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>703</v>
+      </c>
+      <c r="F53" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="4" t="s">
-        <v>152</v>
+        <v>718</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>153</v>
+        <v>719</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>154</v>
-[...8 lines deleted...]
-    <row r="55" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>720</v>
+      </c>
+      <c r="F54" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="4" t="s">
-        <v>348</v>
+        <v>732</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>349</v>
+        <v>2116</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>350</v>
-[...8 lines deleted...]
-    <row r="56" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>733</v>
+      </c>
+      <c r="F55" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="4" t="s">
-        <v>719</v>
+        <v>752</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>720</v>
+        <v>753</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>721</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>754</v>
+      </c>
+      <c r="F56" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="4" t="s">
-        <v>96</v>
+        <v>763</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>97</v>
+        <v>764</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="G57" s="7">
+        <v>765</v>
+      </c>
+      <c r="F57" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="58" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="4" t="s">
-        <v>810</v>
+        <v>771</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>811</v>
+        <v>772</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>812</v>
-[...8 lines deleted...]
-    <row r="59" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>773</v>
+      </c>
+      <c r="F58" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="4" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>780</v>
-[...4 lines deleted...]
-      <c r="G59" s="7">
+        <v>788</v>
+      </c>
+      <c r="F59" s="6">
         <v>43143</v>
       </c>
     </row>
-    <row r="60" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="4" t="s">
-        <v>419</v>
+        <v>816</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>420</v>
+        <v>817</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>421</v>
-[...8 lines deleted...]
-    <row r="61" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>818</v>
+      </c>
+      <c r="F60" s="6">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="4" t="s">
-        <v>843</v>
+        <v>89</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>844</v>
+        <v>90</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>845</v>
-[...8 lines deleted...]
-    <row r="62" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>91</v>
+      </c>
+      <c r="F61" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="4" t="s">
-        <v>398</v>
+        <v>123</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>399</v>
+        <v>124</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="G62" s="7">
+        <v>125</v>
+      </c>
+      <c r="F62" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="63" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="4" t="s">
-        <v>300</v>
+        <v>165</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>301</v>
+        <v>166</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>302</v>
-[...4 lines deleted...]
-      <c r="G63" s="7">
+        <v>167</v>
+      </c>
+      <c r="F63" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="64" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="4" t="s">
-        <v>341</v>
+        <v>232</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>342</v>
+        <v>233</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>343</v>
-[...4 lines deleted...]
-      <c r="G64" s="7">
+        <v>234</v>
+      </c>
+      <c r="F64" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="65" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="4" t="s">
-        <v>74</v>
+        <v>264</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>75</v>
+        <v>265</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>76</v>
-[...8 lines deleted...]
-    <row r="66" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>266</v>
+      </c>
+      <c r="F65" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="4" t="s">
-        <v>468</v>
+        <v>267</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>469</v>
+        <v>268</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>470</v>
-[...4 lines deleted...]
-      <c r="G66" s="7">
+        <v>269</v>
+      </c>
+      <c r="F66" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="67" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="4" t="s">
-        <v>177</v>
+        <v>279</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>178</v>
+        <v>280</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>179</v>
-[...8 lines deleted...]
-    <row r="68" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>281</v>
+      </c>
+      <c r="F67" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="4" t="s">
-        <v>112</v>
+        <v>319</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>113</v>
+        <v>320</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>114</v>
-[...8 lines deleted...]
-    <row r="69" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>321</v>
+      </c>
+      <c r="F68" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="4" t="s">
-        <v>164</v>
+        <v>324</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>165</v>
+        <v>2096</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>166</v>
-[...8 lines deleted...]
-    <row r="70" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>325</v>
+      </c>
+      <c r="F69" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="4" t="s">
-        <v>591</v>
+        <v>336</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>592</v>
+        <v>337</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>593</v>
-[...8 lines deleted...]
-    <row r="71" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>338</v>
+      </c>
+      <c r="F70" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="4" t="s">
-        <v>106</v>
+        <v>375</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>107</v>
+        <v>376</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>108</v>
-[...8 lines deleted...]
-    <row r="72" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>377</v>
+      </c>
+      <c r="F71" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="4" t="s">
-        <v>119</v>
+        <v>396</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>120</v>
+        <v>397</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>121</v>
-[...8 lines deleted...]
-    <row r="73" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>398</v>
+      </c>
+      <c r="F72" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="4" t="s">
-        <v>566</v>
+        <v>431</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>567</v>
+        <v>432</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>568</v>
-[...8 lines deleted...]
-    <row r="74" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>433</v>
+      </c>
+      <c r="F73" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="4" t="s">
-        <v>377</v>
+        <v>448</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>378</v>
+        <v>449</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>379</v>
-[...8 lines deleted...]
-    <row r="75" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>450</v>
+      </c>
+      <c r="F74" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="4" t="s">
-        <v>561</v>
+        <v>482</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>562</v>
+        <v>483</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>563</v>
-[...8 lines deleted...]
-    <row r="76" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>484</v>
+      </c>
+      <c r="F75" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="4" t="s">
-        <v>712</v>
+        <v>490</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>713</v>
+        <v>491</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>714</v>
-[...8 lines deleted...]
-    <row r="77" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>492</v>
+      </c>
+      <c r="F76" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="4" t="s">
-        <v>91</v>
+        <v>527</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>92</v>
+        <v>528</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>93</v>
-[...8 lines deleted...]
-    <row r="78" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>529</v>
+      </c>
+      <c r="F77" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="4" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>522</v>
-[...8 lines deleted...]
-    <row r="79" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>532</v>
+      </c>
+      <c r="F78" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="4" t="s">
-        <v>454</v>
+        <v>575</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>455</v>
+        <v>576</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>456</v>
-[...4 lines deleted...]
-      <c r="G79" s="7">
+        <v>577</v>
+      </c>
+      <c r="F79" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="80" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="4" t="s">
-        <v>462</v>
+        <v>578</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>463</v>
+        <v>579</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>464</v>
-[...8 lines deleted...]
-    <row r="81" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>580</v>
+      </c>
+      <c r="F80" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="4" t="s">
-        <v>916</v>
+        <v>603</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>917</v>
+        <v>604</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>918</v>
-[...8 lines deleted...]
-    <row r="82" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>605</v>
+      </c>
+      <c r="F81" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="4" t="s">
-        <v>197</v>
+        <v>633</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>198</v>
+        <v>634</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>199</v>
-[...8 lines deleted...]
-    <row r="83" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>635</v>
+      </c>
+      <c r="F82" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="4" t="s">
-        <v>855</v>
+        <v>636</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>856</v>
+        <v>637</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>857</v>
-[...4 lines deleted...]
-      <c r="G83" s="7">
+        <v>638</v>
+      </c>
+      <c r="F83" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="84" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="4" t="s">
-        <v>321</v>
+        <v>639</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>322</v>
+        <v>640</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>323</v>
-[...8 lines deleted...]
-    <row r="85" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>641</v>
+      </c>
+      <c r="F84" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="4" t="s">
-        <v>155</v>
+        <v>661</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>156</v>
+        <v>662</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>157</v>
-[...8 lines deleted...]
-    <row r="86" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>663</v>
+      </c>
+      <c r="F85" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="4" t="s">
-        <v>836</v>
+        <v>669</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>837</v>
+        <v>670</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>838</v>
-[...4 lines deleted...]
-      <c r="G86" s="7">
+        <v>671</v>
+      </c>
+      <c r="F86" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="87" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="4" t="s">
-        <v>1318</v>
+        <v>693</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>1319</v>
+        <v>694</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>1320</v>
-[...8 lines deleted...]
-    <row r="88" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>695</v>
+      </c>
+      <c r="F87" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="4" t="s">
-        <v>285</v>
+        <v>696</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>286</v>
+        <v>697</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>287</v>
-[...4 lines deleted...]
-      <c r="G88" s="7">
+        <v>698</v>
+      </c>
+      <c r="F88" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="89" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A89" s="4" t="s">
-        <v>288</v>
+        <v>777</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>289</v>
+        <v>778</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>290</v>
-[...4 lines deleted...]
-      <c r="G89" s="7">
+        <v>779</v>
+      </c>
+      <c r="F89" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="90" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A90" s="4" t="s">
-        <v>650</v>
+        <v>783</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>651</v>
+        <v>784</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>652</v>
-[...8 lines deleted...]
-    <row r="91" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>785</v>
+      </c>
+      <c r="F90" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="4" t="s">
-        <v>1058</v>
+        <v>809</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>1059</v>
+        <v>810</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>1060</v>
-[...8 lines deleted...]
-    <row r="92" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>811</v>
+      </c>
+      <c r="F91" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A92" s="4" t="s">
-        <v>115</v>
+        <v>828</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>116</v>
+        <v>829</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>117</v>
-[...8 lines deleted...]
-    <row r="93" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>830</v>
+      </c>
+      <c r="F92" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A93" s="4" t="s">
-        <v>1030</v>
+        <v>874</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>1031</v>
+        <v>875</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>1032</v>
-[...8 lines deleted...]
-    <row r="94" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>876</v>
+      </c>
+      <c r="F93" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="4" t="s">
-        <v>393</v>
+        <v>950</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>394</v>
+        <v>951</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>395</v>
-[...8 lines deleted...]
-    <row r="95" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>952</v>
+      </c>
+      <c r="F94" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="4" t="s">
-        <v>149</v>
+        <v>60</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>150</v>
+        <v>61</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>151</v>
-[...8 lines deleted...]
-    <row r="96" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>62</v>
+      </c>
+      <c r="F95" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A96" s="4" t="s">
-        <v>738</v>
+        <v>171</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>739</v>
+        <v>172</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>740</v>
-[...4 lines deleted...]
-      <c r="G96" s="7">
+        <v>173</v>
+      </c>
+      <c r="F96" s="6">
         <v>43646</v>
       </c>
     </row>
-    <row r="97" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="4" t="s">
-        <v>744</v>
+        <v>188</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>745</v>
+        <v>189</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>746</v>
-[...8 lines deleted...]
-    <row r="98" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="F97" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="4" t="s">
-        <v>358</v>
+        <v>218</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>359</v>
+        <v>219</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>360</v>
-[...8 lines deleted...]
-    <row r="99" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>220</v>
+      </c>
+      <c r="F98" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="4" t="s">
-        <v>1244</v>
+        <v>402</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>1245</v>
+        <v>2010</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>1246</v>
-[...8 lines deleted...]
-    <row r="100" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>403</v>
+      </c>
+      <c r="F99" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A100" s="4" t="s">
-        <v>1346</v>
+        <v>418</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>1347</v>
+        <v>419</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>1348</v>
-[...8 lines deleted...]
-    <row r="101" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>420</v>
+      </c>
+      <c r="F100" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="4" t="s">
-        <v>813</v>
+        <v>439</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>814</v>
+        <v>440</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>815</v>
-[...8 lines deleted...]
-    <row r="102" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>441</v>
+      </c>
+      <c r="F101" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="4" t="s">
-        <v>497</v>
+        <v>445</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>498</v>
+        <v>446</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>499</v>
-[...8 lines deleted...]
-    <row r="103" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>447</v>
+      </c>
+      <c r="F102" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A103" s="4" t="s">
-        <v>1020</v>
+        <v>451</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>1021</v>
+        <v>452</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>1022</v>
-[...8 lines deleted...]
-    <row r="104" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>453</v>
+      </c>
+      <c r="F103" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A104" s="4" t="s">
-        <v>136</v>
+        <v>570</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>137</v>
+        <v>571</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>138</v>
-[...8 lines deleted...]
-    <row r="105" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>572</v>
+      </c>
+      <c r="F104" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="4" t="s">
-        <v>279</v>
+        <v>581</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>280</v>
+        <v>582</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>281</v>
-[...8 lines deleted...]
-    <row r="106" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>583</v>
+      </c>
+      <c r="F105" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="4" t="s">
-        <v>122</v>
+        <v>624</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>123</v>
+        <v>625</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>124</v>
-[...8 lines deleted...]
-    <row r="107" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>626</v>
+      </c>
+      <c r="F106" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A107" s="4" t="s">
-        <v>438</v>
+        <v>627</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>439</v>
+        <v>628</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>440</v>
-[...8 lines deleted...]
-    <row r="108" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>629</v>
+      </c>
+      <c r="F107" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A108" s="4" t="s">
-        <v>1261</v>
+        <v>686</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>1262</v>
+        <v>687</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>1263</v>
-[...8 lines deleted...]
-    <row r="109" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>688</v>
+      </c>
+      <c r="F108" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="4" t="s">
-        <v>430</v>
+        <v>712</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>431</v>
+        <v>713</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>432</v>
-[...8 lines deleted...]
-    <row r="110" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>714</v>
+      </c>
+      <c r="F109" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="4" t="s">
-        <v>1040</v>
+        <v>725</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>1041</v>
+        <v>1825</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>1042</v>
-[...8 lines deleted...]
-    <row r="111" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>726</v>
+      </c>
+      <c r="F110" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A111" s="4" t="s">
-        <v>54</v>
+        <v>729</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>55</v>
+        <v>730</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>56</v>
-[...8 lines deleted...]
-    <row r="112" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>731</v>
+      </c>
+      <c r="F111" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A112" s="4" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>757</v>
-[...4 lines deleted...]
-      <c r="G112" s="7">
+        <v>751</v>
+      </c>
+      <c r="F112" s="6">
         <v>43646</v>
       </c>
     </row>
-    <row r="113" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A113" s="4" t="s">
-        <v>659</v>
+        <v>799</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>660</v>
+        <v>800</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>661</v>
-[...8 lines deleted...]
-    <row r="114" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>801</v>
+      </c>
+      <c r="F113" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A114" s="4" t="s">
-        <v>722</v>
+        <v>868</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>723</v>
+        <v>869</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>724</v>
-[...8 lines deleted...]
-    <row r="115" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>870</v>
+      </c>
+      <c r="F114" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A115" s="4" t="s">
-        <v>629</v>
+        <v>1027</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>630</v>
+        <v>1028</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>631</v>
-[...8 lines deleted...]
-    <row r="116" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1029</v>
+      </c>
+      <c r="F115" s="6">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A116" s="4" t="s">
-        <v>71</v>
+        <v>1056</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>72</v>
+        <v>1057</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="G116" s="7">
+        <v>1058</v>
+      </c>
+      <c r="F116" s="6">
         <v>43646</v>
       </c>
     </row>
-    <row r="117" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A117" s="4" t="s">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>1185</v>
+        <v>1153</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>1186</v>
-[...4 lines deleted...]
-      <c r="G117" s="7">
+        <v>1154</v>
+      </c>
+      <c r="F117" s="6">
         <v>43646</v>
       </c>
     </row>
-    <row r="118" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A118" s="4" t="s">
-        <v>465</v>
+        <v>41</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>466</v>
+        <v>42</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>467</v>
-[...8 lines deleted...]
-    <row r="119" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43</v>
+      </c>
+      <c r="F118" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A119" s="4" t="s">
-        <v>471</v>
+        <v>100</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>472</v>
+        <v>101</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>473</v>
-[...8 lines deleted...]
-    <row r="120" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>102</v>
+      </c>
+      <c r="F119" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="4" t="s">
-        <v>139</v>
+        <v>103</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>140</v>
+        <v>104</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      <c r="G120" s="7">
+        <v>105</v>
+      </c>
+      <c r="F120" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="121" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="4" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>146</v>
-[...8 lines deleted...]
-    <row r="122" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+      <c r="F121" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A122" s="4" t="s">
-        <v>232</v>
+        <v>126</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>233</v>
+        <v>127</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>234</v>
-[...8 lines deleted...]
-    <row r="123" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>128</v>
+      </c>
+      <c r="F122" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A123" s="4" t="s">
-        <v>525</v>
+        <v>206</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>526</v>
+        <v>207</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>527</v>
-[...4 lines deleted...]
-      <c r="G123" s="7">
+        <v>208</v>
+      </c>
+      <c r="F123" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="124" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A124" s="4" t="s">
-        <v>101</v>
+        <v>250</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>102</v>
+        <v>251</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-    <row r="125" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>252</v>
+      </c>
+      <c r="F124" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A125" s="4" t="s">
-        <v>1264</v>
+        <v>391</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>1265</v>
+        <v>392</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>1266</v>
-[...4 lines deleted...]
-      <c r="G125" s="7">
+        <v>393</v>
+      </c>
+      <c r="F125" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="126" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A126" s="4" t="s">
-        <v>158</v>
+        <v>470</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>159</v>
+        <v>471</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>160</v>
-[...8 lines deleted...]
-    <row r="127" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>472</v>
+      </c>
+      <c r="F126" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" s="4" t="s">
-        <v>271</v>
+        <v>503</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>272</v>
+        <v>504</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>273</v>
-[...4 lines deleted...]
-      <c r="G127" s="7">
+        <v>505</v>
+      </c>
+      <c r="F127" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="128" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A128" s="4" t="s">
-        <v>897</v>
+        <v>510</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>898</v>
+        <v>511</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>899</v>
-[...8 lines deleted...]
-    <row r="129" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>512</v>
+      </c>
+      <c r="F128" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A129" s="4" t="s">
-        <v>665</v>
+        <v>537</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>666</v>
+        <v>2104</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>667</v>
-[...8 lines deleted...]
-    <row r="130" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>538</v>
+      </c>
+      <c r="F129" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A130" s="4" t="s">
-        <v>804</v>
+        <v>554</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>805</v>
+        <v>555</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>806</v>
-[...8 lines deleted...]
-    <row r="131" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>556</v>
+      </c>
+      <c r="F130" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="4" t="s">
-        <v>552</v>
+        <v>586</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>553</v>
+        <v>587</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>554</v>
-[...6 lines deleted...]
-    <row r="132" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>588</v>
+      </c>
+      <c r="F131" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="4" t="s">
-        <v>1138</v>
+        <v>736</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>1139</v>
+        <v>737</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>1140</v>
-[...4 lines deleted...]
-      <c r="G132" s="7">
+        <v>738</v>
+      </c>
+      <c r="F132" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="133" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A133" s="4" t="s">
-        <v>297</v>
+        <v>886</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>298</v>
+        <v>887</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>299</v>
-[...8 lines deleted...]
-    <row r="134" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>888</v>
+      </c>
+      <c r="F133" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A134" s="4" t="s">
-        <v>1009</v>
+        <v>978</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>1010</v>
+        <v>979</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>1011</v>
-[...4 lines deleted...]
-      <c r="G134" s="7">
+        <v>980</v>
+      </c>
+      <c r="F134" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="135" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="4" t="s">
-        <v>441</v>
+        <v>989</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>442</v>
+        <v>990</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>443</v>
-[...8 lines deleted...]
-    <row r="136" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>991</v>
+      </c>
+      <c r="F135" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A136" s="4" t="s">
-        <v>1141</v>
+        <v>992</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>1142</v>
+        <v>993</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>1143</v>
-[...4 lines deleted...]
-      <c r="G136" s="7">
+        <v>994</v>
+      </c>
+      <c r="F136" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="137" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A137" s="4" t="s">
-        <v>577</v>
+        <v>999</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>578</v>
+        <v>1000</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>579</v>
-[...4 lines deleted...]
-      <c r="G137" s="7">
+        <v>1001</v>
+      </c>
+      <c r="F137" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="138" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A138" s="4" t="s">
-        <v>695</v>
+        <v>1002</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>696</v>
+        <v>1003</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>697</v>
-[...8 lines deleted...]
-    <row r="139" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1004</v>
+      </c>
+      <c r="F138" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A139" s="4" t="s">
-        <v>411</v>
+        <v>1009</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>412</v>
+        <v>1010</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>413</v>
-[...8 lines deleted...]
-    <row r="140" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1011</v>
+      </c>
+      <c r="F139" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A140" s="4" t="s">
-        <v>594</v>
+        <v>1034</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>595</v>
+        <v>2135</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>596</v>
-[...8 lines deleted...]
-    <row r="141" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1035</v>
+      </c>
+      <c r="F140" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A141" s="4" t="s">
-        <v>826</v>
+        <v>1097</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>827</v>
+        <v>1098</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>828</v>
-[...8 lines deleted...]
-    <row r="142" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1099</v>
+      </c>
+      <c r="F141" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="4" t="s">
-        <v>653</v>
+        <v>1107</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>654</v>
+        <v>1108</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>655</v>
-[...8 lines deleted...]
-    <row r="143" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1109</v>
+      </c>
+      <c r="F142" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="4" t="s">
-        <v>22</v>
+        <v>1110</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>23</v>
+        <v>1111</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-    <row r="144" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1112</v>
+      </c>
+      <c r="F143" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A144" s="4" t="s">
-        <v>797</v>
+        <v>1207</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>798</v>
+        <v>1208</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>799</v>
-[...8 lines deleted...]
-    <row r="145" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1209</v>
+      </c>
+      <c r="F144" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A145" s="4" t="s">
-        <v>326</v>
+        <v>1212</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>327</v>
+        <v>1213</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>328</v>
-[...8 lines deleted...]
-    <row r="146" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1214</v>
+      </c>
+      <c r="F145" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A146" s="4" t="s">
-        <v>789</v>
+        <v>1224</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>790</v>
+        <v>1225</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>791</v>
-[...8 lines deleted...]
-    <row r="147" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1226</v>
+      </c>
+      <c r="F146" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A147" s="4" t="s">
-        <v>605</v>
+        <v>1229</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>606</v>
+        <v>1230</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>607</v>
-[...8 lines deleted...]
-    <row r="148" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1231</v>
+      </c>
+      <c r="F147" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A148" s="4" t="s">
-        <v>532</v>
+        <v>1232</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>533</v>
+        <v>1233</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>534</v>
-[...4 lines deleted...]
-      <c r="G148" s="7">
+        <v>1234</v>
+      </c>
+      <c r="F148" s="6">
         <v>44742</v>
       </c>
     </row>
-    <row r="149" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A149" s="4" t="s">
-        <v>260</v>
+        <v>1286</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>261</v>
+        <v>1287</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>262</v>
-[...8 lines deleted...]
-    <row r="150" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1288</v>
+      </c>
+      <c r="F149" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A150" s="4" t="s">
-        <v>183</v>
+        <v>1312</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>184</v>
+        <v>1313</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>185</v>
-[...8 lines deleted...]
-    <row r="151" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1314</v>
+      </c>
+      <c r="F150" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A151" s="4" t="s">
-        <v>530</v>
+        <v>1382</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>1805</v>
+        <v>1383</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>531</v>
-[...8 lines deleted...]
-    <row r="152" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1384</v>
+      </c>
+      <c r="F151" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A152" s="4" t="s">
-        <v>99</v>
+        <v>1362</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1983</v>
+        <v>1910</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>100</v>
-[...6 lines deleted...]
-    <row r="153" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1363</v>
+      </c>
+      <c r="F152" s="6">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A153" s="4" t="s">
-        <v>1335</v>
+        <v>38</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>2025</v>
+        <v>39</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1336</v>
-[...8 lines deleted...]
-    <row r="154" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>40</v>
+      </c>
+      <c r="F153" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A154" s="4" t="s">
-        <v>1313</v>
+        <v>54</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>2024</v>
+        <v>55</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1314</v>
-[...8 lines deleted...]
-    <row r="155" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+      <c r="F154" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="4" t="s">
-        <v>705</v>
+        <v>72</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>1817</v>
+        <v>73</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>706</v>
-[...8 lines deleted...]
-    <row r="156" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>74</v>
+      </c>
+      <c r="F155" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="4" t="s">
-        <v>860</v>
+        <v>198</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>2099</v>
+        <v>199</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>861</v>
-[...8 lines deleted...]
-    <row r="157" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>200</v>
+      </c>
+      <c r="F156" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A157" s="4" t="s">
-        <v>693</v>
+        <v>203</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>1815</v>
+        <v>204</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>694</v>
-[...4 lines deleted...]
-      <c r="G157" s="7">
+        <v>205</v>
+      </c>
+      <c r="F157" s="6">
         <v>44012</v>
       </c>
     </row>
-    <row r="158" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="158" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A158" s="4" t="s">
-        <v>883</v>
+        <v>237</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>2101</v>
+        <v>238</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>884</v>
-[...8 lines deleted...]
-    <row r="159" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>239</v>
+      </c>
+      <c r="F158" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A159" s="4" t="s">
-        <v>31</v>
+        <v>248</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>1764</v>
+        <v>2089</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F159" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="F159" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="F160" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="F161" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="F162" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="F163" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="F164" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="F165" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="F166" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="F167" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="F168" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="F169" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="F170" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="F171" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="F172" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="F173" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="F174" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="F175" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F176" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F177" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="4" t="s">
+        <v>667</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="F178" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="F179" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="4" t="s">
+        <v>699</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="F180" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="4" t="s">
+        <v>715</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="F181" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="4" t="s">
+        <v>780</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="F182" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="4" t="s">
+        <v>789</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="F183" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="F184" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="4" t="s">
+        <v>849</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="F185" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="F186" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="F187" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="F188" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="F189" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="F190" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="F191" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="F192" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="4" t="s">
+        <v>933</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="F193" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="F194" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="F195" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="4" t="s">
+        <v>984</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>985</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="F196" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F197" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F198" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="4" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F199" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="4" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F200" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F201" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="4" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F202" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F203" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F204" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="4" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F205" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F206" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="4" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F207" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="4" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F208" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="4" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F209" s="6">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="F210" s="6">
+        <v>44347</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E211" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="G159" s="7">
-[...65 lines deleted...]
-      <c r="F162" s="6" t="s">
+      <c r="F211" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="F212" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E213" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="G162" s="7">
-[...73 lines deleted...]
-      <c r="A166" s="4" t="s">
+      <c r="F213" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F214" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="F215" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F216" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F217" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="F218" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="F219" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="F220" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E221" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="B166" s="5" t="s">
-[...129 lines deleted...]
-      <c r="G171" s="7">
+      <c r="F221" s="6">
         <v>44377</v>
       </c>
     </row>
-    <row r="172" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...110 lines deleted...]
-      <c r="G176" s="7">
+    <row r="222" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="F222" s="6">
         <v>44377</v>
       </c>
     </row>
-    <row r="177" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...64 lines deleted...]
-      <c r="G179" s="7">
+    <row r="223" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="F223" s="6">
         <v>44377</v>
       </c>
     </row>
-    <row r="180" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...87 lines deleted...]
-      <c r="G183" s="7">
+    <row r="224" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="F224" s="6">
         <v>44377</v>
       </c>
     </row>
-    <row r="184" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...92 lines deleted...]
-      <c r="A188" s="4" t="s">
+    <row r="225" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="F225" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="4" t="s">
+        <v>683</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E226" s="5" t="s">
         <v>685</v>
       </c>
-      <c r="B188" s="5" t="s">
-[...840 lines deleted...]
-      <c r="G224" s="7">
+      <c r="F226" s="6">
         <v>44377</v>
       </c>
     </row>
-    <row r="225" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-    <row r="227" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="227" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A227" s="4" t="s">
         <v>709</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>710</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>711</v>
       </c>
-      <c r="F227" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G227" s="7">
+      <c r="F227" s="6">
         <v>44377</v>
       </c>
     </row>
-    <row r="228" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="228" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A228" s="4" t="s">
-        <v>385</v>
+        <v>741</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>386</v>
+        <v>742</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>387</v>
-[...4 lines deleted...]
-      <c r="G228" s="7">
+        <v>743</v>
+      </c>
+      <c r="F228" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="4" t="s">
+        <v>744</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="F229" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="4" t="s">
+        <v>757</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="F230" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="4" t="s">
+        <v>760</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="F231" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="4" t="s">
+        <v>768</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="F232" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="4" t="s">
+        <v>819</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="F233" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="4" t="s">
+        <v>840</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="F234" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="4" t="s">
+        <v>889</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="F235" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="4" t="s">
+        <v>917</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F236" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="4" t="s">
+        <v>959</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="F237" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="4" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F238" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="4" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F239" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A240" s="4" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F240" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F241" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A242" s="4" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F242" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A243" s="4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F243" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="4" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F244" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="4" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F245" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="4" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F246" s="6">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F247" s="6">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F248" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="F249" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F250" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="F251" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="F252" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="F253" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="4" t="s">
+        <v>725</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="F254" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A255" s="4" t="s">
+        <v>814</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="F255" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A256" s="4" t="s">
+        <v>826</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="F256" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A257" s="4" t="s">
+        <v>833</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="F257" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A258" s="4" t="s">
+        <v>866</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="F258" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="4" t="s">
+        <v>883</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="F259" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="4" t="s">
+        <v>971</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="F260" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="4" t="s">
+        <v>981</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="F261" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="4" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F262" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="4" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F263" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="4" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F264" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="4" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F265" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="4" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F266" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="4" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F267" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="4" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F268" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="4" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F269" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="4" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F270" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="4" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F271" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="4" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F272" s="6">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F273" s="6">
         <v>45473</v>
       </c>
     </row>
-    <row r="229" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...92 lines deleted...]
-      <c r="A233" s="4" t="s">
+    <row r="274" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C274" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="F274" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D275" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F275" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="F276" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="4" t="s">
+        <v>796</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>798</v>
+      </c>
+      <c r="F277" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="F278" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="4" t="s">
+        <v>862</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="F279" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="F280" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="4" t="s">
+        <v>902</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="F281" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="4" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F282" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="4" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F283" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F284" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="4" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F285" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="4" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F286" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="4" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F287" s="6">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="F288" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F289" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="F290" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="F291" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A292" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="F292" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="F293" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="F294" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="F295" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="F296" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="4" t="s">
+        <v>681</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="F297" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="4" t="s">
+        <v>704</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="F298" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="4" t="s">
+        <v>723</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="F299" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="4" t="s">
+        <v>727</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="F300" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="4" t="s">
+        <v>939</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="F301" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="4" t="s">
+        <v>987</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="F302" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="4" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F303" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="4" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F304" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F305" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="4" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F306" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="4" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F307" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="4" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F308" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F309" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A310" s="4" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F310" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F311" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="4" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F312" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="4" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E313" s="5" t="s">
         <v>1361</v>
       </c>
-      <c r="B233" s="5" t="s">
-[...152 lines deleted...]
-      <c r="G239" s="7">
+      <c r="F313" s="6">
         <v>45838</v>
       </c>
     </row>
-    <row r="240" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E240" s="5" t="s">
+    <row r="314" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="4" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F314" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="4" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F315" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A316" s="4" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F316" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="4" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F317" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="4" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F318" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="4" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F319" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="4" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F320" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="4" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F321" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="4" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F322" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="4" t="s">
         <v>1510</v>
       </c>
-      <c r="F240" s="6" t="s">
-[...117 lines deleted...]
-      <c r="G245" s="7">
+      <c r="B323" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F323" s="6">
         <v>45838</v>
       </c>
     </row>
-    <row r="246" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...386 lines deleted...]
-      <c r="G262" s="7">
+    <row r="324" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="4" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F324" s="6">
         <v>45838</v>
       </c>
     </row>
-    <row r="263" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...294 lines deleted...]
-      <c r="G275" s="7">
+    <row r="325" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="4" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F325" s="6">
         <v>45838</v>
       </c>
     </row>
-    <row r="276" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...179 lines deleted...]
-      <c r="G283" s="7">
+    <row r="326" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="4" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F326" s="6">
         <v>45838</v>
       </c>
     </row>
-    <row r="284" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...988 lines deleted...]
-    <row r="327" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="327" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A327" s="4" t="s">
-        <v>1168</v>
+        <v>1552</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>1169</v>
+        <v>2060</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>1170</v>
-[...8 lines deleted...]
-    <row r="328" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1553</v>
+      </c>
+      <c r="F327" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A328" s="4" t="s">
-        <v>1586</v>
+        <v>1609</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>1587</v>
+        <v>1610</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>1588</v>
-[...4 lines deleted...]
-      <c r="G328" s="7">
+        <v>1611</v>
+      </c>
+      <c r="F328" s="6">
         <v>45838</v>
       </c>
     </row>
-    <row r="329" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="329" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A329" s="4" t="s">
-        <v>1211</v>
+        <v>1618</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>1212</v>
+        <v>2198</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E329" s="5" t="s">
-        <v>1213</v>
-[...8 lines deleted...]
-    <row r="330" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1619</v>
+      </c>
+      <c r="F329" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A330" s="4" t="s">
-        <v>1117</v>
+        <v>1628</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>1118</v>
+        <v>1970</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E330" s="5" t="s">
-        <v>1119</v>
-[...8 lines deleted...]
-    <row r="331" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1629</v>
+      </c>
+      <c r="F330" s="6">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A331" s="4" t="s">
-        <v>702</v>
+        <v>1632</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>703</v>
+        <v>1972</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E331" s="5" t="s">
-        <v>704</v>
-[...28 lines deleted...]
-        <v>44012</v>
+        <v>1633</v>
+      </c>
+      <c r="F331" s="6">
+        <v>45838</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F331">
+    <sortCondition ref="D1:D331"/>
+  </sortState>
   <hyperlinks>
-    <hyperlink ref="A143" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{B1110BE4-F505-4006-93E5-C35D5DB32989}"/>
-[...329 lines deleted...]
-    <hyperlink ref="A161" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{CDA6E370-B0EA-4B67-8C83-291C0C406A1C}"/>
+    <hyperlink ref="A20" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{AED322F4-F02E-47FF-9794-E0AB96FF4D7C}"/>
+    <hyperlink ref="A273" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44388" xr:uid="{F2EA8CCC-511D-47E4-835F-D4926885E489}"/>
+    <hyperlink ref="A211" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44427" xr:uid="{4155DC81-3746-49BE-9EF5-434E5FE35DC5}"/>
+    <hyperlink ref="A4" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44430" xr:uid="{48C3CFBB-D4FF-42DB-B1A9-7B450067E0EE}"/>
+    <hyperlink ref="A153" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44433" xr:uid="{FB58C0A0-B499-40CE-B3CA-9E1EB5FD6AD7}"/>
+    <hyperlink ref="A118" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44434" xr:uid="{D5F2A6BC-B4AD-468F-8544-BE45B4577629}"/>
+    <hyperlink ref="A5" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44435" xr:uid="{AF18592B-C902-4B59-BFF2-8FF4E7FD0848}"/>
+    <hyperlink ref="A21" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44444" xr:uid="{0C06DCE7-B830-44B4-AEC2-3B0C9D4F44AE}"/>
+    <hyperlink ref="A154" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44449" xr:uid="{53757DC7-1FBD-4AF0-B84C-A558CA9F92A1}"/>
+    <hyperlink ref="A248" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44450" xr:uid="{E75C0B48-6417-4B4B-9400-63AC5F055776}"/>
+    <hyperlink ref="A95" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44455" xr:uid="{0A2CAD1A-489E-4501-861E-EDBBF1402B3C}"/>
+    <hyperlink ref="A6" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44474" xr:uid="{EA4957C4-67BD-4825-B342-B0F5A07A1280}"/>
+    <hyperlink ref="A212" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44495" xr:uid="{A4E2C54D-3DAB-482B-9E10-658CA6C80643}"/>
+    <hyperlink ref="A155" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44498" xr:uid="{84A46CBD-297D-4937-932B-0603DEF11CEA}"/>
+    <hyperlink ref="A7" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44510" xr:uid="{3049BE43-75F8-4B56-AD8E-2F7A65206E2C}"/>
+    <hyperlink ref="A8" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44511" xr:uid="{94E7C160-42E1-4CCB-A398-B9B0DF86D765}"/>
+    <hyperlink ref="A22" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44512" xr:uid="{150F5E66-E668-470C-B451-8D41981684D2}"/>
+    <hyperlink ref="A274" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44519" xr:uid="{F2638CFD-D2CF-4614-8379-00F25F921BF0}"/>
+    <hyperlink ref="A61" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44521" xr:uid="{8C386E3F-987C-4E23-8940-A68332240021}"/>
+    <hyperlink ref="A23" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44529" xr:uid="{E63E14D0-4974-49BA-B038-F45F15286F1A}"/>
+    <hyperlink ref="A24" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44542" xr:uid="{D2ECBD44-C834-447D-A420-0F67BB0F94FB}"/>
+    <hyperlink ref="A119" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44548" xr:uid="{7BF5E05D-66A5-4D92-9D02-1167923BD601}"/>
+    <hyperlink ref="A120" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44549" xr:uid="{D63AE6AA-93A5-4E4A-BD69-BF8A0AE8336D}"/>
+    <hyperlink ref="A121" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44556" xr:uid="{D7791D2B-C706-412A-8748-D3ADAA7FF8A4}"/>
+    <hyperlink ref="A25" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44557" xr:uid="{1B296285-31A9-41D4-AB11-AA3F833E708B}"/>
+    <hyperlink ref="A213" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44565" xr:uid="{185F6309-457E-4623-B1C8-B650F0426EFD}"/>
+    <hyperlink ref="A62" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44570" xr:uid="{14A285E4-8C76-4648-B709-333B0F4CA4BB}"/>
+    <hyperlink ref="A122" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44571" xr:uid="{4990FF50-EFDF-456E-A061-CC932E6AB394}"/>
+    <hyperlink ref="A9" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44574" xr:uid="{4BA11B28-B4F9-4A99-BD11-CF2EC3A15B0D}"/>
+    <hyperlink ref="A26" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44616" xr:uid="{6D2BC3D7-A9B0-465D-AEFF-FAC9F8A63D83}"/>
+    <hyperlink ref="A10" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44620" xr:uid="{CAFB869A-CFCC-4B42-95D3-B85BF7DD6F37}"/>
+    <hyperlink ref="A11" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44621" xr:uid="{F8D96294-DC15-404B-BDF7-F9C88AE5D0F0}"/>
+    <hyperlink ref="A27" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44635" xr:uid="{13685EF2-8C32-4CC1-B82B-73C2868D648A}"/>
+    <hyperlink ref="A12" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44638" xr:uid="{01BCF415-1074-4B35-BEA3-D0AA552764F0}"/>
+    <hyperlink ref="A28" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44647" xr:uid="{72878D7A-FBE1-4BA9-9A24-ADE8583DF972}"/>
+    <hyperlink ref="A29" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44648" xr:uid="{892ACF75-408C-4040-959E-65E8EA662EC4}"/>
+    <hyperlink ref="A63" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44649" xr:uid="{F11D64FE-7C12-4143-8EB3-09C9FD6B4ADD}"/>
+    <hyperlink ref="A13" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44650" xr:uid="{A2D9C530-9E13-4ACA-AA75-9A12A29563D5}"/>
+    <hyperlink ref="A96" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44652" xr:uid="{82942319-983B-4EE3-B6AE-0C35052430FF}"/>
+    <hyperlink ref="A14" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44660" xr:uid="{026D0194-77A1-4565-9BA6-68CBB5C3A99E}"/>
+    <hyperlink ref="A249" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44661" xr:uid="{98FC8107-0B1F-4137-B17C-8552A43DB73E}"/>
+    <hyperlink ref="A97" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44663" xr:uid="{2EFEB985-20CB-440C-87E9-546E46C49E77}"/>
+    <hyperlink ref="A156" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44701" xr:uid="{66C32166-4EB0-4F19-9F18-44E211905805}"/>
+    <hyperlink ref="A15" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44707" xr:uid="{E16AAF93-A84F-4A44-AFEE-A1C0527EA155}"/>
+    <hyperlink ref="A157" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44717" xr:uid="{E85E11ED-20D7-4525-A790-8EB49D795D14}"/>
+    <hyperlink ref="A123" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44718" xr:uid="{867837A7-C1B9-4BE7-B433-A3CB38A4F8F2}"/>
+    <hyperlink ref="A30" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44771" xr:uid="{D304CBA5-CD83-49B8-8337-60F283E88EDE}"/>
+    <hyperlink ref="A98" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44775" xr:uid="{978FE6BF-B2A2-4892-BFCA-A4F95C5DDCB0}"/>
+    <hyperlink ref="A214" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44854" xr:uid="{F2A14050-BDFD-488D-9DB8-8A5D3407E6E2}"/>
+    <hyperlink ref="A64" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44888" xr:uid="{E5532280-D5B1-4351-9B75-ACFE466FC6B1}"/>
+    <hyperlink ref="A158" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44896" xr:uid="{C78089F7-8FA4-42E9-AB3F-FCAAAF017DF3}"/>
+    <hyperlink ref="A31" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44902" xr:uid="{3412D46F-404A-4398-A39C-17F5F2DB3617}"/>
+    <hyperlink ref="A288" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44912" xr:uid="{916195D2-1B7D-43C1-9AF3-F9F93E6839C6}"/>
+    <hyperlink ref="A159" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44920" xr:uid="{44F0CE64-4EFD-48BF-B4D8-9D380A5F5DCA}"/>
+    <hyperlink ref="A124" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44922" xr:uid="{5681B989-6AD3-4A57-A1CC-C5DBFEAEB474}"/>
+    <hyperlink ref="A32" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44936" xr:uid="{00F4A6DC-CDF3-422B-85B0-CA45E9DA3A0F}"/>
+    <hyperlink ref="A160" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44947" xr:uid="{BEF5DD8E-4961-4400-A0F4-13A2F1E93B10}"/>
+    <hyperlink ref="A65" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44948" xr:uid="{AAF60C4C-434D-411E-B391-D91F6B52E21A}"/>
+    <hyperlink ref="A66" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44971" xr:uid="{9690DCC3-0393-492C-A442-4F6053914DCA}"/>
+    <hyperlink ref="A250" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44973" xr:uid="{985F9C3F-0168-465D-943D-7471DAA583C7}"/>
+    <hyperlink ref="A251" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44974" xr:uid="{EC9109BE-A353-4BF7-9164-F2CA78584CA7}"/>
+    <hyperlink ref="A215" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44986" xr:uid="{64A0BAB3-E6F5-4A6A-9645-8E10CB38FBF3}"/>
+    <hyperlink ref="A33" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44987" xr:uid="{769137D6-1B23-47CD-AF13-B053FFE25298}"/>
+    <hyperlink ref="A67" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45002" xr:uid="{CC5AE5FB-BC4C-4AB5-B1C5-D2AE9DD56EEA}"/>
+    <hyperlink ref="A216" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45019" xr:uid="{88246639-2062-4709-BB97-629E75BF6FF5}"/>
+    <hyperlink ref="A217" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45036" xr:uid="{9CFC9D09-4897-4531-BD17-3F4BD279A217}"/>
+    <hyperlink ref="A218" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45062" xr:uid="{8205BEBC-6C0B-40CD-9AE4-66BC68A45275}"/>
+    <hyperlink ref="A16" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45064" xr:uid="{DDEBAC8E-B83E-413D-8838-55D875D0C8B4}"/>
+    <hyperlink ref="A289" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45072" xr:uid="{98D2C31E-D515-47C9-B3E2-382040C4B5FB}"/>
+    <hyperlink ref="A34" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45074" xr:uid="{4A83C38E-50B0-4041-A87D-2010C3572E56}"/>
+    <hyperlink ref="A35" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45121" xr:uid="{A888D9CB-9FA2-4260-9415-E6A39E265AA2}"/>
+    <hyperlink ref="A68" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45126" xr:uid="{7D4683EE-513D-4B87-B351-F317083A327B}"/>
+    <hyperlink ref="A69" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45140" xr:uid="{24F457DF-B835-40F6-8ADB-BFEA8F7D6849}"/>
+    <hyperlink ref="A17" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45142" xr:uid="{F36F2D52-9F9A-4A91-85D6-636DE0353B6D}"/>
+    <hyperlink ref="A252" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45144" xr:uid="{547E439C-6032-4928-8987-21D40F915A0B}"/>
+    <hyperlink ref="A161" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45153" xr:uid="{8BB3FCE1-0BB8-4742-A18E-166763F2A59E}"/>
+    <hyperlink ref="A70" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45177" xr:uid="{81A2C22D-7745-4F3F-A1C5-F9B4D5919FD0}"/>
+    <hyperlink ref="A290" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45186" xr:uid="{47F2A1CF-9F02-4A11-928C-E2F6DBCC0FF3}"/>
+    <hyperlink ref="A162" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45187" xr:uid="{CCCE7FB1-0298-4645-9779-AD88B6CE3671}"/>
+    <hyperlink ref="A36" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45204" xr:uid="{16135CEA-8720-452D-B323-0F59712689B4}"/>
+    <hyperlink ref="A219" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45220" xr:uid="{486946F1-244B-495E-9C48-CD79D1C70950}"/>
+    <hyperlink ref="A18" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45224" xr:uid="{0B33DFC9-CFBE-4308-AD4D-06B01B439900}"/>
+    <hyperlink ref="A37" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45242" xr:uid="{353E066E-834D-4869-B068-4579401506EA}"/>
+    <hyperlink ref="A275" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45243" xr:uid="{E0F181CC-2921-4758-8B3B-E60D5EF7271E}"/>
+    <hyperlink ref="A38" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45255" xr:uid="{76681D70-33D3-47AC-A10B-2B7E367B93BE}"/>
+    <hyperlink ref="A71" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45262" xr:uid="{DF1B9AEC-EF9C-4A44-A7BF-E45A1F7B2567}"/>
+    <hyperlink ref="A39" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45263" xr:uid="{041E615F-220B-4343-B80D-834B0E5AA9AB}"/>
+    <hyperlink ref="A40" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45273" xr:uid="{915E2510-CEEE-4469-B2AD-06F8D18A942B}"/>
+    <hyperlink ref="A125" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45286" xr:uid="{ACDA590F-560D-4A24-A147-729AAE65D8BC}"/>
+    <hyperlink ref="A72" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45336" xr:uid="{BB25B4FD-6647-48F1-B163-397C05BE0A17}"/>
+    <hyperlink ref="A99" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45339" xr:uid="{4A0811D7-689D-48B5-85BC-96D5C1EA34D0}"/>
+    <hyperlink ref="A19" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45344" xr:uid="{56593DBA-86C2-4033-AF5C-B03853A4D417}"/>
+    <hyperlink ref="A163" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45346" xr:uid="{E204A206-0C96-4167-8778-8B0F656A61B5}"/>
+    <hyperlink ref="A41" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45351" xr:uid="{87A1E2A4-93BD-4561-8732-08706C12142C}"/>
+    <hyperlink ref="A100" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45353" xr:uid="{5B413854-EC62-4ED2-A952-4F6F3BF13DCB}"/>
+    <hyperlink ref="A291" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45360" xr:uid="{E2297806-3B2F-48E7-A8D4-31ACC59D90C9}"/>
+    <hyperlink ref="A164" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45373" xr:uid="{271F40F1-8123-4F74-AACB-E96DE696118E}"/>
+    <hyperlink ref="A42" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45374" xr:uid="{EA79E73A-5907-4D45-9E22-451C9B681263}"/>
+    <hyperlink ref="A73" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45375" xr:uid="{A682D871-5AA7-4BB9-B7D6-83450A5D750D}"/>
+    <hyperlink ref="A220" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45383" xr:uid="{C1645A55-0B20-45D8-AA70-A043F97359A2}"/>
+    <hyperlink ref="A101" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45388" xr:uid="{BA30E5B9-F91B-4BC1-A352-37CFF6930D41}"/>
+    <hyperlink ref="A102" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45390" xr:uid="{CC99DE8A-10E3-4E66-A9C8-C0B0EA81A3D7}"/>
+    <hyperlink ref="A74" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45393" xr:uid="{00F1239C-BDC3-4655-ABFB-862C5BA8193D}"/>
+    <hyperlink ref="A103" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45397" xr:uid="{02D64EBD-5C96-45F0-8961-8D4241C9A124}"/>
+    <hyperlink ref="A43" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45399" xr:uid="{51B0C6F0-61E9-4AD1-8EBC-9C90AF90CA6B}"/>
+    <hyperlink ref="A276" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45421" xr:uid="{5A5B6D4C-BAD9-4C18-8B2E-928DC046B23F}"/>
+    <hyperlink ref="A165" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45423" xr:uid="{B7EA4434-E461-46FD-8DBF-EFF2254AE4EA}"/>
+    <hyperlink ref="A126" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45434" xr:uid="{A34419DD-A564-4AA8-ACEF-F9A0A343C5AD}"/>
+    <hyperlink ref="A166" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45437" xr:uid="{6363155E-0CE0-4CB0-A4FE-167C60380CD4}"/>
+    <hyperlink ref="A44" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45441" xr:uid="{602802D4-29D9-433A-9EF3-59CAA92AABA0}"/>
+    <hyperlink ref="A221" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45443" xr:uid="{D689967D-C6A9-42A6-820D-DC683276055D}"/>
+    <hyperlink ref="A75" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45448" xr:uid="{5B30F685-55B3-4AEC-AAF6-891E8709F583}"/>
+    <hyperlink ref="A167" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45456" xr:uid="{3E753D39-B5A0-4D63-8F27-8813F4400159}"/>
+    <hyperlink ref="A292" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45457" xr:uid="{2A775BC1-372A-4A48-934A-8A7C09879166}"/>
+    <hyperlink ref="A76" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45458" xr:uid="{6E5E0DC4-8FA3-4B7D-A680-D4CEA3CC25C3}"/>
+    <hyperlink ref="A222" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45466" xr:uid="{ED1F88AE-6F84-4746-93B2-923D780AC900}"/>
+    <hyperlink ref="A45" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45468" xr:uid="{1F6A0312-9FCF-4C2A-8416-C67BD7429B9F}"/>
+    <hyperlink ref="A127" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45471" xr:uid="{541172FD-615E-4429-95C6-99A9DB216768}"/>
+    <hyperlink ref="A293" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45513" xr:uid="{39CB304D-7CC0-4857-A56A-8C453AEBC0D9}"/>
+    <hyperlink ref="A128" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45514" xr:uid="{30C99A07-85F8-4968-BCC0-301EA4767D79}"/>
+    <hyperlink ref="A168" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45515" xr:uid="{E1DB4F2F-80C6-4252-9DDF-9FA610CEBEBC}"/>
+    <hyperlink ref="A169" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45521" xr:uid="{65C1A845-85DA-417A-8DFB-F8024FFE051D}"/>
+    <hyperlink ref="A170" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45523" xr:uid="{53E4F701-07ED-415B-A847-7A150F236311}"/>
+    <hyperlink ref="A77" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45561" xr:uid="{20DC5B75-D309-4C2F-A760-65A6CEEB0A06}"/>
+    <hyperlink ref="A78" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45569" xr:uid="{3BB40D2F-607E-4504-97AD-71AFD7579AF2}"/>
+    <hyperlink ref="A129" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45589" xr:uid="{230710F3-D3A0-4CB9-BDFB-75266B6092E1}"/>
+    <hyperlink ref="A46" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45598" xr:uid="{1F58CB9B-B187-4E0E-92C0-26A2243E8A0F}"/>
+    <hyperlink ref="A47" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45635" xr:uid="{1B81C74E-ABE7-485D-B99D-47DD581927D1}"/>
+    <hyperlink ref="A130" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45773" xr:uid="{64CC80A3-FE28-42A0-AF70-00E1FC67DF3D}"/>
+    <hyperlink ref="A48" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45788" xr:uid="{C1483901-0CC9-4A00-8CFC-D3DF1A1E5EBE}"/>
+    <hyperlink ref="A223" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45789" xr:uid="{2074B3F6-F746-4F2B-B344-1DC8C96742DF}"/>
+    <hyperlink ref="A171" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45798" xr:uid="{2F9A3B20-720F-469E-A015-98446CD7FE04}"/>
+    <hyperlink ref="A49" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45878" xr:uid="{2F825C91-81CB-4190-BDA5-F722CF60864A}"/>
+    <hyperlink ref="A104" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45955" xr:uid="{0304C1AB-436B-4799-BD42-1FD75D04EA3F}"/>
+    <hyperlink ref="A79" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46015" xr:uid="{B91F1AE0-DF10-4B5B-B929-A12D2E211A30}"/>
+    <hyperlink ref="A80" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46293" xr:uid="{7E90A628-16AD-47F8-B68F-E7AA5866017D}"/>
+    <hyperlink ref="A105" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46295" xr:uid="{E438DAFB-7974-42BE-9222-1602CC8D9BA5}"/>
+    <hyperlink ref="A131" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46307" xr:uid="{5CE69BF8-6FD7-410B-9754-5F38C3AAAA84}"/>
+    <hyperlink ref="A172" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46312" xr:uid="{62C7FB0C-472E-497A-9AD8-A2CFA694646B}"/>
+    <hyperlink ref="A173" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46645" xr:uid="{D373E732-DA7B-4D7B-A438-CE1AFB2D53DF}"/>
+    <hyperlink ref="A174" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46653" xr:uid="{B7272FBC-FD5A-432C-901F-6200888048CE}"/>
+    <hyperlink ref="A81" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46654" xr:uid="{404C4D76-2C83-48CB-BE08-00361F4F4700}"/>
+    <hyperlink ref="A294" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46701" xr:uid="{9CA27079-DF43-405E-92BC-D62E87860C25}"/>
+    <hyperlink ref="A224" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46703" xr:uid="{09C1AF31-2684-4957-AABD-48BF80EAAB92}"/>
+    <hyperlink ref="A50" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46735" xr:uid="{9BB0E5B0-9248-40FF-846F-822F0385572C}"/>
+    <hyperlink ref="A295" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46773" xr:uid="{DDFAF6F0-DD53-4028-91F4-F1381300B771}"/>
+    <hyperlink ref="A175" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46775" xr:uid="{40F026F4-A08B-4232-B4EE-4D9E9BDB8AB9}"/>
+    <hyperlink ref="A51" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46943" xr:uid="{A7940DA7-9DB8-4522-A2A1-5DAC93A8986F}"/>
+    <hyperlink ref="A106" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46945" xr:uid="{BF095F66-B8AD-4BBA-A943-1D008773585F}"/>
+    <hyperlink ref="A107" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46946" xr:uid="{EA8A4A08-D521-4EF4-BFAC-C60D1A4A3C7F}"/>
+    <hyperlink ref="A253" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47067" xr:uid="{72DE5E35-DB0B-4EB7-A180-09DEAF8ADFB5}"/>
+    <hyperlink ref="A82" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47068" xr:uid="{B5B982F2-8422-4852-8CC8-18474B6EDBE8}"/>
+    <hyperlink ref="A83" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47069" xr:uid="{04044530-5F79-4E7B-BD0F-C9997D219713}"/>
+    <hyperlink ref="A84" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47123" xr:uid="{F135C469-EFF8-4B70-BF43-AD3D4680C788}"/>
+    <hyperlink ref="A176" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47177" xr:uid="{B02FABBE-210C-4932-8879-8993958CDFD0}"/>
+    <hyperlink ref="A177" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47179" xr:uid="{3003D469-C7C9-4533-913C-80091D2C0AF3}"/>
+    <hyperlink ref="A225" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47181" xr:uid="{2B424299-904B-42D7-A09E-5272BD13F9A0}"/>
+    <hyperlink ref="A85" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47346" xr:uid="{125EBEDD-C8FE-4C12-94B1-DE494A2E3DDB}"/>
+    <hyperlink ref="A52" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47348" xr:uid="{7135110F-B128-4582-902F-D916AFBC0292}"/>
+    <hyperlink ref="A178" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47350" xr:uid="{AF6DFACB-BF12-48BB-86DB-27049960C06C}"/>
+    <hyperlink ref="A86" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47353" xr:uid="{EB8A8E38-1C92-45E0-91B6-ED61E5309F66}"/>
+    <hyperlink ref="A179" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47655" xr:uid="{DC1F3A69-AB76-421E-BC9D-79F87E15A1A6}"/>
+    <hyperlink ref="A296" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47656" xr:uid="{91F2C760-CF8E-4324-BE86-007BF34706C3}"/>
+    <hyperlink ref="A297" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47657" xr:uid="{D272D744-2293-4A91-944C-A8EB38792AA1}"/>
+    <hyperlink ref="A226" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47658" xr:uid="{6B756EEF-DB0A-4D7A-B7C3-915A1FAA2085}"/>
+    <hyperlink ref="A108" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47659" xr:uid="{48402604-CC02-41C5-A394-46F38362F353}"/>
+    <hyperlink ref="A87" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47773" xr:uid="{E8D47DEA-1185-4908-B7AF-CC98E0C461B9}"/>
+    <hyperlink ref="A88" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47896" xr:uid="{686E4E97-4C1E-4124-9F14-47FF54C8026F}"/>
+    <hyperlink ref="A180" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47897" xr:uid="{CCD6D396-3C30-4519-B2F4-38C68C165493}"/>
+    <hyperlink ref="A53" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47900" xr:uid="{1AC076E9-DD79-4C94-9F53-D55EE8EFACDD}"/>
+    <hyperlink ref="A298" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47929" xr:uid="{75CE4532-139A-4310-895C-2F31434CF893}"/>
+    <hyperlink ref="A227" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47968" xr:uid="{A9979EF3-DB05-4DE2-B8A8-A800E063B21A}"/>
+    <hyperlink ref="A109" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47971" xr:uid="{02D8981D-CEBB-48B1-ABEC-ADB9A5AB2BBC}"/>
+    <hyperlink ref="A181" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47978" xr:uid="{2412BBB5-9DF4-4786-A1FB-F63FA05D8CF2}"/>
+    <hyperlink ref="A54" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47979" xr:uid="{0559DF26-008E-4E19-859E-1A7327F77AEB}"/>
+    <hyperlink ref="A299" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47996" xr:uid="{7F9C3AD9-7509-4F0E-A064-3B5DACB86A72}"/>
+    <hyperlink ref="A254" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56358" xr:uid="{FB1CA7FF-E26C-4FF7-AB0F-4D22D074A55E}"/>
+    <hyperlink ref="A110" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47997" xr:uid="{A55A2674-7E80-4AC4-9AF7-0AB4C2DAEECB}"/>
+    <hyperlink ref="A300" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48002" xr:uid="{777949B3-ED37-4C56-A683-3085C7D0D367}"/>
+    <hyperlink ref="A111" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48015" xr:uid="{B8CE6445-2060-4E4F-8E68-6185DDA6DB8B}"/>
+    <hyperlink ref="A55" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48022" xr:uid="{27F16B60-FB34-4323-B281-0ACB3B54B66E}"/>
+    <hyperlink ref="A132" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48110" xr:uid="{878DC231-13BA-4F1D-A851-51EE1D4EA26B}"/>
+    <hyperlink ref="A228" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48116" xr:uid="{D1A06424-7F52-4A3F-AC27-4F2EB3B72178}"/>
+    <hyperlink ref="A229" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48118" xr:uid="{EE017F74-9AEE-467F-9EF5-6EABAC5E7919}"/>
+    <hyperlink ref="A112" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48148" xr:uid="{AE9DFBD2-76DC-4D39-AD6D-F6DEF9BE6BC6}"/>
+    <hyperlink ref="A56" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48149" xr:uid="{C83D2EA8-6846-4AB0-A5B3-DD03CFCFA357}"/>
+    <hyperlink ref="A230" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48160" xr:uid="{91A26835-8A3C-4E80-BB85-ECBA9EE5B205}"/>
+    <hyperlink ref="A231" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48187" xr:uid="{8E51E346-AA76-45F8-B799-DE54832944AA}"/>
+    <hyperlink ref="A57" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48235" xr:uid="{9211C0BF-DD29-4D5E-A496-90129C45034C}"/>
+    <hyperlink ref="A232" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48261" xr:uid="{5DAFBE39-D816-4611-9B2B-BFEBAE48D420}"/>
+    <hyperlink ref="A58" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48263" xr:uid="{D50FFBA1-CD84-4162-B224-C8FF1FF84FC2}"/>
+    <hyperlink ref="A89" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48270" xr:uid="{405721AE-348B-49BA-B821-7A890FA21D1E}"/>
+    <hyperlink ref="A182" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48289" xr:uid="{334F4473-6E67-46A3-971C-1642BEA9642C}"/>
+    <hyperlink ref="A90" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48294" xr:uid="{9EFF3BAC-4198-4C4A-B326-733A30F22408}"/>
+    <hyperlink ref="A59" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48303" xr:uid="{B12DDBEB-DFE0-49EE-8E08-B21DC128B796}"/>
+    <hyperlink ref="A183" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48326" xr:uid="{F6AD0B21-78D9-4C5C-B63C-E49C9058ECC6}"/>
+    <hyperlink ref="A277" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48349" xr:uid="{F4451FC3-86E6-4AAF-A7A7-5CB80D80DADE}"/>
+    <hyperlink ref="A113" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48372" xr:uid="{1FA2E688-264B-4F9C-BC7C-CA0BFDCA5DAD}"/>
+    <hyperlink ref="A184" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48377" xr:uid="{E0057B92-5FDA-4CB3-84CF-FFC10C48D009}"/>
+    <hyperlink ref="A91" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48426" xr:uid="{DC3DD698-6F6E-4CE8-94DB-57F28CCFBCEF}"/>
+    <hyperlink ref="A255" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48434" xr:uid="{F6B91BEB-1F4C-41C7-92AF-F841313AF5DF}"/>
+    <hyperlink ref="A60" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48443" xr:uid="{DD8C3879-38C8-4386-B982-D664451C7ACF}"/>
+    <hyperlink ref="A233" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48454" xr:uid="{937BE7A3-40A6-42C9-9AC2-B3A31094DA6A}"/>
+    <hyperlink ref="A256" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48459" xr:uid="{201762E4-A27E-45DF-9621-7C5184EEB54C}"/>
+    <hyperlink ref="A92" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48488" xr:uid="{9189D83F-B15C-4A3A-B65F-5CA6C8CDA050}"/>
+    <hyperlink ref="A257" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48513" xr:uid="{C099408B-42E8-45CB-AF24-E16C1270B66E}"/>
+    <hyperlink ref="A234" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48536" xr:uid="{56E1DC2A-F040-4823-89E5-0F645C6A79AB}"/>
+    <hyperlink ref="A185" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48561" xr:uid="{64772570-9E0F-409D-8C44-7884414FDFC0}"/>
+    <hyperlink ref="A278" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48576" xr:uid="{52EF9D28-1B9A-4C94-B070-3855C8CE0CB1}"/>
+    <hyperlink ref="A279" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48606" xr:uid="{49C04D97-A5AF-4E3C-9066-15D630F447DB}"/>
+    <hyperlink ref="A258" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48664" xr:uid="{DFDF2508-D74F-41F1-8ABF-CAA052ADBC43}"/>
+    <hyperlink ref="A114" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48666" xr:uid="{D3FAAF95-4662-4D7B-AB0D-A078C492D7DE}"/>
+    <hyperlink ref="A186" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48670" xr:uid="{DBA02755-82E5-46C7-BDFA-DBA19CF29AA7}"/>
+    <hyperlink ref="A93" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48680" xr:uid="{B80C5C6E-0C97-4224-9AFB-8A660F50E0B1}"/>
+    <hyperlink ref="A187" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48697" xr:uid="{AA4DA0E6-0736-46BE-A8D9-7E566A6A5352}"/>
+    <hyperlink ref="A280" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48701" xr:uid="{C7322999-49F4-4F40-9AB4-3DB61997324E}"/>
+    <hyperlink ref="A259" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48710" xr:uid="{3ED5F28A-C7AA-4EBB-AB47-96CED7552A76}"/>
+    <hyperlink ref="A133" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48773" xr:uid="{DF265E32-E6C7-4B10-B1F2-65E8B4721BC9}"/>
+    <hyperlink ref="A235" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48780" xr:uid="{E32EEA24-2279-4AA7-8CFE-9891C7B87C3D}"/>
+    <hyperlink ref="A188" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48807" xr:uid="{D40BA349-E185-49A0-8292-1C6642F5C7E7}"/>
+    <hyperlink ref="A189" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48814" xr:uid="{7C346159-2DD3-4AFA-A4D1-F9A363901874}"/>
+    <hyperlink ref="A281" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48830" xr:uid="{FEC4C165-8D0B-4154-9624-54BE341A1694}"/>
+    <hyperlink ref="A190" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48849" xr:uid="{19886086-7A78-4717-A4F4-55CE0D37E123}"/>
+    <hyperlink ref="A191" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48852" xr:uid="{7BDFEC79-B28F-41EF-BB2E-BC77AD6B649E}"/>
+    <hyperlink ref="A192" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48863" xr:uid="{23F54A2A-5D4F-430E-8702-2B9123223376}"/>
+    <hyperlink ref="A236" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48871" xr:uid="{7E2A504E-3E84-4534-BCA7-5207627D88B0}"/>
+    <hyperlink ref="A193" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48886" xr:uid="{E7FDC819-1F4B-410B-A7BC-5D3A31A0A36E}"/>
+    <hyperlink ref="A301" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48899" xr:uid="{1E543D9B-7E4D-4DFC-B156-AE85C97D45F5}"/>
+    <hyperlink ref="A194" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48909" xr:uid="{2E347B5E-9738-47E2-A5DE-9416C6AF4F1C}"/>
+    <hyperlink ref="A94" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48941" xr:uid="{68D158AE-8272-4FB8-8C8C-C3455D219797}"/>
+    <hyperlink ref="A237" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49041" xr:uid="{13D56A53-C155-4EED-A484-89C93518A340}"/>
+    <hyperlink ref="A195" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49055" xr:uid="{E26A60CC-FD19-4DF9-8E3B-0DCD6F4A248B}"/>
+    <hyperlink ref="A210" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49189" xr:uid="{D5D38CA4-DF78-4B45-9AEF-6804FAB01C69}"/>
+    <hyperlink ref="A260" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55795" xr:uid="{ADA7D007-D169-4753-8CAE-2C8B10BFF06C}"/>
+    <hyperlink ref="A134" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49366" xr:uid="{60520500-9B4B-4085-8CF7-9DB71A65DD79}"/>
+    <hyperlink ref="A261" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49416" xr:uid="{F7CC5C4E-334D-4817-A194-47E16C310965}"/>
+    <hyperlink ref="A196" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49444" xr:uid="{E07A8E51-D236-4CF5-85D0-98FEF8A5A245}"/>
+    <hyperlink ref="A302" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49449" xr:uid="{82F93C69-04D2-4161-80A1-8E7DA622AA7E}"/>
+    <hyperlink ref="A135" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49478" xr:uid="{FB7EC574-60A7-45C4-A451-9416EE6A042E}"/>
+    <hyperlink ref="A136" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49481" xr:uid="{7A0DE0DF-22A0-4478-B358-B6D47E19661D}"/>
+    <hyperlink ref="A137" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49499" xr:uid="{19F9A851-7523-487B-AE26-78E1710FC4DA}"/>
+    <hyperlink ref="A138" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49677" xr:uid="{FF242B57-79FC-4E88-ABFA-8780B3993B4B}"/>
+    <hyperlink ref="A139" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49822" xr:uid="{BBCDE5BE-E56F-46A3-99C6-B0813E4669BF}"/>
+    <hyperlink ref="A197" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49959" xr:uid="{FD0997EA-5AEC-4240-ADF1-91B5998853DE}"/>
+    <hyperlink ref="A198" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49969" xr:uid="{5E80ADF8-991F-4ADF-8AA9-D917EB97B1DC}"/>
+    <hyperlink ref="A115" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50015" xr:uid="{7F0FE6D2-F8C9-40D9-AFA3-80DDFA5A0D2D}"/>
+    <hyperlink ref="A303" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50085" xr:uid="{9B641B37-7040-4B42-9256-828369FE37C1}"/>
+    <hyperlink ref="A140" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50093" xr:uid="{C3CC09A9-AAC7-4117-A491-FF5702D173F3}"/>
+    <hyperlink ref="A238" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50206" xr:uid="{40722506-2D8F-40B8-A200-9FCD5B863548}"/>
+    <hyperlink ref="A199" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50319" xr:uid="{F7B50DD6-4C20-46D0-837A-6841DA87F476}"/>
+    <hyperlink ref="A304" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50334" xr:uid="{B09EAEBE-FAF1-4FD3-BBA2-4346C6123CBA}"/>
+    <hyperlink ref="A282" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50335" xr:uid="{9FCFA507-7693-4936-82EF-66AD5CE1D382}"/>
+    <hyperlink ref="A200" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50337" xr:uid="{93ABB869-35FE-4EBD-A700-B81CC10771C2}"/>
+    <hyperlink ref="A116" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50778" xr:uid="{C8EF3806-13E8-4B32-B62A-8F9A3501ECAA}"/>
+    <hyperlink ref="A239" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50822" xr:uid="{8B7E46A9-9B68-4AAA-A0B0-652822A49CE4}"/>
+    <hyperlink ref="A201" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50823" xr:uid="{8E6C05B3-8025-433D-96B2-73E53534FBCB}"/>
+    <hyperlink ref="A262" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51041" xr:uid="{CA07A856-00E0-456A-9CC4-D95099EE3A13}"/>
+    <hyperlink ref="A240" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51042" xr:uid="{77FF4AEF-2384-42F8-9FA6-104D9E650E43}"/>
+    <hyperlink ref="A2" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51227" xr:uid="{7706B93A-5445-44AF-BD2F-55060D6556F6}"/>
+    <hyperlink ref="A141" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51232" xr:uid="{204EFF49-B49F-4B5C-98E4-8B48995B77C2}"/>
+    <hyperlink ref="A263" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51334" xr:uid="{63C4E7B7-8E53-4203-9D17-88C8FD87CB0F}"/>
+    <hyperlink ref="A264" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51372" xr:uid="{3F0A72DF-C3DA-4BFC-A37C-787C41E2D49E}"/>
+    <hyperlink ref="A142" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51459" xr:uid="{6125B225-372C-41E5-BE24-45CDFD94FA32}"/>
+    <hyperlink ref="A143" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51566" xr:uid="{C080E883-C3DB-4DA4-9693-181004694A2B}"/>
+    <hyperlink ref="A265" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51616" xr:uid="{1A808B57-0113-4A49-B53A-2B95AD60C9C8}"/>
+    <hyperlink ref="A202" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51621" xr:uid="{8C20B8E3-103B-4978-83D8-9F047AE4925D}"/>
+    <hyperlink ref="A241" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51657" xr:uid="{6215A05A-7010-4630-81BA-98E762766024}"/>
+    <hyperlink ref="A305" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51699" xr:uid="{A93DEA1E-FEE3-49F6-82C9-D9759E49C788}"/>
+    <hyperlink ref="A203" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51700" xr:uid="{D52A0A54-7B4A-4D14-8C63-C8C9BAAFAC29}"/>
+    <hyperlink ref="A204" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51711" xr:uid="{1845B26E-CFA3-4934-8321-0A7E7AA0372D}"/>
+    <hyperlink ref="A117" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51811" xr:uid="{EC6261B4-8EE2-498B-829E-6738244B564D}"/>
+    <hyperlink ref="A242" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51835" xr:uid="{9D85F021-D988-4C8A-85E5-73049B8B8692}"/>
+    <hyperlink ref="A283" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51866" xr:uid="{677BFB6E-DE42-40CD-859B-50CFA79AEB87}"/>
+    <hyperlink ref="A284" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51928" xr:uid="{11D0F321-C6F9-40C0-9D67-014F277CDE91}"/>
+    <hyperlink ref="A243" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52109" xr:uid="{5D0DCBD9-B86E-44B0-BE66-59464FDAE66D}"/>
+    <hyperlink ref="A205" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52173" xr:uid="{6C709DBB-256B-4708-88F3-B474A9CE7188}"/>
+    <hyperlink ref="A206" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52177" xr:uid="{411865B0-AA50-4414-B8B6-F6EB1F333EDA}"/>
+    <hyperlink ref="A244" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52262" xr:uid="{092D1C6B-89B1-4B3E-9A57-1E69F3B1EC68}"/>
+    <hyperlink ref="A306" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52371" xr:uid="{1168C154-C1D2-439F-85F0-8B015FB516B7}"/>
+    <hyperlink ref="A207" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52579" xr:uid="{1C3AF584-B4DC-4100-A65E-925434BF3BEF}"/>
+    <hyperlink ref="A144" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52759" xr:uid="{2A9147D1-7BCC-4257-B344-ED0B2C45C982}"/>
+    <hyperlink ref="A145" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52778" xr:uid="{3B1C7CA6-BB97-4099-8BDC-1DAE108BE03B}"/>
+    <hyperlink ref="A208" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53019" xr:uid="{486C0528-1DA6-4EE6-A8C8-2CADCFECF429}"/>
+    <hyperlink ref="A146" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53079" xr:uid="{DAEC292D-ED4C-4598-9264-1597B6D92214}"/>
+    <hyperlink ref="A209" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53199" xr:uid="{FEB9E9A8-B1CB-4524-9610-1C19A2B8F8F7}"/>
+    <hyperlink ref="A147" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55705" xr:uid="{5CE4DAC8-C5D7-4B4D-AD4B-5EA4180A7CAB}"/>
+    <hyperlink ref="A148" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53200" xr:uid="{55AB6F51-C4B0-4940-BACB-B6CCCB77FD4F}"/>
+    <hyperlink ref="A266" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53729" xr:uid="{124110A2-5FA7-4C9E-9618-2A221D25AD63}"/>
+    <hyperlink ref="A307" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53786" xr:uid="{9B9BDB8E-BC1E-43A5-9F3E-D8DD9E63046D}"/>
+    <hyperlink ref="A245" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54123" xr:uid="{A0FD3B56-7DCC-4EF5-AB00-C133B94395CD}"/>
+    <hyperlink ref="A308" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54597" xr:uid="{31B53EB7-F5AF-49B0-BE7A-D788E7DC6F1E}"/>
+    <hyperlink ref="A246" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54638" xr:uid="{66E34915-AB68-4B27-860D-34A80384CA15}"/>
+    <hyperlink ref="A309" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54639" xr:uid="{93E23218-080E-4117-928A-4DAAF5E863D0}"/>
+    <hyperlink ref="A149" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54777" xr:uid="{6074B7AF-B3D2-478F-BE37-13175CAB7096}"/>
+    <hyperlink ref="A267" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55349" xr:uid="{F3C8D5E4-3A84-4531-8C6E-D90013BB84BA}"/>
+    <hyperlink ref="A310" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55713" xr:uid="{17A40549-A356-4D57-A8AE-B66588635082}"/>
+    <hyperlink ref="A150" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55973" xr:uid="{9F97C8B7-1FDF-40EA-9B45-36733F8EB633}"/>
+    <hyperlink ref="A268" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56717" xr:uid="{D99CBD43-D226-4073-937B-878F242DA192}"/>
+    <hyperlink ref="A311" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57076" xr:uid="{FE756811-24BA-44DF-B4E4-592F80A8EAC5}"/>
+    <hyperlink ref="A312" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57211" xr:uid="{1C91E7AE-65F2-47B4-952A-CB9CEF962130}"/>
+    <hyperlink ref="A247" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57600" xr:uid="{17DADD55-659C-4937-99CB-F1B1CC702C62}"/>
+    <hyperlink ref="A313" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58413" xr:uid="{6CEFDE7C-6AAE-4FF9-A11C-081CF7AB6E59}"/>
+    <hyperlink ref="A152" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58642" xr:uid="{DC968A5F-B170-4720-A7D3-37CEE99482B9}"/>
+    <hyperlink ref="A3" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58643" xr:uid="{89E1ADB8-51D5-4964-92EB-E494AB1FC70A}"/>
+    <hyperlink ref="A269" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59011" xr:uid="{E34CD885-1E14-427A-9269-52EB9A381907}"/>
+    <hyperlink ref="A314" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59014" xr:uid="{98307A80-7D24-42F2-A2E4-5EEB2D736F86}"/>
+    <hyperlink ref="A151" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59142" xr:uid="{80A2FDC0-4A85-4F0E-B396-ABD68A315B93}"/>
+    <hyperlink ref="A285" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59222" xr:uid="{94FC7B9A-45C9-478C-84F5-43DDBA010004}"/>
+    <hyperlink ref="A270" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=34150" xr:uid="{FC0FA251-A4B9-4069-AC02-2E888E6323D0}"/>
+    <hyperlink ref="A315" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33782" xr:uid="{B3FEB3BD-19FF-4306-B9A9-872EB0F69851}"/>
+    <hyperlink ref="A316" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33759" xr:uid="{0E3FCA6E-94D2-4EA4-9DFA-10A92D06DF03}"/>
+    <hyperlink ref="A317" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33565" xr:uid="{72DD3006-DED2-414E-B07E-34AB73CABBF1}"/>
+    <hyperlink ref="A271" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62926" xr:uid="{CB8E4E41-A4B3-4FB5-9CD4-D01522BBFF21}"/>
+    <hyperlink ref="A318" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66230" xr:uid="{E0638FEA-C2AB-4BDE-9CD1-D2855DAB602B}"/>
+    <hyperlink ref="A272" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33598" xr:uid="{6CF0FE17-AE01-46A2-BE4D-F32D1ABDBE35}"/>
+    <hyperlink ref="A319" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33788" xr:uid="{24009870-1A80-42E9-B2FC-BA55186A86F3}"/>
+    <hyperlink ref="A320" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33462" xr:uid="{BF02A107-7442-4F5B-8B50-C3C261E0BCDF}"/>
+    <hyperlink ref="A321" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65512" xr:uid="{7479320F-D936-4715-9A4C-4317C1CAABE1}"/>
+    <hyperlink ref="A322" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67580" xr:uid="{97B33038-6EDD-4C7E-B583-45AA4586BD03}"/>
+    <hyperlink ref="A286" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68215" xr:uid="{9FF85469-9FF6-48BB-9ABC-F1DF1212246B}"/>
+    <hyperlink ref="A323" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67335" xr:uid="{D48F4AE8-60F0-48D5-B6EA-71CFC69BA451}"/>
+    <hyperlink ref="A324" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71088" xr:uid="{73AE4828-9D19-4E7B-86D7-B9488625EDCD}"/>
+    <hyperlink ref="A287" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68450" xr:uid="{2F01246E-0FFA-4A53-857D-267E9CE8CABA}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66430" xr:uid="{5BE0ED18-E8DC-42DE-95EB-EF81567F4094}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65518" xr:uid="{1F41F0B3-80CE-494A-8339-DBAB6E68C967}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68039" xr:uid="{199A5A39-019C-49A4-BFA5-737DF95113FD}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76057" xr:uid="{9546E7B5-7F1B-421A-93DB-0740AE578FA1}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76993" xr:uid="{5DEF3DE3-E0E4-4164-89A6-95D69398487E}"/>
+    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77116" xr:uid="{B3491A96-CD98-4DD9-A7BD-8DEC38E9208A}"/>
+    <hyperlink ref="A331" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{D791275B-FFFE-4E3E-A707-8F9333093C83}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{359B7D27-DCFA-4CF6-8551-578905CDC58C}">
-  <dimension ref="A1:L3"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C017C691-5D6B-4210-8563-F2D9B9A6617C}">
+  <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:G1"/>
+      <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.44140625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="9.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="53.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:12" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>242</v>
+        <v>223</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>243</v>
+        <v>224</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>244</v>
+        <v>225</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>245</v>
-[...4 lines deleted...]
-      <c r="G2" s="7">
+        <v>226</v>
+      </c>
+      <c r="F2" s="6">
         <v>43281</v>
       </c>
     </row>
-    <row r="3" spans="1:12" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G3" s="12">
+    <row r="3" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="F3" s="6">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F4" s="6">
         <v>45473</v>
       </c>
-      <c r="H3" s="13"/>
-[...3 lines deleted...]
-      <c r="L3" s="13"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{478BA74C-E801-44CB-A4C4-84DAFD0D8528}"/>
-    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{F5D28C04-5B08-4060-BD7F-B121CD62BA72}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{58361D97-0D07-4F60-A313-E6566844564E}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45389" xr:uid="{83803169-9BED-449E-A86A-787F82CF1FB3}"/>
+    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{0F366DB3-7F87-4ED3-938E-A6ECCB35C742}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>CRRA-Certified</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>CRRA-Ethics</vt:lpstr>
+      <vt:lpstr>Certified - CRRAs</vt:lpstr>
+      <vt:lpstr>Expired &amp; Inactive -CRRAs</vt:lpstr>
+      <vt:lpstr>Ethics - CRRA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Credential Roster</dc:title>
   <dc:creator>Aunalatice Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>