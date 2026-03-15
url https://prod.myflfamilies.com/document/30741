--- v0 (2026-01-13)
+++ v1 (2026-03-15)
@@ -5,58 +5,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\COMMON\PDESB\0_DataUnitRepository\TANF_hardship\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5503395-FD84-41AC-9D97-FF2AFF1C9CAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C9DCDA5-CC73-48D7-8958-15CDBDB8B95C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report" sheetId="4" r:id="rId1"/>
     <sheet name="FFY Averages" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="Raw Data" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="Lookup" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="Month">Lookup!$A$3:$B$23</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="WORK" guid="{3503905F-60D6-403E-B878-8D9F27A9B0B2}" maximized="1" windowWidth="1280" windowHeight="799" activeSheetId="2"/>
     <customWorkbookView name="SHOW" guid="{F201D0E5-3C4D-4C86-84F0-78AF9FDEC703}" maximized="1" windowWidth="1280" windowHeight="799" activeSheetId="4"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
@@ -2143,51 +2143,51 @@
     <cellStyle name="Normal_CLOK_TMP" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Spin" dx="15" fmlaLink="Lookup!$G$3" max="12" min="1" page="10" val="2"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Spin" dx="15" fmlaLink="Lookup!$G$3" max="12" min="1" page="10" val="4"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>123825</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Spinner 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
@@ -2588,51 +2588,51 @@
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:J114"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="L1" sqref="L1"/>
+      <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.28515625" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" style="54" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" style="54" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" style="54" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.28515625" style="54" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10">
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="38"/>
       <c r="E1" s="38"/>
       <c r="F1" s="15"/>
       <c r="G1" s="15"/>
       <c r="H1" s="38"/>
       <c r="I1" s="38"/>
     </row>
     <row r="2" spans="2:10" ht="18">
@@ -2665,51 +2665,51 @@
       <c r="D4" s="22"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="H4" s="22"/>
       <c r="I4" s="23"/>
     </row>
     <row r="5" spans="2:10" ht="15" customHeight="1">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="96" t="s">
         <v>175</v>
       </c>
       <c r="E5" s="96"/>
       <c r="F5" s="96"/>
       <c r="G5" s="96"/>
       <c r="H5" s="39"/>
       <c r="I5" s="40"/>
     </row>
     <row r="6" spans="2:10" ht="17.45" customHeight="1">
       <c r="B6" s="68" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="86">
         <f>VLOOKUP(Lookup!$G$3,Month,2)</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="D6" s="95" t="s">
         <v>178</v>
       </c>
       <c r="E6" s="95"/>
       <c r="F6" s="95"/>
       <c r="G6" s="95"/>
       <c r="H6" s="94" t="s">
         <v>182</v>
       </c>
       <c r="I6" s="94"/>
     </row>
     <row r="7" spans="2:10" ht="60">
       <c r="B7" s="21" t="s">
         <v>74</v>
       </c>
       <c r="C7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="D7" s="85" t="s">
         <v>174</v>
       </c>
       <c r="E7" s="66" t="s">
         <v>87</v>
       </c>
@@ -2730,147 +2730,147 @@
     <row r="8" spans="2:10">
       <c r="B8" s="16">
         <v>1</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="69">
         <f>'Raw Data'!I204</f>
         <v>377</v>
       </c>
       <c r="E8" s="69">
         <f>D8*0.2</f>
         <v>75.400000000000006</v>
       </c>
       <c r="F8" s="67">
         <f ca="1">Lookup!I15</f>
         <v>28</v>
       </c>
       <c r="G8" s="67">
         <f ca="1">Lookup!J15</f>
         <v>25</v>
       </c>
       <c r="H8" s="42">
         <f ca="1">Lookup!G15</f>
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="I8" s="42">
         <f ca="1">Lookup!H15</f>
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="2:10">
       <c r="B9" s="16"/>
       <c r="C9" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D9" s="69">
         <f>'Raw Data'!I205</f>
         <v>90</v>
       </c>
       <c r="E9" s="69">
         <f>D9*0.2</f>
         <v>18</v>
       </c>
       <c r="F9" s="67">
         <f ca="1">Lookup!I16</f>
         <v>9</v>
       </c>
       <c r="G9" s="67">
         <f ca="1">Lookup!J16</f>
         <v>7</v>
       </c>
       <c r="H9" s="42">
         <f ca="1">Lookup!G16</f>
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I9" s="42">
         <f ca="1">Lookup!H16</f>
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="2:10">
       <c r="B10" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C10" s="9"/>
       <c r="D10" s="43">
         <f>SUBTOTAL(9,D8:D9)</f>
         <v>467</v>
       </c>
       <c r="E10" s="43">
         <f t="shared" ref="E10:E33" si="0">D10*0.2</f>
         <v>93.4</v>
       </c>
       <c r="F10" s="29">
         <f ca="1">SUM(F8:F9)</f>
         <v>37</v>
       </c>
       <c r="G10" s="29">
         <f ca="1">SUM(G8:G9)</f>
         <v>32</v>
       </c>
       <c r="H10" s="43">
         <f ca="1">SUM(H8:H9)</f>
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I10" s="43">
         <f ca="1">SUM(I8:I9)</f>
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="2:10">
       <c r="B11" s="16">
         <v>2</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="69">
         <f>'Raw Data'!I206</f>
         <v>111</v>
       </c>
       <c r="E11" s="69">
         <f t="shared" si="0"/>
         <v>22.200000000000003</v>
       </c>
       <c r="F11" s="67">
         <f ca="1">Lookup!I18</f>
         <v>5</v>
       </c>
       <c r="G11" s="67">
         <f ca="1">Lookup!J18</f>
         <v>5</v>
       </c>
       <c r="H11" s="42">
         <f ca="1">Lookup!G18</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I11" s="42">
         <f ca="1">Lookup!H18</f>
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="2:10">
       <c r="B12" s="16"/>
       <c r="C12" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D12" s="69">
         <f>'Raw Data'!I207</f>
         <v>66</v>
       </c>
       <c r="E12" s="69">
         <f t="shared" si="0"/>
         <v>13.200000000000001</v>
       </c>
       <c r="F12" s="67">
         <f ca="1">Lookup!I19</f>
         <v>0</v>
       </c>
       <c r="G12" s="67">
         <f ca="1">Lookup!J19</f>
         <v>0</v>
       </c>
       <c r="H12" s="42">
         <f ca="1">Lookup!G19</f>
@@ -2882,55 +2882,55 @@
       </c>
     </row>
     <row r="13" spans="2:10">
       <c r="B13" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="43">
         <f>SUBTOTAL(9,D11:D12)</f>
         <v>177</v>
       </c>
       <c r="E13" s="43">
         <f t="shared" si="0"/>
         <v>35.4</v>
       </c>
       <c r="F13" s="29">
         <f ca="1">SUM(F11:F12)</f>
         <v>5</v>
       </c>
       <c r="G13" s="29">
         <f ca="1">SUM(G11:G12)</f>
         <v>5</v>
       </c>
       <c r="H13" s="43">
         <f ca="1">SUM(H11:H12)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I13" s="43">
         <f ca="1">SUM(I11:I12)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="2:10" s="5" customFormat="1">
       <c r="B14" s="16">
         <v>3</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="69">
         <f>'Raw Data'!I208</f>
         <v>10</v>
       </c>
       <c r="E14" s="69">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="F14" s="67">
         <f ca="1">Lookup!I21</f>
         <v>0</v>
       </c>
       <c r="G14" s="67">
         <f ca="1">Lookup!J21</f>
         <v>0</v>
       </c>
@@ -2944,55 +2944,55 @@
       </c>
     </row>
     <row r="15" spans="2:10">
       <c r="B15" s="16"/>
       <c r="C15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D15" s="69">
         <f>'Raw Data'!I209</f>
         <v>35</v>
       </c>
       <c r="E15" s="69">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="F15" s="67">
         <f ca="1">Lookup!I22</f>
         <v>2</v>
       </c>
       <c r="G15" s="67">
         <f ca="1">Lookup!J22</f>
         <v>1</v>
       </c>
       <c r="H15" s="42">
         <f ca="1">Lookup!G22</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I15" s="42">
         <f ca="1">Lookup!H22</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="2:10">
       <c r="B16" s="16"/>
       <c r="C16" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="69">
         <f>'Raw Data'!I210</f>
         <v>61</v>
       </c>
       <c r="E16" s="69">
         <f t="shared" si="0"/>
         <v>12.200000000000001</v>
       </c>
       <c r="F16" s="67">
         <f ca="1">Lookup!I23</f>
         <v>3</v>
       </c>
       <c r="G16" s="67">
         <f ca="1">Lookup!J23</f>
         <v>2</v>
       </c>
       <c r="H16" s="42">
         <f ca="1">Lookup!G23</f>
@@ -3064,87 +3064,87 @@
       </c>
     </row>
     <row r="19" spans="2:9">
       <c r="B19" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="43">
         <f>SUBTOTAL(9,D14:D18)</f>
         <v>151</v>
       </c>
       <c r="E19" s="43">
         <f t="shared" si="0"/>
         <v>30.200000000000003</v>
       </c>
       <c r="F19" s="29">
         <f ca="1">SUM(F14:F18)</f>
         <v>6</v>
       </c>
       <c r="G19" s="29">
         <f ca="1">SUM(G14:G18)</f>
         <v>4</v>
       </c>
       <c r="H19" s="43">
         <f ca="1">SUM(H14:H18)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I19" s="43">
         <f ca="1">SUM(I14:I18)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20" spans="2:9">
       <c r="B20" s="16">
         <v>4</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D20" s="69">
         <f>'Raw Data'!I213</f>
         <v>152</v>
       </c>
       <c r="E20" s="69">
         <f t="shared" si="0"/>
         <v>30.400000000000002</v>
       </c>
       <c r="F20" s="67">
         <f ca="1">Lookup!I27</f>
         <v>10</v>
       </c>
       <c r="G20" s="67">
         <f ca="1">Lookup!J27</f>
         <v>6</v>
       </c>
       <c r="H20" s="42">
         <f ca="1">Lookup!G27</f>
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I20" s="42">
         <f ca="1">Lookup!H27</f>
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21" spans="2:9">
       <c r="B21" s="16"/>
       <c r="C21" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="69">
         <f>'Raw Data'!I214</f>
         <v>13</v>
       </c>
       <c r="E21" s="69">
         <f t="shared" si="0"/>
         <v>2.6</v>
       </c>
       <c r="F21" s="67">
         <f ca="1">Lookup!I28</f>
         <v>0</v>
       </c>
       <c r="G21" s="67">
         <f ca="1">Lookup!J28</f>
         <v>0</v>
       </c>
       <c r="H21" s="42">
         <f ca="1">Lookup!G28</f>
@@ -3186,55 +3186,55 @@
       </c>
     </row>
     <row r="23" spans="2:9">
       <c r="B23" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="9"/>
       <c r="D23" s="43">
         <f>SUBTOTAL(9,D20:D22)</f>
         <v>178</v>
       </c>
       <c r="E23" s="43">
         <f t="shared" si="0"/>
         <v>35.6</v>
       </c>
       <c r="F23" s="29">
         <f ca="1">SUM(F20:F22)</f>
         <v>10</v>
       </c>
       <c r="G23" s="29">
         <f ca="1">SUM(G20:G22)</f>
         <v>6</v>
       </c>
       <c r="H23" s="43">
         <f ca="1">SUM(H20:H22)</f>
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I23" s="43">
         <f ca="1">SUM(I20:I22)</f>
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="2:9">
       <c r="B24" s="16">
         <v>5</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="69">
         <f>'Raw Data'!I216</f>
         <v>66</v>
       </c>
       <c r="E24" s="69">
         <f t="shared" si="0"/>
         <v>13.200000000000001</v>
       </c>
       <c r="F24" s="67">
         <f ca="1">Lookup!I31</f>
         <v>7</v>
       </c>
       <c r="G24" s="67">
         <f ca="1">Lookup!J31</f>
         <v>4</v>
       </c>
@@ -3248,55 +3248,55 @@
       </c>
     </row>
     <row r="25" spans="2:9">
       <c r="B25" s="16"/>
       <c r="C25" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D25" s="69">
         <f>'Raw Data'!I217</f>
         <v>24</v>
       </c>
       <c r="E25" s="69">
         <f t="shared" si="0"/>
         <v>4.8000000000000007</v>
       </c>
       <c r="F25" s="67">
         <f ca="1">Lookup!I32</f>
         <v>28</v>
       </c>
       <c r="G25" s="67">
         <f ca="1">Lookup!J32</f>
         <v>21</v>
       </c>
       <c r="H25" s="42">
         <f ca="1">Lookup!G32</f>
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I25" s="42">
         <f ca="1">Lookup!H32</f>
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="2:9">
       <c r="B26" s="16"/>
       <c r="C26" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="69">
         <f>'Raw Data'!I218</f>
         <v>191</v>
       </c>
       <c r="E26" s="69">
         <f t="shared" si="0"/>
         <v>38.200000000000003</v>
       </c>
       <c r="F26" s="67">
         <f ca="1">Lookup!I33</f>
         <v>0</v>
       </c>
       <c r="G26" s="67">
         <f ca="1">Lookup!J33</f>
         <v>0</v>
       </c>
       <c r="H26" s="42">
         <f ca="1">Lookup!G33</f>
@@ -3308,55 +3308,55 @@
       </c>
     </row>
     <row r="27" spans="2:9">
       <c r="B27" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="43">
         <f>SUBTOTAL(9,D24:D26)</f>
         <v>281</v>
       </c>
       <c r="E27" s="43">
         <f t="shared" si="0"/>
         <v>56.2</v>
       </c>
       <c r="F27" s="29">
         <f ca="1">SUM(F24:F26)</f>
         <v>35</v>
       </c>
       <c r="G27" s="29">
         <f ca="1">SUM(G24:G26)</f>
         <v>25</v>
       </c>
       <c r="H27" s="43">
         <f ca="1">SUM(H24:H26)</f>
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I27" s="43">
         <f ca="1">SUM(I24:I26)</f>
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="2:9">
       <c r="B28" s="16">
         <v>6</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="69">
         <f>'Raw Data'!I219</f>
         <v>16</v>
       </c>
       <c r="E28" s="69">
         <f t="shared" si="0"/>
         <v>3.2</v>
       </c>
       <c r="F28" s="67">
         <f ca="1">Lookup!I35</f>
         <v>4</v>
       </c>
       <c r="G28" s="67">
         <f ca="1">Lookup!J35</f>
         <v>3</v>
       </c>
@@ -3460,143 +3460,143 @@
       </c>
     </row>
     <row r="32" spans="2:9" s="5" customFormat="1">
       <c r="B32" s="16"/>
       <c r="C32" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="69">
         <f>'Raw Data'!I223</f>
         <v>101</v>
       </c>
       <c r="E32" s="69">
         <f t="shared" si="0"/>
         <v>20.200000000000003</v>
       </c>
       <c r="F32" s="67">
         <f ca="1">Lookup!I39</f>
         <v>3</v>
       </c>
       <c r="G32" s="67">
         <f ca="1">Lookup!J39</f>
         <v>1</v>
       </c>
       <c r="H32" s="42">
         <f ca="1">Lookup!G39</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I32" s="42">
         <f ca="1">Lookup!H39</f>
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="2:9">
       <c r="B33" s="16"/>
       <c r="C33" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D33" s="69">
         <f>'Raw Data'!I224</f>
         <v>52</v>
       </c>
       <c r="E33" s="69">
         <f t="shared" si="0"/>
         <v>10.4</v>
       </c>
       <c r="F33" s="67">
         <f ca="1">Lookup!I40</f>
         <v>2</v>
       </c>
       <c r="G33" s="67">
         <f ca="1">Lookup!J40</f>
         <v>1</v>
       </c>
       <c r="H33" s="42">
         <f ca="1">Lookup!G40</f>
         <v>2</v>
       </c>
       <c r="I33" s="42">
         <f ca="1">Lookup!H40</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34" spans="2:9">
       <c r="B34" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="9"/>
       <c r="D34" s="43">
         <f>SUBTOTAL(9,D28:D33)</f>
         <v>222</v>
       </c>
       <c r="E34" s="43">
         <f t="shared" ref="E34:E45" si="1">D34*0.2</f>
         <v>44.400000000000006</v>
       </c>
       <c r="F34" s="29">
         <f ca="1">SUM(F28:F33)</f>
         <v>13</v>
       </c>
       <c r="G34" s="29">
         <f ca="1">SUM(G28:G33)</f>
         <v>8</v>
       </c>
       <c r="H34" s="43">
         <f ca="1">SUM(H28:H33)</f>
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I34" s="43">
         <f ca="1">SUM(I28:I33)</f>
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="2:9">
       <c r="B35" s="16">
         <v>7</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="69">
         <f>'Raw Data'!I225</f>
         <v>54</v>
       </c>
       <c r="E35" s="69">
         <f t="shared" si="1"/>
         <v>10.8</v>
       </c>
       <c r="F35" s="67">
         <f ca="1">Lookup!I42</f>
         <v>11</v>
       </c>
       <c r="G35" s="67">
         <f ca="1">Lookup!J42</f>
         <v>8</v>
       </c>
       <c r="H35" s="42">
         <f ca="1">Lookup!G42</f>
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I35" s="42">
         <f ca="1">Lookup!H42</f>
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="2:9">
       <c r="B36" s="16"/>
       <c r="C36" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D36" s="69">
         <f>'Raw Data'!I226</f>
         <v>171</v>
       </c>
       <c r="E36" s="69">
         <f t="shared" si="1"/>
         <v>34.200000000000003</v>
       </c>
       <c r="F36" s="67">
         <f ca="1">Lookup!I43</f>
         <v>1</v>
       </c>
       <c r="G36" s="67">
         <f ca="1">Lookup!J43</f>
@@ -3672,51 +3672,51 @@
       </c>
     </row>
     <row r="39" spans="2:9">
       <c r="B39" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="9"/>
       <c r="D39" s="43">
         <f>SUBTOTAL(9,D35:D38)</f>
         <v>1530</v>
       </c>
       <c r="E39" s="43">
         <f t="shared" si="1"/>
         <v>306</v>
       </c>
       <c r="F39" s="29">
         <f ca="1">SUM(F35:F38)</f>
         <v>14</v>
       </c>
       <c r="G39" s="29">
         <f ca="1">SUM(G35:G38)</f>
         <v>10</v>
       </c>
       <c r="H39" s="43">
         <f ca="1">SUM(H35:H38)</f>
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I39" s="43">
         <f ca="1">SUM(I35:I38)</f>
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="2:9">
       <c r="B40" s="16">
         <v>8</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="69">
         <f>'Raw Data'!I229</f>
         <v>177</v>
       </c>
       <c r="E40" s="69">
         <f t="shared" si="1"/>
         <v>35.4</v>
       </c>
       <c r="F40" s="67">
         <f ca="1">Lookup!I47</f>
         <v>0</v>
       </c>
@@ -3734,237 +3734,237 @@
       </c>
     </row>
     <row r="41" spans="2:9">
       <c r="B41" s="16"/>
       <c r="C41" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="69">
         <f>'Raw Data'!I230</f>
         <v>81</v>
       </c>
       <c r="E41" s="69">
         <f t="shared" si="1"/>
         <v>16.2</v>
       </c>
       <c r="F41" s="67">
         <f ca="1">Lookup!I48</f>
         <v>4</v>
       </c>
       <c r="G41" s="67">
         <f ca="1">Lookup!J48</f>
         <v>4</v>
       </c>
       <c r="H41" s="42">
         <f ca="1">Lookup!G48</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I41" s="42">
         <f ca="1">Lookup!H48</f>
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42" spans="2:9">
       <c r="B42" s="16"/>
       <c r="C42" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D42" s="69">
         <f>'Raw Data'!I231</f>
         <v>317</v>
       </c>
       <c r="E42" s="69">
         <f t="shared" si="1"/>
         <v>63.400000000000006</v>
       </c>
       <c r="F42" s="67">
         <f ca="1">Lookup!I49</f>
         <v>98</v>
       </c>
       <c r="G42" s="67">
         <f ca="1">Lookup!J49</f>
         <v>62</v>
       </c>
       <c r="H42" s="42">
         <f ca="1">Lookup!G49</f>
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="I42" s="42">
         <f ca="1">Lookup!H49</f>
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="43" spans="2:9">
       <c r="B43" s="16"/>
       <c r="C43" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D43" s="69">
         <f>'Raw Data'!I232</f>
         <v>88</v>
       </c>
       <c r="E43" s="69">
         <f t="shared" si="1"/>
         <v>17.600000000000001</v>
       </c>
       <c r="F43" s="67">
         <f ca="1">Lookup!I50</f>
         <v>6</v>
       </c>
       <c r="G43" s="67">
         <f ca="1">Lookup!J50</f>
         <v>4</v>
       </c>
       <c r="H43" s="42">
         <f ca="1">Lookup!G50</f>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I43" s="42">
         <f ca="1">Lookup!H50</f>
         <v>3</v>
       </c>
     </row>
     <row r="44" spans="2:9">
       <c r="B44" s="16"/>
       <c r="C44" s="17" t="s">
         <v>61</v>
       </c>
       <c r="D44" s="69">
         <f>'Raw Data'!I233</f>
         <v>653</v>
       </c>
       <c r="E44" s="69">
         <f t="shared" si="1"/>
         <v>130.6</v>
       </c>
       <c r="F44" s="67">
         <f ca="1">Lookup!I51</f>
         <v>10</v>
       </c>
       <c r="G44" s="67">
         <f ca="1">Lookup!J51</f>
         <v>5</v>
       </c>
       <c r="H44" s="42">
         <f ca="1">Lookup!G51</f>
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I44" s="42">
         <f ca="1">Lookup!H51</f>
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45" spans="2:9">
       <c r="B45" s="16"/>
       <c r="C45" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D45" s="69">
         <f>'Raw Data'!I234</f>
         <v>408</v>
       </c>
       <c r="E45" s="69">
         <f t="shared" si="1"/>
         <v>81.600000000000009</v>
       </c>
       <c r="F45" s="67">
         <f ca="1">Lookup!I52</f>
         <v>4</v>
       </c>
       <c r="G45" s="67">
         <f ca="1">Lookup!J52</f>
         <v>3</v>
       </c>
       <c r="H45" s="42">
         <f ca="1">Lookup!G52</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I45" s="42">
         <f ca="1">Lookup!H52</f>
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="2:9">
       <c r="B46" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="43">
         <f>SUBTOTAL(9,D40:D45)</f>
         <v>1724</v>
       </c>
       <c r="E46" s="43">
         <f t="shared" ref="E46:E77" si="2">D46*0.2</f>
         <v>344.8</v>
       </c>
       <c r="F46" s="29">
         <f ca="1">SUM(F40:F45)</f>
         <v>122</v>
       </c>
       <c r="G46" s="29">
         <f ca="1">SUM(G40:G45)</f>
         <v>78</v>
       </c>
       <c r="H46" s="43">
         <f ca="1">SUM(H40:H45)</f>
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="I46" s="43">
         <f ca="1">SUM(I40:I45)</f>
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="47" spans="2:9">
       <c r="B47" s="16">
         <v>9</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="69">
         <f>'Raw Data'!I235</f>
         <v>1461</v>
       </c>
       <c r="E47" s="69">
         <f t="shared" si="2"/>
         <v>292.2</v>
       </c>
       <c r="F47" s="67">
         <f ca="1">Lookup!I54</f>
         <v>13</v>
       </c>
       <c r="G47" s="67">
         <f ca="1">Lookup!J54</f>
         <v>6</v>
       </c>
       <c r="H47" s="42">
         <f ca="1">Lookup!G54</f>
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I47" s="42">
         <f ca="1">Lookup!H54</f>
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="2:9" s="5" customFormat="1">
       <c r="B48" s="16"/>
       <c r="C48" s="17" t="s">
         <v>13</v>
       </c>
       <c r="D48" s="69">
         <f>'Raw Data'!I236</f>
         <v>402</v>
       </c>
       <c r="E48" s="69">
         <f t="shared" si="2"/>
         <v>80.400000000000006</v>
       </c>
       <c r="F48" s="67">
         <f ca="1">Lookup!I55</f>
         <v>2</v>
       </c>
       <c r="G48" s="67">
         <f ca="1">Lookup!J55</f>
         <v>1</v>
       </c>
       <c r="H48" s="42">
         <f ca="1">Lookup!G55</f>
@@ -3976,177 +3976,177 @@
       </c>
     </row>
     <row r="49" spans="2:9" s="5" customFormat="1">
       <c r="B49" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C49" s="9"/>
       <c r="D49" s="43">
         <f>SUBTOTAL(9,D47:D48)</f>
         <v>1863</v>
       </c>
       <c r="E49" s="43">
         <f t="shared" si="2"/>
         <v>372.6</v>
       </c>
       <c r="F49" s="29">
         <f ca="1">SUM(F47:F48)</f>
         <v>15</v>
       </c>
       <c r="G49" s="29">
         <f ca="1">SUM(G47:G48)</f>
         <v>7</v>
       </c>
       <c r="H49" s="43">
         <f ca="1">SUM(H47:H48)</f>
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="I49" s="43">
         <f ca="1">SUM(I47:I48)</f>
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="2:9">
       <c r="B50" s="16">
         <v>10</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D50" s="69">
         <f>'Raw Data'!I237</f>
         <v>330</v>
       </c>
       <c r="E50" s="69">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="F50" s="67">
         <f ca="1">Lookup!I57</f>
         <v>20</v>
       </c>
       <c r="G50" s="67">
         <f ca="1">Lookup!J57</f>
         <v>17</v>
       </c>
       <c r="H50" s="42">
         <f ca="1">Lookup!G57</f>
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I50" s="42">
         <f ca="1">Lookup!H57</f>
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="2:9">
       <c r="B51" s="16"/>
       <c r="C51" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D51" s="69">
         <f>'Raw Data'!I238</f>
         <v>80</v>
       </c>
       <c r="E51" s="69">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="F51" s="67">
         <f ca="1">Lookup!I58</f>
         <v>3</v>
       </c>
       <c r="G51" s="67">
         <f ca="1">Lookup!J58</f>
         <v>2</v>
       </c>
       <c r="H51" s="42">
         <f ca="1">Lookup!G58</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I51" s="42">
         <f ca="1">Lookup!H58</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="2:9">
       <c r="B52" s="16"/>
       <c r="C52" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D52" s="69">
         <f>'Raw Data'!I239</f>
         <v>302</v>
       </c>
       <c r="E52" s="69">
         <f t="shared" si="2"/>
         <v>60.400000000000006</v>
       </c>
       <c r="F52" s="67">
         <f ca="1">Lookup!I59</f>
         <v>46</v>
       </c>
       <c r="G52" s="67">
         <f ca="1">Lookup!J59</f>
         <v>35</v>
       </c>
       <c r="H52" s="42">
         <f ca="1">Lookup!G59</f>
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I52" s="42">
         <f ca="1">Lookup!H59</f>
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="53" spans="2:9">
       <c r="B53" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C53" s="9"/>
       <c r="D53" s="43">
         <f>SUBTOTAL(9,D50:D52)</f>
         <v>712</v>
       </c>
       <c r="E53" s="43">
         <f t="shared" si="2"/>
         <v>142.4</v>
       </c>
       <c r="F53" s="29">
         <f ca="1">SUM(F50:F52)</f>
         <v>69</v>
       </c>
       <c r="G53" s="29">
         <f ca="1">SUM(G50:G52)</f>
         <v>54</v>
       </c>
       <c r="H53" s="43">
         <f ca="1">SUM(H50:H52)</f>
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="I53" s="43">
         <f ca="1">SUM(I50:I52)</f>
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="2:9">
       <c r="B54" s="16">
         <v>11</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D54" s="69">
         <f>'Raw Data'!I240</f>
         <v>640</v>
       </c>
       <c r="E54" s="69">
         <f t="shared" si="2"/>
         <v>128</v>
       </c>
       <c r="F54" s="67">
         <f ca="1">Lookup!I61</f>
         <v>4</v>
       </c>
       <c r="G54" s="67">
         <f ca="1">Lookup!J61</f>
         <v>3</v>
       </c>
@@ -4160,207 +4160,207 @@
       </c>
     </row>
     <row r="55" spans="2:9">
       <c r="B55" s="16"/>
       <c r="C55" s="17" t="s">
         <v>69</v>
       </c>
       <c r="D55" s="69">
         <f>'Raw Data'!I241</f>
         <v>1341</v>
       </c>
       <c r="E55" s="69">
         <f t="shared" si="2"/>
         <v>268.2</v>
       </c>
       <c r="F55" s="67">
         <f ca="1">Lookup!I62</f>
         <v>46</v>
       </c>
       <c r="G55" s="67">
         <f ca="1">Lookup!J62</f>
         <v>32</v>
       </c>
       <c r="H55" s="42">
         <f ca="1">Lookup!G62</f>
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I55" s="42">
         <f ca="1">Lookup!H62</f>
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="56" spans="2:9">
       <c r="B56" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C56" s="9"/>
       <c r="D56" s="43">
         <f>SUBTOTAL(9,D54:D55)</f>
         <v>1981</v>
       </c>
       <c r="E56" s="43">
         <f t="shared" si="2"/>
         <v>396.20000000000005</v>
       </c>
       <c r="F56" s="29">
         <f ca="1">SUM(F54:F55)</f>
         <v>50</v>
       </c>
       <c r="G56" s="29">
         <f ca="1">SUM(G54:G55)</f>
         <v>35</v>
       </c>
       <c r="H56" s="43">
         <f ca="1">SUM(H54:H55)</f>
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I56" s="43">
         <f ca="1">SUM(I54:I55)</f>
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="2:9" s="5" customFormat="1">
       <c r="B57" s="16">
         <v>12</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D57" s="69">
         <f>'Raw Data'!I242</f>
         <v>410</v>
       </c>
       <c r="E57" s="69">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
       <c r="F57" s="67">
         <f ca="1">Lookup!I64</f>
         <v>34</v>
       </c>
       <c r="G57" s="67">
         <f ca="1">Lookup!J64</f>
         <v>20</v>
       </c>
       <c r="H57" s="42">
         <f ca="1">Lookup!G64</f>
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I57" s="42">
         <f ca="1">Lookup!H64</f>
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="2:9">
       <c r="B58" s="16"/>
       <c r="C58" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D58" s="69">
         <f>'Raw Data'!I243</f>
         <v>315</v>
       </c>
       <c r="E58" s="69">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
       <c r="F58" s="67">
         <f ca="1">Lookup!I65</f>
         <v>151</v>
       </c>
       <c r="G58" s="67">
         <f ca="1">Lookup!J65</f>
         <v>106</v>
       </c>
       <c r="H58" s="42">
         <f ca="1">Lookup!G65</f>
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="I58" s="42">
         <f ca="1">Lookup!H65</f>
-        <v>55</v>
+        <v>72</v>
       </c>
     </row>
     <row r="59" spans="2:9">
       <c r="B59" s="16"/>
       <c r="C59" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D59" s="69">
         <f>'Raw Data'!I244</f>
         <v>49</v>
       </c>
       <c r="E59" s="69">
         <f t="shared" si="2"/>
         <v>9.8000000000000007</v>
       </c>
       <c r="F59" s="67">
         <f ca="1">Lookup!I66</f>
         <v>47</v>
       </c>
       <c r="G59" s="67">
         <f ca="1">Lookup!J66</f>
         <v>30</v>
       </c>
       <c r="H59" s="42">
         <f ca="1">Lookup!G66</f>
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I59" s="42">
         <f ca="1">Lookup!H66</f>
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="2:9">
       <c r="B60" s="16"/>
       <c r="C60" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D60" s="69">
         <f>'Raw Data'!I245</f>
         <v>50</v>
       </c>
       <c r="E60" s="69">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="F60" s="67">
         <f ca="1">Lookup!I67</f>
         <v>31</v>
       </c>
       <c r="G60" s="67">
         <f ca="1">Lookup!J67</f>
         <v>22</v>
       </c>
       <c r="H60" s="42">
         <f ca="1">Lookup!G67</f>
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I60" s="42">
         <f ca="1">Lookup!H67</f>
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="2:9">
       <c r="B61" s="16"/>
       <c r="C61" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D61" s="69">
         <f>'Raw Data'!I246</f>
         <v>222</v>
       </c>
       <c r="E61" s="69">
         <f t="shared" si="2"/>
         <v>44.400000000000006</v>
       </c>
       <c r="F61" s="67">
         <f ca="1">Lookup!I68</f>
         <v>3</v>
       </c>
       <c r="G61" s="67">
         <f ca="1">Lookup!J68</f>
         <v>2</v>
       </c>
       <c r="H61" s="42">
         <f ca="1">Lookup!G68</f>
@@ -4372,610 +4372,610 @@
       </c>
     </row>
     <row r="62" spans="2:9">
       <c r="B62" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C62" s="9"/>
       <c r="D62" s="43">
         <f>SUBTOTAL(9,D57:D61)</f>
         <v>1046</v>
       </c>
       <c r="E62" s="43">
         <f t="shared" si="2"/>
         <v>209.20000000000002</v>
       </c>
       <c r="F62" s="29">
         <f ca="1">SUM(F57:F61)</f>
         <v>266</v>
       </c>
       <c r="G62" s="29">
         <f ca="1">SUM(G57:G61)</f>
         <v>180</v>
       </c>
       <c r="H62" s="43">
         <f ca="1">SUM(H57:H61)</f>
-        <v>130</v>
+        <v>168</v>
       </c>
       <c r="I62" s="43">
         <f ca="1">SUM(I57:I61)</f>
-        <v>83</v>
+        <v>112</v>
       </c>
     </row>
     <row r="63" spans="2:9" s="5" customFormat="1">
       <c r="B63" s="16">
         <v>13</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="69">
         <f>'Raw Data'!I247</f>
         <v>81</v>
       </c>
       <c r="E63" s="69">
         <f t="shared" si="2"/>
         <v>16.2</v>
       </c>
       <c r="F63" s="67">
         <f ca="1">Lookup!I70</f>
         <v>43</v>
       </c>
       <c r="G63" s="67">
         <f ca="1">Lookup!J70</f>
         <v>34</v>
       </c>
       <c r="H63" s="42">
         <f ca="1">Lookup!G70</f>
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I63" s="42">
         <f ca="1">Lookup!H70</f>
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="2:9" s="5" customFormat="1">
       <c r="B64" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C64" s="9"/>
       <c r="D64" s="43">
         <f>SUBTOTAL(9,D63:D63)</f>
         <v>81</v>
       </c>
       <c r="E64" s="43">
         <f t="shared" si="2"/>
         <v>16.2</v>
       </c>
       <c r="F64" s="29">
         <f ca="1">SUM(F63)</f>
         <v>43</v>
       </c>
       <c r="G64" s="29">
         <f ca="1">SUM(G63)</f>
         <v>34</v>
       </c>
       <c r="H64" s="43">
         <f ca="1">SUM(H63)</f>
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I64" s="43">
         <f ca="1">SUM(I63)</f>
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="2:10">
       <c r="B65" s="16">
         <v>14</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D65" s="69">
         <f>'Raw Data'!I248</f>
         <v>47</v>
       </c>
       <c r="E65" s="69">
         <f t="shared" si="2"/>
         <v>9.4</v>
       </c>
       <c r="F65" s="67">
         <f ca="1">Lookup!I72</f>
         <v>82</v>
       </c>
       <c r="G65" s="67">
         <f ca="1">Lookup!J72</f>
         <v>60</v>
       </c>
       <c r="H65" s="42">
         <f ca="1">Lookup!G72</f>
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I65" s="42">
         <f ca="1">Lookup!H72</f>
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="66" spans="2:10">
       <c r="B66" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C66" s="9"/>
       <c r="D66" s="43">
         <f>SUBTOTAL(9,D65:D65)</f>
         <v>47</v>
       </c>
       <c r="E66" s="43">
         <f t="shared" si="2"/>
         <v>9.4</v>
       </c>
       <c r="F66" s="29">
         <f ca="1">SUM(F65)</f>
         <v>82</v>
       </c>
       <c r="G66" s="29">
         <f ca="1">SUM(G65)</f>
         <v>60</v>
       </c>
       <c r="H66" s="43">
         <f ca="1">SUM(H65)</f>
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I66" s="43">
         <f ca="1">SUM(I65)</f>
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="67" spans="2:10">
       <c r="B67" s="16">
         <v>15</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D67" s="69">
         <f>'Raw Data'!I249</f>
         <v>19</v>
       </c>
       <c r="E67" s="69">
         <f t="shared" si="2"/>
         <v>3.8000000000000003</v>
       </c>
       <c r="F67" s="67">
         <f ca="1">Lookup!I74</f>
         <v>188</v>
       </c>
       <c r="G67" s="67">
         <f ca="1">Lookup!J74</f>
         <v>146</v>
       </c>
       <c r="H67" s="42">
         <f ca="1">Lookup!G74</f>
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="I67" s="42">
         <f ca="1">Lookup!H74</f>
-        <v>87</v>
+        <v>103</v>
       </c>
     </row>
     <row r="68" spans="2:10">
       <c r="B68" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C68" s="9"/>
       <c r="D68" s="43">
         <f>SUBTOTAL(9,D67:D67)</f>
         <v>19</v>
       </c>
       <c r="E68" s="43">
         <f t="shared" si="2"/>
         <v>3.8000000000000003</v>
       </c>
       <c r="F68" s="29">
         <f ca="1">SUM(F67)</f>
         <v>188</v>
       </c>
       <c r="G68" s="29">
         <f ca="1">SUM(G67)</f>
         <v>146</v>
       </c>
       <c r="H68" s="43">
         <f ca="1">SUM(H67)</f>
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="I68" s="43">
         <f ca="1">SUM(I67)</f>
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="J68" s="11"/>
     </row>
     <row r="69" spans="2:10">
       <c r="B69" s="16">
         <v>16</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D69" s="69">
         <f>'Raw Data'!I250</f>
         <v>257</v>
       </c>
       <c r="E69" s="69">
         <f t="shared" si="2"/>
         <v>51.400000000000006</v>
       </c>
       <c r="F69" s="67">
         <f ca="1">Lookup!I76</f>
         <v>22</v>
       </c>
       <c r="G69" s="67">
         <f ca="1">Lookup!J76</f>
         <v>16</v>
       </c>
       <c r="H69" s="42">
         <f ca="1">Lookup!G76</f>
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I69" s="42">
         <f ca="1">Lookup!H76</f>
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="2:10">
       <c r="B70" s="16"/>
       <c r="C70" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D70" s="69">
         <f>'Raw Data'!I251</f>
         <v>934</v>
       </c>
       <c r="E70" s="69">
         <f t="shared" si="2"/>
         <v>186.8</v>
       </c>
       <c r="F70" s="67">
         <f ca="1">Lookup!I77</f>
         <v>50</v>
       </c>
       <c r="G70" s="67">
         <f ca="1">Lookup!J77</f>
         <v>41</v>
       </c>
       <c r="H70" s="42">
         <f ca="1">Lookup!G77</f>
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I70" s="42">
         <f ca="1">Lookup!H77</f>
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="2:10">
       <c r="B71" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C71" s="9"/>
       <c r="D71" s="43">
         <f>SUBTOTAL(9,D69:D70)</f>
         <v>1191</v>
       </c>
       <c r="E71" s="43">
         <f t="shared" si="2"/>
         <v>238.20000000000002</v>
       </c>
       <c r="F71" s="29">
         <f ca="1">SUM(F69:F70)</f>
         <v>72</v>
       </c>
       <c r="G71" s="29">
         <f ca="1">SUM(G69:G70)</f>
         <v>57</v>
       </c>
       <c r="H71" s="43">
         <f ca="1">SUM(H69:H70)</f>
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I71" s="43">
         <f ca="1">SUM(I69:I70)</f>
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="72" spans="2:10">
       <c r="B72" s="16">
         <v>17</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D72" s="69">
         <f>'Raw Data'!I252</f>
         <v>1313</v>
       </c>
       <c r="E72" s="69">
         <f t="shared" si="2"/>
         <v>262.60000000000002</v>
       </c>
       <c r="F72" s="67">
         <f ca="1">Lookup!I79</f>
         <v>94</v>
       </c>
       <c r="G72" s="67">
         <f ca="1">Lookup!J79</f>
         <v>61</v>
       </c>
       <c r="H72" s="42">
         <f ca="1">Lookup!G79</f>
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="I72" s="42">
         <f ca="1">Lookup!H79</f>
-        <v>34</v>
+        <v>46</v>
       </c>
     </row>
     <row r="73" spans="2:10">
       <c r="B73" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C73" s="9"/>
       <c r="D73" s="43">
         <f>SUBTOTAL(9,D72:D72)</f>
         <v>1313</v>
       </c>
       <c r="E73" s="43">
         <f t="shared" si="2"/>
         <v>262.60000000000002</v>
       </c>
       <c r="F73" s="29">
         <f ca="1">SUM(F72)</f>
         <v>94</v>
       </c>
       <c r="G73" s="29">
         <f ca="1">SUM(G72)</f>
         <v>61</v>
       </c>
       <c r="H73" s="43">
         <f ca="1">SUM(H72)</f>
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="I73" s="43">
         <f ca="1">SUM(I72)</f>
-        <v>34</v>
+        <v>46</v>
       </c>
     </row>
     <row r="74" spans="2:10" s="5" customFormat="1">
       <c r="B74" s="16">
         <v>18</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D74" s="69">
         <f>'Raw Data'!I253</f>
         <v>3314</v>
       </c>
       <c r="E74" s="69">
         <f t="shared" si="2"/>
         <v>662.80000000000007</v>
       </c>
       <c r="F74" s="67">
         <f ca="1">Lookup!I81</f>
         <v>30</v>
       </c>
       <c r="G74" s="67">
         <f ca="1">Lookup!J81</f>
         <v>26</v>
       </c>
       <c r="H74" s="42">
         <f ca="1">Lookup!G81</f>
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I74" s="42">
         <f ca="1">Lookup!H81</f>
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="2:10">
       <c r="B75" s="16"/>
       <c r="C75" s="17" t="s">
         <v>63</v>
       </c>
       <c r="D75" s="69">
         <f>'Raw Data'!I254</f>
         <v>155</v>
       </c>
       <c r="E75" s="69">
         <f t="shared" si="2"/>
         <v>31</v>
       </c>
       <c r="F75" s="67">
         <f ca="1">Lookup!I82</f>
         <v>18</v>
       </c>
       <c r="G75" s="67">
         <f ca="1">Lookup!J82</f>
         <v>15</v>
       </c>
       <c r="H75" s="42">
         <f ca="1">Lookup!G82</f>
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="I75" s="42">
         <f ca="1">Lookup!H82</f>
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="2:10">
       <c r="B76" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C76" s="9"/>
       <c r="D76" s="43">
         <f>SUBTOTAL(9,D74:D75)</f>
         <v>3469</v>
       </c>
       <c r="E76" s="43">
         <f t="shared" si="2"/>
         <v>693.80000000000007</v>
       </c>
       <c r="F76" s="29">
         <f ca="1">SUM(F74:F75)</f>
         <v>48</v>
       </c>
       <c r="G76" s="29">
         <f ca="1">SUM(G74:G75)</f>
         <v>41</v>
       </c>
       <c r="H76" s="43">
         <f ca="1">SUM(H74:H75)</f>
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I76" s="43">
         <f ca="1">SUM(I74:I75)</f>
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="77" spans="2:10" s="5" customFormat="1">
       <c r="B77" s="16">
         <v>19</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D77" s="69">
         <f>'Raw Data'!I255</f>
         <v>156</v>
       </c>
       <c r="E77" s="69">
         <f t="shared" si="2"/>
         <v>31.200000000000003</v>
       </c>
       <c r="F77" s="67">
         <f ca="1">Lookup!I84</f>
         <v>4</v>
       </c>
       <c r="G77" s="67">
         <f ca="1">Lookup!J84</f>
         <v>4</v>
       </c>
       <c r="H77" s="42">
         <f ca="1">Lookup!G84</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I77" s="42">
         <f ca="1">Lookup!H84</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="78" spans="2:10">
       <c r="B78" s="16"/>
       <c r="C78" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D78" s="69">
         <f>'Raw Data'!I256</f>
         <v>7</v>
       </c>
       <c r="E78" s="69">
         <f t="shared" ref="E78:E98" si="3">D78*0.2</f>
         <v>1.4000000000000001</v>
       </c>
       <c r="F78" s="67">
         <f ca="1">Lookup!I85</f>
         <v>2</v>
       </c>
       <c r="G78" s="67">
         <f ca="1">Lookup!J85</f>
         <v>2</v>
       </c>
       <c r="H78" s="42">
         <f ca="1">Lookup!G85</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I78" s="42">
         <f ca="1">Lookup!H85</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="79" spans="2:10" s="5" customFormat="1">
       <c r="B79" s="16"/>
       <c r="C79" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D79" s="69">
         <f>'Raw Data'!I257</f>
         <v>109</v>
       </c>
       <c r="E79" s="69">
         <f t="shared" si="3"/>
         <v>21.8</v>
       </c>
       <c r="F79" s="67">
         <f ca="1">Lookup!I86</f>
         <v>11</v>
       </c>
       <c r="G79" s="67">
         <f ca="1">Lookup!J86</f>
         <v>6</v>
       </c>
       <c r="H79" s="42">
         <f ca="1">Lookup!G86</f>
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I79" s="42">
         <f ca="1">Lookup!H86</f>
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="80" spans="2:10" s="5" customFormat="1">
       <c r="B80" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C80" s="9"/>
       <c r="D80" s="43">
         <f>SUBTOTAL(9,D77:D79)</f>
         <v>272</v>
       </c>
       <c r="E80" s="43">
         <f t="shared" si="3"/>
         <v>54.400000000000006</v>
       </c>
       <c r="F80" s="29">
         <f ca="1">SUM(F77:F79)</f>
         <v>17</v>
       </c>
       <c r="G80" s="29">
         <f ca="1">SUM(G77:G79)</f>
         <v>12</v>
       </c>
       <c r="H80" s="43">
         <f ca="1">SUM(H77:H79)</f>
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="I80" s="43">
         <f ca="1">SUM(I77:I79)</f>
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="2:9">
       <c r="B81" s="16">
         <v>20</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D81" s="69">
         <f>'Raw Data'!I258</f>
         <v>784</v>
       </c>
       <c r="E81" s="69">
         <f t="shared" si="3"/>
         <v>156.80000000000001</v>
       </c>
       <c r="F81" s="67">
         <f ca="1">Lookup!I88</f>
         <v>4</v>
       </c>
       <c r="G81" s="67">
         <f ca="1">Lookup!J88</f>
         <v>3</v>
       </c>
@@ -4993,51 +4993,51 @@
       <c r="C82" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D82" s="69">
         <f>'Raw Data'!I259</f>
         <v>38</v>
       </c>
       <c r="E82" s="69">
         <f t="shared" si="3"/>
         <v>7.6000000000000005</v>
       </c>
       <c r="F82" s="67">
         <f ca="1">Lookup!I89</f>
         <v>2</v>
       </c>
       <c r="G82" s="67">
         <f ca="1">Lookup!J89</f>
         <v>1</v>
       </c>
       <c r="H82" s="42">
         <f ca="1">Lookup!G89</f>
         <v>3</v>
       </c>
       <c r="I82" s="42">
         <f ca="1">Lookup!H89</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="83" spans="2:9" s="5" customFormat="1">
       <c r="B83" s="16"/>
       <c r="C83" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D83" s="69">
         <f>'Raw Data'!I260</f>
         <v>239</v>
       </c>
       <c r="E83" s="69">
         <f t="shared" si="3"/>
         <v>47.800000000000004</v>
       </c>
       <c r="F83" s="67">
         <f ca="1">Lookup!I90</f>
         <v>0</v>
       </c>
       <c r="G83" s="67">
         <f ca="1">Lookup!J90</f>
         <v>0</v>
       </c>
       <c r="H83" s="42">
         <f ca="1">Lookup!G90</f>
@@ -5049,241 +5049,241 @@
       </c>
     </row>
     <row r="84" spans="2:9">
       <c r="B84" s="16"/>
       <c r="C84" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D84" s="69">
         <f>'Raw Data'!I261</f>
         <v>38</v>
       </c>
       <c r="E84" s="69">
         <f t="shared" si="3"/>
         <v>7.6000000000000005</v>
       </c>
       <c r="F84" s="67">
         <f ca="1">Lookup!I91</f>
         <v>10</v>
       </c>
       <c r="G84" s="67">
         <f ca="1">Lookup!J91</f>
         <v>7</v>
       </c>
       <c r="H84" s="42">
         <f ca="1">Lookup!G91</f>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I84" s="42">
         <f ca="1">Lookup!H91</f>
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85" spans="2:9">
       <c r="B85" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C85" s="9"/>
       <c r="D85" s="43">
         <f>SUBTOTAL(9,D81:D84)</f>
         <v>1099</v>
       </c>
       <c r="E85" s="43">
         <f t="shared" si="3"/>
         <v>219.8</v>
       </c>
       <c r="F85" s="29">
         <f ca="1">SUM(F81:F84)</f>
         <v>16</v>
       </c>
       <c r="G85" s="29">
         <f ca="1">SUM(G81:G84)</f>
         <v>11</v>
       </c>
       <c r="H85" s="43">
         <f ca="1">SUM(H81:H84)</f>
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I85" s="43">
         <f ca="1">SUM(I81:I84)</f>
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="2:9">
       <c r="B86" s="16">
         <v>21</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D86" s="69">
         <f>'Raw Data'!I262</f>
         <v>173</v>
       </c>
       <c r="E86" s="69">
         <f t="shared" si="3"/>
         <v>34.6</v>
       </c>
       <c r="F86" s="67">
         <f ca="1">Lookup!I93</f>
         <v>18</v>
       </c>
       <c r="G86" s="67">
         <f ca="1">Lookup!J93</f>
         <v>12</v>
       </c>
       <c r="H86" s="42">
         <f ca="1">Lookup!G93</f>
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I86" s="42">
         <f ca="1">Lookup!H93</f>
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="87" spans="2:9">
       <c r="B87" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C87" s="9"/>
       <c r="D87" s="43">
         <f>SUBTOTAL(9,D86:D86)</f>
         <v>173</v>
       </c>
       <c r="E87" s="43">
         <f t="shared" si="3"/>
         <v>34.6</v>
       </c>
       <c r="F87" s="29">
         <f ca="1">SUM(F86)</f>
         <v>18</v>
       </c>
       <c r="G87" s="29">
         <f ca="1">SUM(G86)</f>
         <v>12</v>
       </c>
       <c r="H87" s="43">
         <f ca="1">SUM(H86)</f>
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I87" s="43">
         <f ca="1">SUM(I86)</f>
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="88" spans="2:9" s="5" customFormat="1">
       <c r="B88" s="16">
         <v>22</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>15</v>
       </c>
       <c r="D88" s="69">
         <f>'Raw Data'!I263</f>
         <v>51</v>
       </c>
       <c r="E88" s="69">
         <f t="shared" si="3"/>
         <v>10.200000000000001</v>
       </c>
       <c r="F88" s="67">
         <f ca="1">Lookup!I95</f>
         <v>70</v>
       </c>
       <c r="G88" s="67">
         <f ca="1">Lookup!J95</f>
         <v>40</v>
       </c>
       <c r="H88" s="42">
         <f ca="1">Lookup!G95</f>
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I88" s="42">
         <f ca="1">Lookup!H95</f>
         <v>26</v>
       </c>
     </row>
     <row r="89" spans="2:9" s="5" customFormat="1">
       <c r="B89" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C89" s="9"/>
       <c r="D89" s="43">
         <f>SUBTOTAL(9,D88:D88)</f>
         <v>51</v>
       </c>
       <c r="E89" s="43">
         <f t="shared" si="3"/>
         <v>10.200000000000001</v>
       </c>
       <c r="F89" s="29">
         <f ca="1">SUM(F88)</f>
         <v>70</v>
       </c>
       <c r="G89" s="29">
         <f ca="1">SUM(G88)</f>
         <v>40</v>
       </c>
       <c r="H89" s="43">
         <f ca="1">SUM(H88)</f>
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I89" s="43">
         <f ca="1">SUM(I88)</f>
         <v>26</v>
       </c>
     </row>
     <row r="90" spans="2:9">
       <c r="B90" s="16">
         <v>23</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D90" s="69">
         <f>'Raw Data'!I264</f>
         <v>33</v>
       </c>
       <c r="E90" s="69">
         <f t="shared" si="3"/>
         <v>6.6000000000000005</v>
       </c>
       <c r="F90" s="67">
         <f ca="1">Lookup!I97</f>
         <v>176</v>
       </c>
       <c r="G90" s="67">
         <f ca="1">Lookup!J97</f>
         <v>123</v>
       </c>
       <c r="H90" s="42">
         <f ca="1">Lookup!G97</f>
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="I90" s="42">
         <f ca="1">Lookup!H97</f>
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="91" spans="2:9">
       <c r="B91" s="16"/>
       <c r="C91" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D91" s="69">
         <f>'Raw Data'!I265</f>
         <v>21</v>
       </c>
       <c r="E91" s="69">
         <f t="shared" si="3"/>
         <v>4.2</v>
       </c>
       <c r="F91" s="67">
         <f ca="1">Lookup!I98</f>
         <v>0</v>
       </c>
       <c r="G91" s="67">
         <f ca="1">Lookup!J98</f>
         <v>0</v>
       </c>
       <c r="H91" s="42">
         <f ca="1">Lookup!G98</f>
@@ -5295,87 +5295,87 @@
       </c>
     </row>
     <row r="92" spans="2:9">
       <c r="B92" s="18" t="s">
         <v>73</v>
       </c>
       <c r="C92" s="9"/>
       <c r="D92" s="43">
         <f>SUBTOTAL(9,D90:D91)</f>
         <v>54</v>
       </c>
       <c r="E92" s="43">
         <f t="shared" si="3"/>
         <v>10.8</v>
       </c>
       <c r="F92" s="29">
         <f ca="1">SUM(F90:F91)</f>
         <v>176</v>
       </c>
       <c r="G92" s="29">
         <f ca="1">SUM(G90:G91)</f>
         <v>123</v>
       </c>
       <c r="H92" s="43">
         <f ca="1">SUM(H90:H91)</f>
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="I92" s="43">
         <f ca="1">SUM(I90:I91)</f>
-        <v>83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="93" spans="2:9">
       <c r="B93" s="16">
         <v>24</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D93" s="69">
         <f>'Raw Data'!I266</f>
         <v>701</v>
       </c>
       <c r="E93" s="69">
         <f t="shared" si="3"/>
         <v>140.20000000000002</v>
       </c>
       <c r="F93" s="67">
         <f ca="1">Lookup!I100</f>
         <v>7</v>
       </c>
       <c r="G93" s="67">
         <f ca="1">Lookup!J100</f>
         <v>5</v>
       </c>
       <c r="H93" s="42">
         <f ca="1">Lookup!G100</f>
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I93" s="42">
         <f ca="1">Lookup!H100</f>
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="94" spans="2:9" ht="13.5" customHeight="1">
       <c r="B94" s="16"/>
       <c r="C94" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="69">
         <f>'Raw Data'!I267</f>
         <v>100</v>
       </c>
       <c r="E94" s="69">
         <f t="shared" si="3"/>
         <v>20</v>
       </c>
       <c r="F94" s="67">
         <f ca="1">Lookup!I101</f>
         <v>4</v>
       </c>
       <c r="G94" s="67">
         <f ca="1">Lookup!J101</f>
         <v>3</v>
       </c>
       <c r="H94" s="42">
         <f ca="1">Lookup!G101</f>
@@ -5451,121 +5451,121 @@
       <c r="C97" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D97" s="69">
         <f>'Raw Data'!I270</f>
         <v>981</v>
       </c>
       <c r="E97" s="69">
         <f t="shared" si="3"/>
         <v>196.20000000000002</v>
       </c>
       <c r="F97" s="67">
         <f ca="1">Lookup!I104</f>
         <v>37</v>
       </c>
       <c r="G97" s="67">
         <f ca="1">Lookup!J104</f>
         <v>31</v>
       </c>
       <c r="H97" s="42">
         <f ca="1">Lookup!G104</f>
         <v>23</v>
       </c>
       <c r="I97" s="42">
         <f ca="1">Lookup!H104</f>
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="2:9">
       <c r="B98" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C98" s="9"/>
       <c r="D98" s="43">
         <f>SUBTOTAL(9,D93:D97)</f>
         <v>4207</v>
       </c>
       <c r="E98" s="43">
         <f t="shared" si="3"/>
         <v>841.40000000000009</v>
       </c>
       <c r="F98" s="29">
         <f ca="1">SUM(F93:F97)</f>
         <v>51</v>
       </c>
       <c r="G98" s="29">
         <f ca="1">SUM(G93:G97)</f>
         <v>42</v>
       </c>
       <c r="H98" s="43">
         <f ca="1">SUM(H93:H97)</f>
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I98" s="43">
         <f ca="1">SUM(I93:I97)</f>
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="99" spans="2:9">
       <c r="B99" s="12"/>
       <c r="C99" s="13"/>
       <c r="D99" s="44"/>
       <c r="E99" s="44"/>
       <c r="F99" s="30"/>
       <c r="G99" s="30"/>
       <c r="H99" s="44"/>
       <c r="I99" s="45"/>
     </row>
     <row r="100" spans="2:9" s="5" customFormat="1">
       <c r="B100" s="10" t="s">
         <v>81</v>
       </c>
       <c r="C100" s="10"/>
       <c r="D100" s="46">
         <f>SUM(D98,D92,D89,D87,D85,D80,D76,D73,D71,D68,D66,D64,D62,D56,D53,D49,D46,D39,D34,D27,D23,D19,D13,D10)</f>
         <v>22308</v>
       </c>
       <c r="E100" s="46">
         <f>D100*0.2</f>
         <v>4461.6000000000004</v>
       </c>
       <c r="F100" s="31">
         <f ca="1">SUM(F10,F13,F19,F23,F27,F34,F39,F46,F49,F53,F56,F62,F64,F66,F68,F71,F73,F76,F80,F85,F87,F89,F92,F98)</f>
         <v>1517</v>
       </c>
       <c r="G100" s="31">
         <f ca="1">SUM(G10,G13,G19,G23,G27,G34,G39,G46,G49,G53,G56,G62,G64,G66,G68,G71,G73,G76,G80,G85,G87,G89,G92,G98)</f>
         <v>1083</v>
       </c>
       <c r="H100" s="46">
         <f ca="1">SUM(H98,H92,H89,H87,H85,H80,H76,H73,H71,H68,H66,H64,H62,H56,H53,H49,H46,H39,H34,H27,H23,H19,H13,H10)</f>
-        <v>868</v>
+        <v>1037</v>
       </c>
       <c r="I100" s="46">
         <f ca="1">SUM(I98,I92,I89,I87,I85,I80,I76,I73,I71,I68,I66,I64,I62,I56,I53,I49,I46,I39,I34,I27,I23,I19,I13,I10)</f>
-        <v>644</v>
+        <v>774</v>
       </c>
     </row>
     <row r="101" spans="2:9" s="5" customFormat="1">
       <c r="B101" s="25"/>
       <c r="C101" s="25"/>
       <c r="D101" s="47"/>
       <c r="E101" s="48"/>
       <c r="F101" s="26"/>
       <c r="G101" s="26"/>
       <c r="H101" s="47"/>
       <c r="I101" s="48"/>
     </row>
     <row r="102" spans="2:9">
       <c r="B102" s="13"/>
       <c r="C102" s="13"/>
       <c r="D102" s="49"/>
       <c r="E102" s="49"/>
       <c r="F102" s="13"/>
       <c r="G102" s="13"/>
       <c r="H102" s="49"/>
       <c r="I102" s="49"/>
     </row>
     <row r="103" spans="2:9">
       <c r="B103" s="19" t="s">
         <v>88</v>
@@ -6907,51 +6907,51 @@
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{3503905F-60D6-403E-B878-8D9F27A9B0B2}" state="hidden">
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup orientation="portrait" r:id="rId1"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
     <customSheetView guid="{F201D0E5-3C4D-4C86-84F0-78AF9FDEC703}" state="hidden">
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup orientation="portrait" r:id="rId2"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
   </customSheetViews>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AQ273"/>
   <sheetViews>
     <sheetView zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="E178" sqref="E178"/>
+      <selection activeCell="L31" sqref="L31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" customWidth="1"/>
     <col min="4" max="4" width="9.28515625" customWidth="1"/>
     <col min="5" max="5" width="7.28515625" customWidth="1"/>
     <col min="6" max="6" width="8.5703125" customWidth="1"/>
     <col min="7" max="7" width="8" customWidth="1"/>
     <col min="8" max="8" width="8.28515625" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="54" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.28515625" customWidth="1"/>
     <col min="12" max="12" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7.42578125" customWidth="1"/>
     <col min="17" max="20" width="9.140625" style="13"/>
     <col min="21" max="21" width="8.85546875" style="13" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="9.140625" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:43">
       <c r="B1" s="2" t="s">
@@ -7232,52 +7232,56 @@
         <v>2</v>
       </c>
       <c r="AN3" s="33">
         <v>2</v>
       </c>
       <c r="AO3" s="33">
         <v>2</v>
       </c>
       <c r="AP3" s="33">
         <v>2</v>
       </c>
       <c r="AQ3" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="2:43">
       <c r="B4" s="32">
         <v>1</v>
       </c>
       <c r="C4" s="33">
         <v>8</v>
       </c>
       <c r="D4" s="33">
         <v>8</v>
       </c>
-      <c r="E4" s="33"/>
-      <c r="F4" s="33"/>
+      <c r="E4" s="33">
+        <v>10</v>
+      </c>
+      <c r="F4" s="33">
+        <v>14</v>
+      </c>
       <c r="G4" s="33"/>
       <c r="H4" s="33"/>
       <c r="I4" s="64"/>
       <c r="J4" s="33"/>
       <c r="K4" s="57"/>
       <c r="L4" s="33"/>
       <c r="M4" s="33"/>
       <c r="N4" s="33"/>
       <c r="P4" s="28"/>
       <c r="Q4" s="32">
         <v>3</v>
       </c>
       <c r="R4" s="33">
         <v>7</v>
       </c>
       <c r="S4" s="33">
         <v>7</v>
       </c>
       <c r="T4" s="33">
         <v>7</v>
       </c>
       <c r="U4" s="33">
         <v>7</v>
       </c>
       <c r="V4" s="33">
@@ -7333,52 +7337,56 @@
         <v>7</v>
       </c>
       <c r="AN4" s="33">
         <v>7</v>
       </c>
       <c r="AO4" s="33">
         <v>7</v>
       </c>
       <c r="AP4" s="33">
         <v>7</v>
       </c>
       <c r="AQ4" s="33">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="2:43">
       <c r="B5" s="32">
         <v>2</v>
       </c>
       <c r="C5" s="33">
         <v>0</v>
       </c>
       <c r="D5" s="33">
         <v>0</v>
       </c>
-      <c r="E5" s="33"/>
-      <c r="F5" s="33"/>
+      <c r="E5" s="33">
+        <v>0</v>
+      </c>
+      <c r="F5" s="33">
+        <v>0</v>
+      </c>
       <c r="G5" s="33"/>
       <c r="H5" s="33"/>
       <c r="I5" s="64"/>
       <c r="J5" s="33"/>
       <c r="K5" s="33"/>
       <c r="L5" s="33"/>
       <c r="M5" s="33"/>
       <c r="N5" s="33"/>
       <c r="P5" s="28"/>
       <c r="Q5" s="32">
         <v>4</v>
       </c>
       <c r="R5" s="33">
         <v>1</v>
       </c>
       <c r="S5" s="33">
         <v>1</v>
       </c>
       <c r="T5" s="33">
         <v>1</v>
       </c>
       <c r="U5" s="33">
         <v>1</v>
       </c>
       <c r="V5" s="33">
@@ -7434,52 +7442,56 @@
         <v>1</v>
       </c>
       <c r="AN5" s="33">
         <v>1</v>
       </c>
       <c r="AO5" s="33">
         <v>1</v>
       </c>
       <c r="AP5" s="33">
         <v>1</v>
       </c>
       <c r="AQ5" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="2:43">
       <c r="B6" s="32">
         <v>3</v>
       </c>
       <c r="C6" s="33">
         <v>3</v>
       </c>
       <c r="D6" s="33">
         <v>3</v>
       </c>
-      <c r="E6" s="33"/>
-      <c r="F6" s="33"/>
+      <c r="E6" s="33">
+        <v>3</v>
+      </c>
+      <c r="F6" s="33">
+        <v>7</v>
+      </c>
       <c r="G6" s="33"/>
       <c r="H6" s="33"/>
       <c r="I6" s="64"/>
       <c r="J6" s="33"/>
       <c r="K6" s="33"/>
       <c r="L6" s="33"/>
       <c r="M6" s="33"/>
       <c r="N6" s="33"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="32">
         <v>5</v>
       </c>
       <c r="R6" s="33">
         <v>30</v>
       </c>
       <c r="S6" s="33">
         <v>32</v>
       </c>
       <c r="T6" s="33">
         <v>33</v>
       </c>
       <c r="U6" s="33">
         <v>38</v>
       </c>
       <c r="V6" s="33">
@@ -7535,52 +7547,56 @@
         <v>43</v>
       </c>
       <c r="AN6" s="33">
         <v>45</v>
       </c>
       <c r="AO6" s="33">
         <v>46</v>
       </c>
       <c r="AP6" s="33">
         <v>48</v>
       </c>
       <c r="AQ6" s="33">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="2:43">
       <c r="B7" s="32">
         <v>4</v>
       </c>
       <c r="C7" s="33">
         <v>1</v>
       </c>
       <c r="D7" s="33">
         <v>1</v>
       </c>
-      <c r="E7" s="33"/>
-      <c r="F7" s="33"/>
+      <c r="E7" s="33">
+        <v>1</v>
+      </c>
+      <c r="F7" s="33">
+        <v>1</v>
+      </c>
       <c r="G7" s="33"/>
       <c r="H7" s="33"/>
       <c r="I7" s="64"/>
       <c r="J7" s="33"/>
       <c r="K7" s="33"/>
       <c r="L7" s="33"/>
       <c r="M7" s="33"/>
       <c r="N7" s="33"/>
       <c r="P7" s="28"/>
       <c r="Q7" s="32">
         <v>6</v>
       </c>
       <c r="R7" s="33">
         <v>33</v>
       </c>
       <c r="S7" s="33">
         <v>35</v>
       </c>
       <c r="T7" s="33">
         <v>37</v>
       </c>
       <c r="U7" s="33">
         <v>47</v>
       </c>
       <c r="V7" s="33">
@@ -7636,52 +7652,56 @@
         <v>50</v>
       </c>
       <c r="AN7" s="33">
         <v>54</v>
       </c>
       <c r="AO7" s="33">
         <v>58</v>
       </c>
       <c r="AP7" s="33">
         <v>61</v>
       </c>
       <c r="AQ7" s="33">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="2:43">
       <c r="B8" s="32">
         <v>5</v>
       </c>
       <c r="C8" s="33">
         <v>24</v>
       </c>
       <c r="D8" s="33">
         <v>24</v>
       </c>
-      <c r="E8" s="33"/>
-      <c r="F8" s="33"/>
+      <c r="E8" s="33">
+        <v>24</v>
+      </c>
+      <c r="F8" s="33">
+        <v>29</v>
+      </c>
       <c r="G8" s="33"/>
       <c r="H8" s="33"/>
       <c r="I8" s="64"/>
       <c r="J8" s="33"/>
       <c r="K8" s="33"/>
       <c r="L8" s="33"/>
       <c r="M8" s="33"/>
       <c r="N8" s="33"/>
       <c r="P8" s="28"/>
       <c r="Q8" s="32">
         <v>7</v>
       </c>
       <c r="R8" s="33">
         <v>0</v>
       </c>
       <c r="S8" s="33">
         <v>0</v>
       </c>
       <c r="T8" s="33">
         <v>0</v>
       </c>
       <c r="U8" s="33">
         <v>0</v>
       </c>
       <c r="V8" s="33">
@@ -7737,52 +7757,56 @@
         <v>0</v>
       </c>
       <c r="AN8" s="33">
         <v>0</v>
       </c>
       <c r="AO8" s="33">
         <v>0</v>
       </c>
       <c r="AP8" s="33">
         <v>0</v>
       </c>
       <c r="AQ8" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:43">
       <c r="B9" s="32">
         <v>6</v>
       </c>
       <c r="C9" s="33">
         <v>41</v>
       </c>
       <c r="D9" s="33">
         <v>41</v>
       </c>
-      <c r="E9" s="33"/>
-      <c r="F9" s="33"/>
+      <c r="E9" s="33">
+        <v>42</v>
+      </c>
+      <c r="F9" s="33">
+        <v>43</v>
+      </c>
       <c r="G9" s="33"/>
       <c r="H9" s="33"/>
       <c r="I9" s="64"/>
       <c r="J9" s="33"/>
       <c r="K9" s="33"/>
       <c r="L9" s="33"/>
       <c r="M9" s="33"/>
       <c r="N9" s="33"/>
       <c r="P9" s="28"/>
       <c r="Q9" s="32">
         <v>8</v>
       </c>
       <c r="R9" s="33">
         <v>6</v>
       </c>
       <c r="S9" s="33">
         <v>6</v>
       </c>
       <c r="T9" s="33">
         <v>6</v>
       </c>
       <c r="U9" s="33">
         <v>6</v>
       </c>
       <c r="V9" s="33">
@@ -7838,52 +7862,56 @@
         <v>5</v>
       </c>
       <c r="AN9" s="33">
         <v>5</v>
       </c>
       <c r="AO9" s="33">
         <v>5</v>
       </c>
       <c r="AP9" s="33">
         <v>5</v>
       </c>
       <c r="AQ9" s="33">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="2:43">
       <c r="B10" s="32">
         <v>7</v>
       </c>
       <c r="C10" s="33">
         <v>0</v>
       </c>
       <c r="D10" s="33">
         <v>0</v>
       </c>
-      <c r="E10" s="33"/>
-      <c r="F10" s="33"/>
+      <c r="E10" s="33">
+        <v>0</v>
+      </c>
+      <c r="F10" s="33">
+        <v>0</v>
+      </c>
       <c r="G10" s="33"/>
       <c r="H10" s="33"/>
       <c r="I10" s="64"/>
       <c r="J10" s="33"/>
       <c r="K10" s="33"/>
       <c r="L10" s="33"/>
       <c r="M10" s="33"/>
       <c r="N10" s="33"/>
       <c r="P10" s="28"/>
       <c r="Q10" s="32">
         <v>9</v>
       </c>
       <c r="R10" s="33">
         <v>14</v>
       </c>
       <c r="S10" s="33">
         <v>14</v>
       </c>
       <c r="T10" s="33">
         <v>14</v>
       </c>
       <c r="U10" s="33">
         <v>16</v>
       </c>
       <c r="V10" s="33">
@@ -7939,52 +7967,56 @@
         <v>21</v>
       </c>
       <c r="AN10" s="33">
         <v>22</v>
       </c>
       <c r="AO10" s="33">
         <v>23</v>
       </c>
       <c r="AP10" s="33">
         <v>24</v>
       </c>
       <c r="AQ10" s="33">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="2:43">
       <c r="B11" s="32">
         <v>8</v>
       </c>
       <c r="C11" s="33">
         <v>4</v>
       </c>
       <c r="D11" s="33">
         <v>4</v>
       </c>
-      <c r="E11" s="33"/>
-      <c r="F11" s="33"/>
+      <c r="E11" s="33">
+        <v>4</v>
+      </c>
+      <c r="F11" s="33">
+        <v>6</v>
+      </c>
       <c r="G11" s="33"/>
       <c r="H11" s="33"/>
       <c r="I11" s="64"/>
       <c r="J11" s="33"/>
       <c r="K11" s="33"/>
       <c r="L11" s="33"/>
       <c r="M11" s="33"/>
       <c r="N11" s="33"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="32">
         <v>10</v>
       </c>
       <c r="R11" s="33">
         <v>3</v>
       </c>
       <c r="S11" s="33">
         <v>3</v>
       </c>
       <c r="T11" s="33">
         <v>3</v>
       </c>
       <c r="U11" s="33">
         <v>4</v>
       </c>
       <c r="V11" s="33">
@@ -8040,52 +8072,56 @@
         <v>8</v>
       </c>
       <c r="AN11" s="33">
         <v>8</v>
       </c>
       <c r="AO11" s="33">
         <v>8</v>
       </c>
       <c r="AP11" s="33">
         <v>8</v>
       </c>
       <c r="AQ11" s="33">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="2:43">
       <c r="B12" s="32">
         <v>9</v>
       </c>
       <c r="C12" s="33">
         <v>12</v>
       </c>
       <c r="D12" s="33">
         <v>12</v>
       </c>
-      <c r="E12" s="33"/>
-      <c r="F12" s="33"/>
+      <c r="E12" s="33">
+        <v>12</v>
+      </c>
+      <c r="F12" s="33">
+        <v>14</v>
+      </c>
       <c r="G12" s="33"/>
       <c r="H12" s="33"/>
       <c r="I12" s="64"/>
       <c r="J12" s="33"/>
       <c r="K12" s="33"/>
       <c r="L12" s="33"/>
       <c r="M12" s="33"/>
       <c r="N12" s="33"/>
       <c r="P12" s="28"/>
       <c r="Q12" s="32">
         <v>11</v>
       </c>
       <c r="R12" s="33">
         <v>3</v>
       </c>
       <c r="S12" s="33">
         <v>3</v>
       </c>
       <c r="T12" s="33">
         <v>3</v>
       </c>
       <c r="U12" s="33">
         <v>3</v>
       </c>
       <c r="V12" s="33">
@@ -8141,52 +8177,56 @@
         <v>3</v>
       </c>
       <c r="AN12" s="33">
         <v>4</v>
       </c>
       <c r="AO12" s="33">
         <v>4</v>
       </c>
       <c r="AP12" s="33">
         <v>4</v>
       </c>
       <c r="AQ12" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="2:43">
       <c r="B13" s="32">
         <v>10</v>
       </c>
       <c r="C13" s="33">
         <v>3</v>
       </c>
       <c r="D13" s="33">
         <v>3</v>
       </c>
-      <c r="E13" s="33"/>
-      <c r="F13" s="33"/>
+      <c r="E13" s="33">
+        <v>3</v>
+      </c>
+      <c r="F13" s="33">
+        <v>4</v>
+      </c>
       <c r="G13" s="33"/>
       <c r="H13" s="33"/>
       <c r="I13" s="64"/>
       <c r="J13" s="33"/>
       <c r="K13" s="33"/>
       <c r="L13" s="33"/>
       <c r="M13" s="33"/>
       <c r="N13" s="33"/>
       <c r="P13" s="28"/>
       <c r="Q13" s="32">
         <v>12</v>
       </c>
       <c r="R13" s="33">
         <v>6</v>
       </c>
       <c r="S13" s="33">
         <v>7</v>
       </c>
       <c r="T13" s="33">
         <v>8</v>
       </c>
       <c r="U13" s="33">
         <v>10</v>
       </c>
       <c r="V13" s="33">
@@ -8242,52 +8282,56 @@
         <v>10</v>
       </c>
       <c r="AN13" s="33">
         <v>10</v>
       </c>
       <c r="AO13" s="33">
         <v>10</v>
       </c>
       <c r="AP13" s="33">
         <v>11</v>
       </c>
       <c r="AQ13" s="33">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="2:43">
       <c r="B14" s="32">
         <v>11</v>
       </c>
       <c r="C14" s="33">
         <v>2</v>
       </c>
       <c r="D14" s="33">
         <v>2</v>
       </c>
-      <c r="E14" s="33"/>
-      <c r="F14" s="33"/>
+      <c r="E14" s="33">
+        <v>2</v>
+      </c>
+      <c r="F14" s="33">
+        <v>2</v>
+      </c>
       <c r="G14" s="33"/>
       <c r="H14" s="33"/>
       <c r="I14" s="64"/>
       <c r="J14" s="33"/>
       <c r="K14" s="33"/>
       <c r="L14" s="33"/>
       <c r="M14" s="33"/>
       <c r="N14" s="33"/>
       <c r="P14" s="28"/>
       <c r="Q14" s="32">
         <v>13</v>
       </c>
       <c r="R14" s="33">
         <v>108</v>
       </c>
       <c r="S14" s="33">
         <v>113</v>
       </c>
       <c r="T14" s="33">
         <v>115</v>
       </c>
       <c r="U14" s="33">
         <v>137</v>
       </c>
       <c r="V14" s="33">
@@ -8343,52 +8387,56 @@
         <v>191</v>
       </c>
       <c r="AN14" s="33">
         <v>200</v>
       </c>
       <c r="AO14" s="33">
         <v>204</v>
       </c>
       <c r="AP14" s="33">
         <v>209</v>
       </c>
       <c r="AQ14" s="33">
         <v>208</v>
       </c>
     </row>
     <row r="15" spans="2:43">
       <c r="B15" s="32">
         <v>12</v>
       </c>
       <c r="C15" s="33">
         <v>8</v>
       </c>
       <c r="D15" s="33">
         <v>9</v>
       </c>
-      <c r="E15" s="33"/>
-      <c r="F15" s="33"/>
+      <c r="E15" s="33">
+        <v>9</v>
+      </c>
+      <c r="F15" s="33">
+        <v>11</v>
+      </c>
       <c r="G15" s="33"/>
       <c r="H15" s="33"/>
       <c r="I15" s="64"/>
       <c r="J15" s="33"/>
       <c r="K15" s="33"/>
       <c r="L15" s="33"/>
       <c r="M15" s="33"/>
       <c r="N15" s="33"/>
       <c r="P15" s="28"/>
       <c r="Q15" s="32">
         <v>14</v>
       </c>
       <c r="R15" s="33">
         <v>3</v>
       </c>
       <c r="S15" s="33">
         <v>3</v>
       </c>
       <c r="T15" s="33">
         <v>3</v>
       </c>
       <c r="U15" s="33">
         <v>4</v>
       </c>
       <c r="V15" s="33">
@@ -8444,52 +8492,56 @@
         <v>5</v>
       </c>
       <c r="AN15" s="33">
         <v>5</v>
       </c>
       <c r="AO15" s="33">
         <v>5</v>
       </c>
       <c r="AP15" s="33">
         <v>5</v>
       </c>
       <c r="AQ15" s="33">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="2:43">
       <c r="B16" s="32">
         <v>13</v>
       </c>
       <c r="C16" s="33">
         <v>113</v>
       </c>
       <c r="D16" s="33">
         <v>113</v>
       </c>
-      <c r="E16" s="33"/>
-      <c r="F16" s="33"/>
+      <c r="E16" s="33">
+        <v>116</v>
+      </c>
+      <c r="F16" s="33">
+        <v>133</v>
+      </c>
       <c r="G16" s="33"/>
       <c r="H16" s="33"/>
       <c r="I16" s="64"/>
       <c r="J16" s="33"/>
       <c r="K16" s="33"/>
       <c r="L16" s="33"/>
       <c r="M16" s="33"/>
       <c r="N16" s="33"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="32">
         <v>15</v>
       </c>
       <c r="R16" s="33">
         <v>1</v>
       </c>
       <c r="S16" s="33">
         <v>1</v>
       </c>
       <c r="T16" s="33">
         <v>1</v>
       </c>
       <c r="U16" s="33">
         <v>1</v>
       </c>
       <c r="V16" s="33">
@@ -8545,52 +8597,56 @@
         <v>2</v>
       </c>
       <c r="AN16" s="33">
         <v>2</v>
       </c>
       <c r="AO16" s="33">
         <v>2</v>
       </c>
       <c r="AP16" s="33">
         <v>2</v>
       </c>
       <c r="AQ16" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="2:43">
       <c r="B17" s="32">
         <v>14</v>
       </c>
       <c r="C17" s="33">
         <v>1</v>
       </c>
       <c r="D17" s="33">
         <v>1</v>
       </c>
-      <c r="E17" s="33"/>
-      <c r="F17" s="33"/>
+      <c r="E17" s="33">
+        <v>1</v>
+      </c>
+      <c r="F17" s="33">
+        <v>2</v>
+      </c>
       <c r="G17" s="33"/>
       <c r="H17" s="33"/>
       <c r="I17" s="64"/>
       <c r="J17" s="33"/>
       <c r="K17" s="33"/>
       <c r="L17" s="33"/>
       <c r="M17" s="33"/>
       <c r="N17" s="33"/>
       <c r="P17" s="28"/>
       <c r="Q17" s="32">
         <v>16</v>
       </c>
       <c r="R17" s="33">
         <v>54</v>
       </c>
       <c r="S17" s="33">
         <v>54</v>
       </c>
       <c r="T17" s="33">
         <v>54</v>
       </c>
       <c r="U17" s="33">
         <v>63</v>
       </c>
       <c r="V17" s="33">
@@ -8646,52 +8702,56 @@
         <v>81</v>
       </c>
       <c r="AN17" s="33">
         <v>92</v>
       </c>
       <c r="AO17" s="33">
         <v>99</v>
       </c>
       <c r="AP17" s="33">
         <v>102</v>
       </c>
       <c r="AQ17" s="33">
         <v>104</v>
       </c>
     </row>
     <row r="18" spans="2:43">
       <c r="B18" s="32">
         <v>15</v>
       </c>
       <c r="C18" s="33">
         <v>1</v>
       </c>
       <c r="D18" s="33">
         <v>1</v>
       </c>
-      <c r="E18" s="33"/>
-      <c r="F18" s="33"/>
+      <c r="E18" s="33">
+        <v>1</v>
+      </c>
+      <c r="F18" s="33">
+        <v>1</v>
+      </c>
       <c r="G18" s="33"/>
       <c r="H18" s="33"/>
       <c r="I18" s="64"/>
       <c r="J18" s="33"/>
       <c r="K18" s="33"/>
       <c r="L18" s="33"/>
       <c r="M18" s="33"/>
       <c r="N18" s="33"/>
       <c r="P18" s="28"/>
       <c r="Q18" s="32">
         <v>17</v>
       </c>
       <c r="R18" s="33">
         <v>15</v>
       </c>
       <c r="S18" s="33">
         <v>15</v>
       </c>
       <c r="T18" s="33">
         <v>15</v>
       </c>
       <c r="U18" s="33">
         <v>19</v>
       </c>
       <c r="V18" s="33">
@@ -8747,52 +8807,56 @@
         <v>31</v>
       </c>
       <c r="AN18" s="33">
         <v>32</v>
       </c>
       <c r="AO18" s="33">
         <v>32</v>
       </c>
       <c r="AP18" s="33">
         <v>35</v>
       </c>
       <c r="AQ18" s="33">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="2:43">
       <c r="B19" s="32">
         <v>16</v>
       </c>
       <c r="C19" s="33">
         <v>56</v>
       </c>
       <c r="D19" s="33">
         <v>56</v>
       </c>
-      <c r="E19" s="33"/>
-      <c r="F19" s="33"/>
+      <c r="E19" s="33">
+        <v>56</v>
+      </c>
+      <c r="F19" s="33">
+        <v>63</v>
+      </c>
       <c r="G19" s="33"/>
       <c r="H19" s="33"/>
       <c r="I19" s="64"/>
       <c r="J19" s="33"/>
       <c r="K19" s="33"/>
       <c r="L19" s="33"/>
       <c r="M19" s="33"/>
       <c r="N19" s="33"/>
       <c r="P19" s="28"/>
       <c r="Q19" s="32">
         <v>18</v>
       </c>
       <c r="R19" s="33">
         <v>3</v>
       </c>
       <c r="S19" s="33">
         <v>3</v>
       </c>
       <c r="T19" s="33">
         <v>3</v>
       </c>
       <c r="U19" s="33">
         <v>3</v>
       </c>
       <c r="V19" s="33">
@@ -8848,52 +8912,56 @@
         <v>5</v>
       </c>
       <c r="AN19" s="33">
         <v>5</v>
       </c>
       <c r="AO19" s="33">
         <v>6</v>
       </c>
       <c r="AP19" s="33">
         <v>6</v>
       </c>
       <c r="AQ19" s="33">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="2:43">
       <c r="B20" s="32">
         <v>17</v>
       </c>
       <c r="C20" s="33">
         <v>13</v>
       </c>
       <c r="D20" s="33">
         <v>13</v>
       </c>
-      <c r="E20" s="33"/>
-      <c r="F20" s="33"/>
+      <c r="E20" s="33">
+        <v>13</v>
+      </c>
+      <c r="F20" s="33">
+        <v>16</v>
+      </c>
       <c r="G20" s="33"/>
       <c r="H20" s="33"/>
       <c r="I20" s="64"/>
       <c r="J20" s="33"/>
       <c r="K20" s="33"/>
       <c r="L20" s="33"/>
       <c r="M20" s="33"/>
       <c r="N20" s="33"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="32">
         <v>19</v>
       </c>
       <c r="R20" s="33">
         <v>0</v>
       </c>
       <c r="S20" s="33">
         <v>0</v>
       </c>
       <c r="T20" s="33">
         <v>0</v>
       </c>
       <c r="U20" s="33">
         <v>0</v>
       </c>
       <c r="V20" s="33">
@@ -8949,52 +9017,56 @@
         <v>0</v>
       </c>
       <c r="AN20" s="33">
         <v>0</v>
       </c>
       <c r="AO20" s="33">
         <v>0</v>
       </c>
       <c r="AP20" s="33">
         <v>0</v>
       </c>
       <c r="AQ20" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:43">
       <c r="B21" s="32">
         <v>18</v>
       </c>
       <c r="C21" s="33">
         <v>3</v>
       </c>
       <c r="D21" s="33">
         <v>3</v>
       </c>
-      <c r="E21" s="33"/>
-      <c r="F21" s="33"/>
+      <c r="E21" s="33">
+        <v>3</v>
+      </c>
+      <c r="F21" s="33">
+        <v>3</v>
+      </c>
       <c r="G21" s="33"/>
       <c r="H21" s="33"/>
       <c r="I21" s="64"/>
       <c r="J21" s="33"/>
       <c r="K21" s="33"/>
       <c r="L21" s="33"/>
       <c r="M21" s="33"/>
       <c r="N21" s="33"/>
       <c r="P21" s="28"/>
       <c r="Q21" s="32">
         <v>20</v>
       </c>
       <c r="R21" s="33">
         <v>3</v>
       </c>
       <c r="S21" s="33">
         <v>3</v>
       </c>
       <c r="T21" s="33">
         <v>3</v>
       </c>
       <c r="U21" s="33">
         <v>3</v>
       </c>
       <c r="V21" s="33">
@@ -9050,52 +9122,56 @@
         <v>3</v>
       </c>
       <c r="AN21" s="33">
         <v>4</v>
       </c>
       <c r="AO21" s="33">
         <v>4</v>
       </c>
       <c r="AP21" s="33">
         <v>4</v>
       </c>
       <c r="AQ21" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="22" spans="2:43">
       <c r="B22" s="32">
         <v>19</v>
       </c>
       <c r="C22" s="33">
         <v>0</v>
       </c>
       <c r="D22" s="33">
         <v>0</v>
       </c>
-      <c r="E22" s="33"/>
-      <c r="F22" s="33"/>
+      <c r="E22" s="33">
+        <v>0</v>
+      </c>
+      <c r="F22" s="33">
+        <v>0</v>
+      </c>
       <c r="G22" s="33"/>
       <c r="H22" s="33"/>
       <c r="I22" s="64"/>
       <c r="J22" s="33"/>
       <c r="K22" s="33"/>
       <c r="L22" s="33"/>
       <c r="M22" s="33"/>
       <c r="N22" s="33"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="32">
         <v>21</v>
       </c>
       <c r="R22" s="33">
         <v>2</v>
       </c>
       <c r="S22" s="33">
         <v>2</v>
       </c>
       <c r="T22" s="33">
         <v>2</v>
       </c>
       <c r="U22" s="33">
         <v>2</v>
       </c>
       <c r="V22" s="33">
@@ -9151,52 +9227,56 @@
         <v>2</v>
       </c>
       <c r="AN22" s="33">
         <v>2</v>
       </c>
       <c r="AO22" s="33">
         <v>2</v>
       </c>
       <c r="AP22" s="33">
         <v>2</v>
       </c>
       <c r="AQ22" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="2:43">
       <c r="B23" s="32">
         <v>20</v>
       </c>
       <c r="C23" s="33">
         <v>5</v>
       </c>
       <c r="D23" s="33">
         <v>5</v>
       </c>
-      <c r="E23" s="33"/>
-      <c r="F23" s="33"/>
+      <c r="E23" s="33">
+        <v>5</v>
+      </c>
+      <c r="F23" s="33">
+        <v>5</v>
+      </c>
       <c r="G23" s="33"/>
       <c r="H23" s="33"/>
       <c r="I23" s="64"/>
       <c r="J23" s="33"/>
       <c r="K23" s="33"/>
       <c r="L23" s="33"/>
       <c r="M23" s="33"/>
       <c r="N23" s="33"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="32">
         <v>22</v>
       </c>
       <c r="R23" s="33">
         <v>1</v>
       </c>
       <c r="S23" s="33">
         <v>1</v>
       </c>
       <c r="T23" s="33">
         <v>1</v>
       </c>
       <c r="U23" s="33">
         <v>1</v>
       </c>
       <c r="V23" s="33">
@@ -9252,52 +9332,56 @@
         <v>1</v>
       </c>
       <c r="AN23" s="33">
         <v>1</v>
       </c>
       <c r="AO23" s="33">
         <v>1</v>
       </c>
       <c r="AP23" s="33">
         <v>1</v>
       </c>
       <c r="AQ23" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="2:43">
       <c r="B24" s="32">
         <v>21</v>
       </c>
       <c r="C24" s="33">
         <v>2</v>
       </c>
       <c r="D24" s="33">
         <v>2</v>
       </c>
-      <c r="E24" s="33"/>
-      <c r="F24" s="33"/>
+      <c r="E24" s="33">
+        <v>2</v>
+      </c>
+      <c r="F24" s="33">
+        <v>2</v>
+      </c>
       <c r="G24" s="33"/>
       <c r="H24" s="33"/>
       <c r="I24" s="64"/>
       <c r="J24" s="33"/>
       <c r="K24" s="33"/>
       <c r="L24" s="33"/>
       <c r="M24" s="33"/>
       <c r="N24" s="33"/>
       <c r="P24" s="28"/>
       <c r="Q24" s="32">
         <v>23</v>
       </c>
       <c r="R24" s="33">
         <v>0</v>
       </c>
       <c r="S24" s="33">
         <v>0</v>
       </c>
       <c r="T24" s="33">
         <v>0</v>
       </c>
       <c r="U24" s="33">
         <v>0</v>
       </c>
       <c r="V24" s="33">
@@ -9353,52 +9437,56 @@
         <v>0</v>
       </c>
       <c r="AN24" s="33">
         <v>0</v>
       </c>
       <c r="AO24" s="33">
         <v>0</v>
       </c>
       <c r="AP24" s="33">
         <v>0</v>
       </c>
       <c r="AQ24" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:43">
       <c r="B25" s="32">
         <v>22</v>
       </c>
       <c r="C25" s="33">
         <v>0</v>
       </c>
       <c r="D25" s="33">
         <v>0</v>
       </c>
-      <c r="E25" s="33"/>
-      <c r="F25" s="33"/>
+      <c r="E25" s="33">
+        <v>0</v>
+      </c>
+      <c r="F25" s="33">
+        <v>0</v>
+      </c>
       <c r="G25" s="33"/>
       <c r="H25" s="33"/>
       <c r="I25" s="64"/>
       <c r="J25" s="33"/>
       <c r="K25" s="33"/>
       <c r="L25" s="33"/>
       <c r="M25" s="33"/>
       <c r="N25" s="33"/>
       <c r="P25" s="28"/>
       <c r="Q25" s="32">
         <v>24</v>
       </c>
       <c r="R25" s="33">
         <v>3</v>
       </c>
       <c r="S25" s="33">
         <v>3</v>
       </c>
       <c r="T25" s="33">
         <v>3</v>
       </c>
       <c r="U25" s="33">
         <v>4</v>
       </c>
       <c r="V25" s="33">
@@ -9454,52 +9542,56 @@
         <v>4</v>
       </c>
       <c r="AN25" s="33">
         <v>4</v>
       </c>
       <c r="AO25" s="33">
         <v>4</v>
       </c>
       <c r="AP25" s="33">
         <v>4</v>
       </c>
       <c r="AQ25" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="26" spans="2:43">
       <c r="B26" s="32">
         <v>23</v>
       </c>
       <c r="C26" s="33">
         <v>0</v>
       </c>
       <c r="D26" s="33">
         <v>0</v>
       </c>
-      <c r="E26" s="33"/>
-      <c r="F26" s="33"/>
+      <c r="E26" s="33">
+        <v>0</v>
+      </c>
+      <c r="F26" s="33">
+        <v>0</v>
+      </c>
       <c r="G26" s="33"/>
       <c r="H26" s="33"/>
       <c r="I26" s="64"/>
       <c r="J26" s="33"/>
       <c r="K26" s="33"/>
       <c r="L26" s="33"/>
       <c r="M26" s="33"/>
       <c r="N26" s="33"/>
       <c r="P26" s="28"/>
       <c r="Q26" s="32">
         <v>25</v>
       </c>
       <c r="R26" s="33">
         <v>2</v>
       </c>
       <c r="S26" s="33">
         <v>2</v>
       </c>
       <c r="T26" s="33">
         <v>2</v>
       </c>
       <c r="U26" s="33">
         <v>2</v>
       </c>
       <c r="V26" s="33">
@@ -9555,52 +9647,56 @@
         <v>3</v>
       </c>
       <c r="AN26" s="33">
         <v>3</v>
       </c>
       <c r="AO26" s="33">
         <v>3</v>
       </c>
       <c r="AP26" s="33">
         <v>3</v>
       </c>
       <c r="AQ26" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="2:43">
       <c r="B27" s="32">
         <v>24</v>
       </c>
       <c r="C27" s="33">
         <v>2</v>
       </c>
       <c r="D27" s="33">
         <v>2</v>
       </c>
-      <c r="E27" s="33"/>
-      <c r="F27" s="33"/>
+      <c r="E27" s="33">
+        <v>2</v>
+      </c>
+      <c r="F27" s="33">
+        <v>2</v>
+      </c>
       <c r="G27" s="33"/>
       <c r="H27" s="33"/>
       <c r="I27" s="64"/>
       <c r="J27" s="33"/>
       <c r="K27" s="33"/>
       <c r="L27" s="33"/>
       <c r="M27" s="33"/>
       <c r="N27" s="33"/>
       <c r="P27" s="28"/>
       <c r="Q27" s="32">
         <v>26</v>
       </c>
       <c r="R27" s="33">
         <v>1</v>
       </c>
       <c r="S27" s="33">
         <v>1</v>
       </c>
       <c r="T27" s="33">
         <v>1</v>
       </c>
       <c r="U27" s="33">
         <v>2</v>
       </c>
       <c r="V27" s="33">
@@ -9656,52 +9752,56 @@
         <v>4</v>
       </c>
       <c r="AN27" s="33">
         <v>5</v>
       </c>
       <c r="AO27" s="33">
         <v>5</v>
       </c>
       <c r="AP27" s="33">
         <v>5</v>
       </c>
       <c r="AQ27" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="2:43">
       <c r="B28" s="32">
         <v>25</v>
       </c>
       <c r="C28" s="33">
         <v>1</v>
       </c>
       <c r="D28" s="33">
         <v>1</v>
       </c>
-      <c r="E28" s="33"/>
-      <c r="F28" s="33"/>
+      <c r="E28" s="33">
+        <v>1</v>
+      </c>
+      <c r="F28" s="33">
+        <v>2</v>
+      </c>
       <c r="G28" s="33"/>
       <c r="H28" s="33"/>
       <c r="I28" s="64"/>
       <c r="J28" s="33"/>
       <c r="K28" s="33"/>
       <c r="L28" s="33"/>
       <c r="M28" s="33"/>
       <c r="N28" s="33"/>
       <c r="P28" s="28"/>
       <c r="Q28" s="32">
         <v>27</v>
       </c>
       <c r="R28" s="33">
         <v>15</v>
       </c>
       <c r="S28" s="33">
         <v>16</v>
       </c>
       <c r="T28" s="33">
         <v>17</v>
       </c>
       <c r="U28" s="33">
         <v>19</v>
       </c>
       <c r="V28" s="33">
@@ -9757,52 +9857,56 @@
         <v>16</v>
       </c>
       <c r="AN28" s="33">
         <v>16</v>
       </c>
       <c r="AO28" s="33">
         <v>17</v>
       </c>
       <c r="AP28" s="33">
         <v>18</v>
       </c>
       <c r="AQ28" s="33">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="2:43">
       <c r="B29" s="32">
         <v>26</v>
       </c>
       <c r="C29" s="33">
         <v>3</v>
       </c>
       <c r="D29" s="33">
         <v>3</v>
       </c>
-      <c r="E29" s="33"/>
-      <c r="F29" s="33"/>
+      <c r="E29" s="33">
+        <v>3</v>
+      </c>
+      <c r="F29" s="33">
+        <v>3</v>
+      </c>
       <c r="G29" s="33"/>
       <c r="H29" s="33"/>
       <c r="I29" s="64"/>
       <c r="J29" s="33"/>
       <c r="K29" s="33"/>
       <c r="L29" s="33"/>
       <c r="M29" s="33"/>
       <c r="N29" s="33"/>
       <c r="P29" s="28"/>
       <c r="Q29" s="32">
         <v>28</v>
       </c>
       <c r="R29" s="33">
         <v>5</v>
       </c>
       <c r="S29" s="33">
         <v>5</v>
       </c>
       <c r="T29" s="33">
         <v>5</v>
       </c>
       <c r="U29" s="33">
         <v>7</v>
       </c>
       <c r="V29" s="33">
@@ -9858,52 +9962,56 @@
         <v>11</v>
       </c>
       <c r="AN29" s="33">
         <v>11</v>
       </c>
       <c r="AO29" s="33">
         <v>11</v>
       </c>
       <c r="AP29" s="33">
         <v>11</v>
       </c>
       <c r="AQ29" s="33">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="2:43">
       <c r="B30" s="32">
         <v>27</v>
       </c>
       <c r="C30" s="33">
         <v>14</v>
       </c>
       <c r="D30" s="33">
         <v>14</v>
       </c>
-      <c r="E30" s="33"/>
-      <c r="F30" s="33"/>
+      <c r="E30" s="33">
+        <v>14</v>
+      </c>
+      <c r="F30" s="33">
+        <v>16</v>
+      </c>
       <c r="G30" s="33"/>
       <c r="H30" s="33"/>
       <c r="I30" s="64"/>
       <c r="J30" s="33"/>
       <c r="K30" s="33"/>
       <c r="L30" s="33"/>
       <c r="M30" s="33"/>
       <c r="N30" s="33"/>
       <c r="P30" s="28"/>
       <c r="Q30" s="32">
         <v>29</v>
       </c>
       <c r="R30" s="33">
         <v>124</v>
       </c>
       <c r="S30" s="33">
         <v>127</v>
       </c>
       <c r="T30" s="33">
         <v>130</v>
       </c>
       <c r="U30" s="33">
         <v>144</v>
       </c>
       <c r="V30" s="33">
@@ -9959,52 +10067,56 @@
         <v>165</v>
       </c>
       <c r="AN30" s="33">
         <v>173</v>
       </c>
       <c r="AO30" s="33">
         <v>179</v>
       </c>
       <c r="AP30" s="33">
         <v>183</v>
       </c>
       <c r="AQ30" s="33">
         <v>184</v>
       </c>
     </row>
     <row r="31" spans="2:43">
       <c r="B31" s="32">
         <v>28</v>
       </c>
       <c r="C31" s="33">
         <v>7</v>
       </c>
       <c r="D31" s="33">
         <v>7</v>
       </c>
-      <c r="E31" s="33"/>
-      <c r="F31" s="33"/>
+      <c r="E31" s="33">
+        <v>7</v>
+      </c>
+      <c r="F31" s="33">
+        <v>9</v>
+      </c>
       <c r="G31" s="33"/>
       <c r="H31" s="33"/>
       <c r="I31" s="64"/>
       <c r="J31" s="33"/>
       <c r="K31" s="33"/>
       <c r="L31" s="33"/>
       <c r="M31" s="33"/>
       <c r="N31" s="33"/>
       <c r="P31" s="28"/>
       <c r="Q31" s="32">
         <v>30</v>
       </c>
       <c r="R31" s="33">
         <v>0</v>
       </c>
       <c r="S31" s="33">
         <v>0</v>
       </c>
       <c r="T31" s="33">
         <v>0</v>
       </c>
       <c r="U31" s="33">
         <v>1</v>
       </c>
       <c r="V31" s="33">
@@ -10060,52 +10172,56 @@
         <v>3</v>
       </c>
       <c r="AN31" s="33">
         <v>3</v>
       </c>
       <c r="AO31" s="33">
         <v>4</v>
       </c>
       <c r="AP31" s="33">
         <v>4</v>
       </c>
       <c r="AQ31" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="32" spans="2:43">
       <c r="B32" s="32">
         <v>29</v>
       </c>
       <c r="C32" s="33">
         <v>103</v>
       </c>
       <c r="D32" s="33">
         <v>103</v>
       </c>
-      <c r="E32" s="33"/>
-      <c r="F32" s="33"/>
+      <c r="E32" s="33">
+        <v>103</v>
+      </c>
+      <c r="F32" s="33">
+        <v>124</v>
+      </c>
       <c r="G32" s="33"/>
       <c r="H32" s="33"/>
       <c r="I32" s="64"/>
       <c r="J32" s="33"/>
       <c r="K32" s="33"/>
       <c r="L32" s="33"/>
       <c r="M32" s="33"/>
       <c r="N32" s="33"/>
       <c r="P32" s="28"/>
       <c r="Q32" s="32">
         <v>31</v>
       </c>
       <c r="R32" s="33">
         <v>0</v>
       </c>
       <c r="S32" s="33">
         <v>0</v>
       </c>
       <c r="T32" s="33">
         <v>0</v>
       </c>
       <c r="U32" s="33">
         <v>0</v>
       </c>
       <c r="V32" s="33">
@@ -10161,52 +10277,56 @@
         <v>3</v>
       </c>
       <c r="AN32" s="33">
         <v>3</v>
       </c>
       <c r="AO32" s="33">
         <v>3</v>
       </c>
       <c r="AP32" s="33">
         <v>3</v>
       </c>
       <c r="AQ32" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="2:43">
       <c r="B33" s="32">
         <v>30</v>
       </c>
       <c r="C33" s="33">
         <v>0</v>
       </c>
       <c r="D33" s="33">
         <v>0</v>
       </c>
-      <c r="E33" s="33"/>
-      <c r="F33" s="33"/>
+      <c r="E33" s="33">
+        <v>1</v>
+      </c>
+      <c r="F33" s="33">
+        <v>1</v>
+      </c>
       <c r="G33" s="33"/>
       <c r="H33" s="33"/>
       <c r="I33" s="64"/>
       <c r="J33" s="33"/>
       <c r="K33" s="33"/>
       <c r="L33" s="33"/>
       <c r="M33" s="33"/>
       <c r="N33" s="33"/>
       <c r="P33" s="28"/>
       <c r="Q33" s="32">
         <v>32</v>
       </c>
       <c r="R33" s="33">
         <v>3</v>
       </c>
       <c r="S33" s="33">
         <v>3</v>
       </c>
       <c r="T33" s="33">
         <v>3</v>
       </c>
       <c r="U33" s="33">
         <v>3</v>
       </c>
       <c r="V33" s="33">
@@ -10262,52 +10382,56 @@
         <v>1</v>
       </c>
       <c r="AN33" s="33">
         <v>2</v>
       </c>
       <c r="AO33" s="33">
         <v>2</v>
       </c>
       <c r="AP33" s="33">
         <v>2</v>
       </c>
       <c r="AQ33" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="2:43">
       <c r="B34" s="32">
         <v>31</v>
       </c>
       <c r="C34" s="33">
         <v>3</v>
       </c>
       <c r="D34" s="33">
         <v>3</v>
       </c>
-      <c r="E34" s="33"/>
-      <c r="F34" s="33"/>
+      <c r="E34" s="33">
+        <v>3</v>
+      </c>
+      <c r="F34" s="33">
+        <v>3</v>
+      </c>
       <c r="G34" s="33"/>
       <c r="H34" s="33"/>
       <c r="I34" s="64"/>
       <c r="J34" s="33"/>
       <c r="K34" s="33"/>
       <c r="L34" s="33"/>
       <c r="M34" s="33"/>
       <c r="N34" s="33"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="32">
         <v>33</v>
       </c>
       <c r="R34" s="33">
         <v>2</v>
       </c>
       <c r="S34" s="33">
         <v>2</v>
       </c>
       <c r="T34" s="33">
         <v>2</v>
       </c>
       <c r="U34" s="33">
         <v>2</v>
       </c>
       <c r="V34" s="33">
@@ -10363,52 +10487,56 @@
         <v>2</v>
       </c>
       <c r="AN34" s="33">
         <v>2</v>
       </c>
       <c r="AO34" s="33">
         <v>2</v>
       </c>
       <c r="AP34" s="33">
         <v>2</v>
       </c>
       <c r="AQ34" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="2:43">
       <c r="B35" s="32">
         <v>32</v>
       </c>
       <c r="C35" s="33">
         <v>3</v>
       </c>
       <c r="D35" s="33">
         <v>3</v>
       </c>
-      <c r="E35" s="33"/>
-      <c r="F35" s="33"/>
+      <c r="E35" s="33">
+        <v>3</v>
+      </c>
+      <c r="F35" s="33">
+        <v>3</v>
+      </c>
       <c r="G35" s="33"/>
       <c r="H35" s="33"/>
       <c r="I35" s="64"/>
       <c r="J35" s="33"/>
       <c r="K35" s="33"/>
       <c r="L35" s="33"/>
       <c r="M35" s="33"/>
       <c r="N35" s="33"/>
       <c r="P35" s="28"/>
       <c r="Q35" s="32">
         <v>34</v>
       </c>
       <c r="R35" s="33">
         <v>0</v>
       </c>
       <c r="S35" s="33">
         <v>0</v>
       </c>
       <c r="T35" s="33">
         <v>0</v>
       </c>
       <c r="U35" s="33">
         <v>0</v>
       </c>
       <c r="V35" s="33">
@@ -10464,52 +10592,56 @@
         <v>0</v>
       </c>
       <c r="AN35" s="33">
         <v>0</v>
       </c>
       <c r="AO35" s="33">
         <v>0</v>
       </c>
       <c r="AP35" s="33">
         <v>0</v>
       </c>
       <c r="AQ35" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:43">
       <c r="B36" s="32">
         <v>33</v>
       </c>
       <c r="C36" s="33">
         <v>1</v>
       </c>
       <c r="D36" s="33">
         <v>1</v>
       </c>
-      <c r="E36" s="33"/>
-      <c r="F36" s="33"/>
+      <c r="E36" s="33">
+        <v>1</v>
+      </c>
+      <c r="F36" s="33">
+        <v>1</v>
+      </c>
       <c r="G36" s="33"/>
       <c r="H36" s="33"/>
       <c r="I36" s="64"/>
       <c r="J36" s="33"/>
       <c r="K36" s="33"/>
       <c r="L36" s="33"/>
       <c r="M36" s="33"/>
       <c r="N36" s="33"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="32">
         <v>35</v>
       </c>
       <c r="R36" s="33">
         <v>20</v>
       </c>
       <c r="S36" s="33">
         <v>21</v>
       </c>
       <c r="T36" s="33">
         <v>22</v>
       </c>
       <c r="U36" s="33">
         <v>26</v>
       </c>
       <c r="V36" s="33">
@@ -10565,52 +10697,56 @@
         <v>30</v>
       </c>
       <c r="AN36" s="33">
         <v>30</v>
       </c>
       <c r="AO36" s="33">
         <v>31</v>
       </c>
       <c r="AP36" s="33">
         <v>31</v>
       </c>
       <c r="AQ36" s="33">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="2:43">
       <c r="B37" s="32">
         <v>34</v>
       </c>
       <c r="C37" s="33">
         <v>0</v>
       </c>
       <c r="D37" s="33">
         <v>0</v>
       </c>
-      <c r="E37" s="33"/>
-      <c r="F37" s="33"/>
+      <c r="E37" s="33">
+        <v>0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>0</v>
+      </c>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="64"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
       <c r="M37" s="33"/>
       <c r="N37" s="33"/>
       <c r="P37" s="28"/>
       <c r="Q37" s="32">
         <v>36</v>
       </c>
       <c r="R37" s="33">
         <v>23</v>
       </c>
       <c r="S37" s="33">
         <v>25</v>
       </c>
       <c r="T37" s="33">
         <v>25</v>
       </c>
       <c r="U37" s="33">
         <v>28</v>
       </c>
       <c r="V37" s="33">
@@ -10666,52 +10802,56 @@
         <v>37</v>
       </c>
       <c r="AN37" s="33">
         <v>38</v>
       </c>
       <c r="AO37" s="33">
         <v>39</v>
       </c>
       <c r="AP37" s="33">
         <v>39</v>
       </c>
       <c r="AQ37" s="33">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="2:43">
       <c r="B38" s="32">
         <v>35</v>
       </c>
       <c r="C38" s="33">
         <v>16</v>
       </c>
       <c r="D38" s="33">
         <v>16</v>
       </c>
-      <c r="E38" s="33"/>
-      <c r="F38" s="33"/>
+      <c r="E38" s="33">
+        <v>16</v>
+      </c>
+      <c r="F38" s="33">
+        <v>19</v>
+      </c>
       <c r="G38" s="33"/>
       <c r="H38" s="33"/>
       <c r="I38" s="64"/>
       <c r="J38" s="33"/>
       <c r="K38" s="33"/>
       <c r="L38" s="33"/>
       <c r="M38" s="33"/>
       <c r="N38" s="33"/>
       <c r="P38" s="28"/>
       <c r="Q38" s="32">
         <v>37</v>
       </c>
       <c r="R38" s="33">
         <v>16</v>
       </c>
       <c r="S38" s="33">
         <v>16</v>
       </c>
       <c r="T38" s="33">
         <v>16</v>
       </c>
       <c r="U38" s="33">
         <v>20</v>
       </c>
       <c r="V38" s="33">
@@ -10767,52 +10907,56 @@
         <v>25</v>
       </c>
       <c r="AN38" s="33">
         <v>26</v>
       </c>
       <c r="AO38" s="33">
         <v>27</v>
       </c>
       <c r="AP38" s="33">
         <v>28</v>
       </c>
       <c r="AQ38" s="33">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="2:43">
       <c r="B39" s="32">
         <v>36</v>
       </c>
       <c r="C39" s="33">
         <v>23</v>
       </c>
       <c r="D39" s="33">
         <v>23</v>
       </c>
-      <c r="E39" s="33"/>
-      <c r="F39" s="33"/>
+      <c r="E39" s="33">
+        <v>23</v>
+      </c>
+      <c r="F39" s="33">
+        <v>23</v>
+      </c>
       <c r="G39" s="33"/>
       <c r="H39" s="33"/>
       <c r="I39" s="64"/>
       <c r="J39" s="33"/>
       <c r="K39" s="33"/>
       <c r="L39" s="33"/>
       <c r="M39" s="33"/>
       <c r="N39" s="33"/>
       <c r="P39" s="28"/>
       <c r="Q39" s="32">
         <v>38</v>
       </c>
       <c r="R39" s="33">
         <v>1</v>
       </c>
       <c r="S39" s="33">
         <v>2</v>
       </c>
       <c r="T39" s="33">
         <v>2</v>
       </c>
       <c r="U39" s="33">
         <v>3</v>
       </c>
       <c r="V39" s="33">
@@ -10868,52 +11012,56 @@
         <v>8</v>
       </c>
       <c r="AN39" s="33">
         <v>8</v>
       </c>
       <c r="AO39" s="33">
         <v>8</v>
       </c>
       <c r="AP39" s="33">
         <v>8</v>
       </c>
       <c r="AQ39" s="33">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="2:43">
       <c r="B40" s="32">
         <v>37</v>
       </c>
       <c r="C40" s="33">
         <v>11</v>
       </c>
       <c r="D40" s="33">
         <v>11</v>
       </c>
-      <c r="E40" s="33"/>
-      <c r="F40" s="33"/>
+      <c r="E40" s="33">
+        <v>11</v>
+      </c>
+      <c r="F40" s="33">
+        <v>16</v>
+      </c>
       <c r="G40" s="33"/>
       <c r="H40" s="33"/>
       <c r="I40" s="64"/>
       <c r="J40" s="33"/>
       <c r="K40" s="33"/>
       <c r="L40" s="33"/>
       <c r="M40" s="33"/>
       <c r="N40" s="33"/>
       <c r="P40" s="28"/>
       <c r="Q40" s="32">
         <v>39</v>
       </c>
       <c r="R40" s="33">
         <v>1</v>
       </c>
       <c r="S40" s="33">
         <v>1</v>
       </c>
       <c r="T40" s="33">
         <v>1</v>
       </c>
       <c r="U40" s="33">
         <v>1</v>
       </c>
       <c r="V40" s="33">
@@ -10969,52 +11117,56 @@
         <v>2</v>
       </c>
       <c r="AN40" s="33">
         <v>2</v>
       </c>
       <c r="AO40" s="33">
         <v>2</v>
       </c>
       <c r="AP40" s="33">
         <v>2</v>
       </c>
       <c r="AQ40" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="41" spans="2:43">
       <c r="B41" s="32">
         <v>38</v>
       </c>
       <c r="C41" s="33">
         <v>1</v>
       </c>
       <c r="D41" s="33">
         <v>1</v>
       </c>
-      <c r="E41" s="33"/>
-      <c r="F41" s="33"/>
+      <c r="E41" s="33">
+        <v>1</v>
+      </c>
+      <c r="F41" s="33">
+        <v>2</v>
+      </c>
       <c r="G41" s="33"/>
       <c r="H41" s="33"/>
       <c r="I41" s="64"/>
       <c r="J41" s="33"/>
       <c r="K41" s="33"/>
       <c r="L41" s="33"/>
       <c r="M41" s="33"/>
       <c r="N41" s="33"/>
       <c r="P41" s="28"/>
       <c r="Q41" s="32">
         <v>40</v>
       </c>
       <c r="R41" s="33">
         <v>1</v>
       </c>
       <c r="S41" s="33">
         <v>1</v>
       </c>
       <c r="T41" s="33">
         <v>1</v>
       </c>
       <c r="U41" s="33">
         <v>1</v>
       </c>
       <c r="V41" s="33">
@@ -11070,52 +11222,56 @@
         <v>1</v>
       </c>
       <c r="AN41" s="33">
         <v>1</v>
       </c>
       <c r="AO41" s="33">
         <v>1</v>
       </c>
       <c r="AP41" s="33">
         <v>1</v>
       </c>
       <c r="AQ41" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="2:43">
       <c r="B42" s="32">
         <v>39</v>
       </c>
       <c r="C42" s="33">
         <v>0</v>
       </c>
       <c r="D42" s="33">
         <v>0</v>
       </c>
-      <c r="E42" s="33"/>
-      <c r="F42" s="33"/>
+      <c r="E42" s="33">
+        <v>0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>0</v>
+      </c>
       <c r="G42" s="33"/>
       <c r="H42" s="33"/>
       <c r="I42" s="64"/>
       <c r="J42" s="33"/>
       <c r="K42" s="33"/>
       <c r="L42" s="33"/>
       <c r="M42" s="33"/>
       <c r="N42" s="33"/>
       <c r="P42" s="28"/>
       <c r="Q42" s="32">
         <v>41</v>
       </c>
       <c r="R42" s="33">
         <v>20</v>
       </c>
       <c r="S42" s="33">
         <v>21</v>
       </c>
       <c r="T42" s="33">
         <v>21</v>
       </c>
       <c r="U42" s="33">
         <v>25</v>
       </c>
       <c r="V42" s="33">
@@ -11171,52 +11327,56 @@
         <v>30</v>
       </c>
       <c r="AN42" s="33">
         <v>31</v>
       </c>
       <c r="AO42" s="33">
         <v>34</v>
       </c>
       <c r="AP42" s="33">
         <v>35</v>
       </c>
       <c r="AQ42" s="33">
         <v>34</v>
       </c>
     </row>
     <row r="43" spans="2:43">
       <c r="B43" s="32">
         <v>40</v>
       </c>
       <c r="C43" s="33">
         <v>1</v>
       </c>
       <c r="D43" s="33">
         <v>1</v>
       </c>
-      <c r="E43" s="33"/>
-      <c r="F43" s="33"/>
+      <c r="E43" s="33">
+        <v>1</v>
+      </c>
+      <c r="F43" s="33">
+        <v>1</v>
+      </c>
       <c r="G43" s="33"/>
       <c r="H43" s="33"/>
       <c r="I43" s="64"/>
       <c r="J43" s="33"/>
       <c r="K43" s="33"/>
       <c r="L43" s="33"/>
       <c r="M43" s="33"/>
       <c r="N43" s="33"/>
       <c r="P43" s="28"/>
       <c r="Q43" s="32">
         <v>42</v>
       </c>
       <c r="R43" s="33">
         <v>37</v>
       </c>
       <c r="S43" s="33">
         <v>38</v>
       </c>
       <c r="T43" s="33">
         <v>38</v>
       </c>
       <c r="U43" s="33">
         <v>44</v>
       </c>
       <c r="V43" s="33">
@@ -11272,52 +11432,56 @@
         <v>51</v>
       </c>
       <c r="AN43" s="33">
         <v>53</v>
       </c>
       <c r="AO43" s="33">
         <v>56</v>
       </c>
       <c r="AP43" s="33">
         <v>57</v>
       </c>
       <c r="AQ43" s="33">
         <v>56</v>
       </c>
     </row>
     <row r="44" spans="2:43">
       <c r="B44" s="32">
         <v>41</v>
       </c>
       <c r="C44" s="33">
         <v>19</v>
       </c>
       <c r="D44" s="33">
         <v>19</v>
       </c>
-      <c r="E44" s="33"/>
-      <c r="F44" s="33"/>
+      <c r="E44" s="33">
+        <v>19</v>
+      </c>
+      <c r="F44" s="33">
+        <v>22</v>
+      </c>
       <c r="G44" s="33"/>
       <c r="H44" s="33"/>
       <c r="I44" s="64"/>
       <c r="J44" s="33"/>
       <c r="K44" s="33"/>
       <c r="L44" s="33"/>
       <c r="M44" s="33"/>
       <c r="N44" s="33"/>
       <c r="P44" s="28"/>
       <c r="Q44" s="32">
         <v>43</v>
       </c>
       <c r="R44" s="33">
         <v>1</v>
       </c>
       <c r="S44" s="33">
         <v>1</v>
       </c>
       <c r="T44" s="33">
         <v>1</v>
       </c>
       <c r="U44" s="33">
         <v>1</v>
       </c>
       <c r="V44" s="33">
@@ -11373,52 +11537,56 @@
         <v>3</v>
       </c>
       <c r="AN44" s="33">
         <v>3</v>
       </c>
       <c r="AO44" s="33">
         <v>3</v>
       </c>
       <c r="AP44" s="33">
         <v>3</v>
       </c>
       <c r="AQ44" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="2:43">
       <c r="B45" s="32">
         <v>42</v>
       </c>
       <c r="C45" s="33">
         <v>27</v>
       </c>
       <c r="D45" s="33">
         <v>27</v>
       </c>
-      <c r="E45" s="33"/>
-      <c r="F45" s="33"/>
+      <c r="E45" s="33">
+        <v>27</v>
+      </c>
+      <c r="F45" s="33">
+        <v>31</v>
+      </c>
       <c r="G45" s="33"/>
       <c r="H45" s="33"/>
       <c r="I45" s="64"/>
       <c r="J45" s="33"/>
       <c r="K45" s="33"/>
       <c r="L45" s="33"/>
       <c r="M45" s="33"/>
       <c r="N45" s="33"/>
       <c r="P45" s="28"/>
       <c r="Q45" s="32">
         <v>44</v>
       </c>
       <c r="R45" s="33">
         <v>0</v>
       </c>
       <c r="S45" s="33">
         <v>0</v>
       </c>
       <c r="T45" s="33">
         <v>0</v>
       </c>
       <c r="U45" s="33">
         <v>0</v>
       </c>
       <c r="V45" s="33">
@@ -11474,52 +11642,56 @@
         <v>0</v>
       </c>
       <c r="AN45" s="33">
         <v>0</v>
       </c>
       <c r="AO45" s="33">
         <v>0</v>
       </c>
       <c r="AP45" s="33">
         <v>0</v>
       </c>
       <c r="AQ45" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:43">
       <c r="B46" s="32">
         <v>43</v>
       </c>
       <c r="C46" s="33">
         <v>3</v>
       </c>
       <c r="D46" s="33">
         <v>3</v>
       </c>
-      <c r="E46" s="33"/>
-      <c r="F46" s="33"/>
+      <c r="E46" s="33">
+        <v>3</v>
+      </c>
+      <c r="F46" s="33">
+        <v>3</v>
+      </c>
       <c r="G46" s="33"/>
       <c r="H46" s="33"/>
       <c r="I46" s="64"/>
       <c r="J46" s="33"/>
       <c r="K46" s="33"/>
       <c r="L46" s="33"/>
       <c r="M46" s="33"/>
       <c r="N46" s="33"/>
       <c r="P46" s="28"/>
       <c r="Q46" s="32">
         <v>45</v>
       </c>
       <c r="R46" s="33">
         <v>3</v>
       </c>
       <c r="S46" s="33">
         <v>5</v>
       </c>
       <c r="T46" s="33">
         <v>5</v>
       </c>
       <c r="U46" s="33">
         <v>5</v>
       </c>
       <c r="V46" s="33">
@@ -11575,52 +11747,56 @@
         <v>4</v>
       </c>
       <c r="AN46" s="33">
         <v>4</v>
       </c>
       <c r="AO46" s="33">
         <v>4</v>
       </c>
       <c r="AP46" s="33">
         <v>4</v>
       </c>
       <c r="AQ46" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="2:43">
       <c r="B47" s="32">
         <v>44</v>
       </c>
       <c r="C47" s="33">
         <v>0</v>
       </c>
       <c r="D47" s="33">
         <v>0</v>
       </c>
-      <c r="E47" s="33"/>
-      <c r="F47" s="33"/>
+      <c r="E47" s="33">
+        <v>0</v>
+      </c>
+      <c r="F47" s="33">
+        <v>0</v>
+      </c>
       <c r="G47" s="33"/>
       <c r="H47" s="33"/>
       <c r="I47" s="64"/>
       <c r="J47" s="33"/>
       <c r="K47" s="33"/>
       <c r="L47" s="33"/>
       <c r="M47" s="33"/>
       <c r="N47" s="33"/>
       <c r="P47" s="28"/>
       <c r="Q47" s="32">
         <v>46</v>
       </c>
       <c r="R47" s="33">
         <v>5</v>
       </c>
       <c r="S47" s="33">
         <v>5</v>
       </c>
       <c r="T47" s="33">
         <v>5</v>
       </c>
       <c r="U47" s="33">
         <v>5</v>
       </c>
       <c r="V47" s="33">
@@ -11676,52 +11852,56 @@
         <v>7</v>
       </c>
       <c r="AN47" s="33">
         <v>8</v>
       </c>
       <c r="AO47" s="33">
         <v>8</v>
       </c>
       <c r="AP47" s="33">
         <v>8</v>
       </c>
       <c r="AQ47" s="33">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="2:43">
       <c r="B48" s="32">
         <v>45</v>
       </c>
       <c r="C48" s="33">
         <v>4</v>
       </c>
       <c r="D48" s="33">
         <v>4</v>
       </c>
-      <c r="E48" s="33"/>
-      <c r="F48" s="33"/>
+      <c r="E48" s="33">
+        <v>4</v>
+      </c>
+      <c r="F48" s="33">
+        <v>5</v>
+      </c>
       <c r="G48" s="33"/>
       <c r="H48" s="33"/>
       <c r="I48" s="64"/>
       <c r="J48" s="33"/>
       <c r="K48" s="33"/>
       <c r="L48" s="33"/>
       <c r="M48" s="33"/>
       <c r="N48" s="33"/>
       <c r="P48" s="28"/>
       <c r="Q48" s="32">
         <v>47</v>
       </c>
       <c r="R48" s="33">
         <v>0</v>
       </c>
       <c r="S48" s="33">
         <v>0</v>
       </c>
       <c r="T48" s="33">
         <v>0</v>
       </c>
       <c r="U48" s="33">
         <v>0</v>
       </c>
       <c r="V48" s="33">
@@ -11777,52 +11957,56 @@
         <v>0</v>
       </c>
       <c r="AN48" s="33">
         <v>0</v>
       </c>
       <c r="AO48" s="33">
         <v>0</v>
       </c>
       <c r="AP48" s="33">
         <v>0</v>
       </c>
       <c r="AQ48" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:43">
       <c r="B49" s="32">
         <v>46</v>
       </c>
       <c r="C49" s="33">
         <v>3</v>
       </c>
       <c r="D49" s="33">
         <v>3</v>
       </c>
-      <c r="E49" s="33"/>
-      <c r="F49" s="33"/>
+      <c r="E49" s="33">
+        <v>3</v>
+      </c>
+      <c r="F49" s="33">
+        <v>4</v>
+      </c>
       <c r="G49" s="33"/>
       <c r="H49" s="33"/>
       <c r="I49" s="64"/>
       <c r="J49" s="33"/>
       <c r="K49" s="33"/>
       <c r="L49" s="33"/>
       <c r="M49" s="33"/>
       <c r="N49" s="33"/>
       <c r="P49" s="28"/>
       <c r="Q49" s="32">
         <v>48</v>
       </c>
       <c r="R49" s="33">
         <v>97</v>
       </c>
       <c r="S49" s="33">
         <v>98</v>
       </c>
       <c r="T49" s="33">
         <v>100</v>
       </c>
       <c r="U49" s="33">
         <v>116</v>
       </c>
       <c r="V49" s="33">
@@ -11878,52 +12062,56 @@
         <v>143</v>
       </c>
       <c r="AN49" s="33">
         <v>152</v>
       </c>
       <c r="AO49" s="33">
         <v>154</v>
       </c>
       <c r="AP49" s="33">
         <v>157</v>
       </c>
       <c r="AQ49" s="33">
         <v>159</v>
       </c>
     </row>
     <row r="50" spans="2:43">
       <c r="B50" s="32">
         <v>47</v>
       </c>
       <c r="C50" s="33">
         <v>0</v>
       </c>
       <c r="D50" s="33">
         <v>0</v>
       </c>
-      <c r="E50" s="33"/>
-      <c r="F50" s="33"/>
+      <c r="E50" s="33">
+        <v>0</v>
+      </c>
+      <c r="F50" s="33">
+        <v>0</v>
+      </c>
       <c r="G50" s="33"/>
       <c r="H50" s="33"/>
       <c r="I50" s="64"/>
       <c r="J50" s="33"/>
       <c r="K50" s="33"/>
       <c r="L50" s="33"/>
       <c r="M50" s="33"/>
       <c r="N50" s="33"/>
       <c r="P50" s="28"/>
       <c r="Q50" s="32">
         <v>49</v>
       </c>
       <c r="R50" s="33">
         <v>30</v>
       </c>
       <c r="S50" s="33">
         <v>31</v>
       </c>
       <c r="T50" s="33">
         <v>32</v>
       </c>
       <c r="U50" s="33">
         <v>36</v>
       </c>
       <c r="V50" s="33">
@@ -11979,52 +12167,56 @@
         <v>39</v>
       </c>
       <c r="AN50" s="33">
         <v>41</v>
       </c>
       <c r="AO50" s="33">
         <v>41</v>
       </c>
       <c r="AP50" s="33">
         <v>42</v>
       </c>
       <c r="AQ50" s="33">
         <v>41</v>
       </c>
     </row>
     <row r="51" spans="2:43">
       <c r="B51" s="32">
         <v>48</v>
       </c>
       <c r="C51" s="33">
         <v>75</v>
       </c>
       <c r="D51" s="33">
         <v>75</v>
       </c>
-      <c r="E51" s="33"/>
-      <c r="F51" s="33"/>
+      <c r="E51" s="33">
+        <v>79</v>
+      </c>
+      <c r="F51" s="33">
+        <v>100</v>
+      </c>
       <c r="G51" s="33"/>
       <c r="H51" s="33"/>
       <c r="I51" s="64"/>
       <c r="J51" s="33"/>
       <c r="K51" s="33"/>
       <c r="L51" s="33"/>
       <c r="M51" s="33"/>
       <c r="N51" s="33"/>
       <c r="P51" s="28"/>
       <c r="Q51" s="32">
         <v>50</v>
       </c>
       <c r="R51" s="33">
         <v>10</v>
       </c>
       <c r="S51" s="33">
         <v>10</v>
       </c>
       <c r="T51" s="33">
         <v>11</v>
       </c>
       <c r="U51" s="33">
         <v>15</v>
       </c>
       <c r="V51" s="33">
@@ -12080,52 +12272,56 @@
         <v>17</v>
       </c>
       <c r="AN51" s="33">
         <v>23</v>
       </c>
       <c r="AO51" s="33">
         <v>24</v>
       </c>
       <c r="AP51" s="33">
         <v>25</v>
       </c>
       <c r="AQ51" s="33">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="2:43">
       <c r="B52" s="32">
         <v>49</v>
       </c>
       <c r="C52" s="33">
         <v>20</v>
       </c>
       <c r="D52" s="33">
         <v>20</v>
       </c>
-      <c r="E52" s="33"/>
-      <c r="F52" s="33"/>
+      <c r="E52" s="33">
+        <v>21</v>
+      </c>
+      <c r="F52" s="33">
+        <v>24</v>
+      </c>
       <c r="G52" s="33"/>
       <c r="H52" s="33"/>
       <c r="I52" s="64"/>
       <c r="J52" s="33"/>
       <c r="K52" s="33"/>
       <c r="L52" s="33"/>
       <c r="M52" s="33"/>
       <c r="N52" s="33"/>
       <c r="P52" s="28"/>
       <c r="Q52" s="32">
         <v>51</v>
       </c>
       <c r="R52" s="33">
         <v>36</v>
       </c>
       <c r="S52" s="33">
         <v>36</v>
       </c>
       <c r="T52" s="33">
         <v>38</v>
       </c>
       <c r="U52" s="33">
         <v>39</v>
       </c>
       <c r="V52" s="33">
@@ -12181,52 +12377,56 @@
         <v>49</v>
       </c>
       <c r="AN52" s="33">
         <v>51</v>
       </c>
       <c r="AO52" s="33">
         <v>51</v>
       </c>
       <c r="AP52" s="33">
         <v>54</v>
       </c>
       <c r="AQ52" s="33">
         <v>54</v>
       </c>
     </row>
     <row r="53" spans="2:43">
       <c r="B53" s="32">
         <v>50</v>
       </c>
       <c r="C53" s="33">
         <v>9</v>
       </c>
       <c r="D53" s="33">
         <v>9</v>
       </c>
-      <c r="E53" s="33"/>
-      <c r="F53" s="33"/>
+      <c r="E53" s="33">
+        <v>9</v>
+      </c>
+      <c r="F53" s="33">
+        <v>12</v>
+      </c>
       <c r="G53" s="33"/>
       <c r="H53" s="33"/>
       <c r="I53" s="64"/>
       <c r="J53" s="33"/>
       <c r="K53" s="33"/>
       <c r="L53" s="33"/>
       <c r="M53" s="33"/>
       <c r="N53" s="33"/>
       <c r="P53" s="28"/>
       <c r="Q53" s="32">
         <v>52</v>
       </c>
       <c r="R53" s="33">
         <v>51</v>
       </c>
       <c r="S53" s="33">
         <v>52</v>
       </c>
       <c r="T53" s="33">
         <v>53</v>
       </c>
       <c r="U53" s="33">
         <v>61</v>
       </c>
       <c r="V53" s="33">
@@ -12282,52 +12482,56 @@
         <v>91</v>
       </c>
       <c r="AN53" s="33">
         <v>94</v>
       </c>
       <c r="AO53" s="33">
         <v>96</v>
       </c>
       <c r="AP53" s="33">
         <v>99</v>
       </c>
       <c r="AQ53" s="33">
         <v>96</v>
       </c>
     </row>
     <row r="54" spans="2:43">
       <c r="B54" s="32">
         <v>51</v>
       </c>
       <c r="C54" s="33">
         <v>31</v>
       </c>
       <c r="D54" s="33">
         <v>33</v>
       </c>
-      <c r="E54" s="33"/>
-      <c r="F54" s="33"/>
+      <c r="E54" s="33">
+        <v>33</v>
+      </c>
+      <c r="F54" s="33">
+        <v>35</v>
+      </c>
       <c r="G54" s="33"/>
       <c r="H54" s="33"/>
       <c r="I54" s="64"/>
       <c r="J54" s="33"/>
       <c r="K54" s="33"/>
       <c r="L54" s="33"/>
       <c r="M54" s="33"/>
       <c r="N54" s="33"/>
       <c r="P54" s="28"/>
       <c r="Q54" s="32">
         <v>53</v>
       </c>
       <c r="R54" s="33">
         <v>62</v>
       </c>
       <c r="S54" s="33">
         <v>65</v>
       </c>
       <c r="T54" s="33">
         <v>66</v>
       </c>
       <c r="U54" s="33">
         <v>71</v>
       </c>
       <c r="V54" s="33">
@@ -12383,52 +12587,56 @@
         <v>95</v>
       </c>
       <c r="AN54" s="33">
         <v>97</v>
       </c>
       <c r="AO54" s="33">
         <v>101</v>
       </c>
       <c r="AP54" s="33">
         <v>102</v>
       </c>
       <c r="AQ54" s="33">
         <v>101</v>
       </c>
     </row>
     <row r="55" spans="2:43">
       <c r="B55" s="32">
         <v>52</v>
       </c>
       <c r="C55" s="33">
         <v>54</v>
       </c>
       <c r="D55" s="33">
         <v>55</v>
       </c>
-      <c r="E55" s="33"/>
-      <c r="F55" s="33"/>
+      <c r="E55" s="33">
+        <v>56</v>
+      </c>
+      <c r="F55" s="33">
+        <v>60</v>
+      </c>
       <c r="G55" s="33"/>
       <c r="H55" s="33"/>
       <c r="I55" s="64"/>
       <c r="J55" s="33"/>
       <c r="K55" s="33"/>
       <c r="L55" s="33"/>
       <c r="M55" s="33"/>
       <c r="N55" s="33"/>
       <c r="P55" s="28"/>
       <c r="Q55" s="32">
         <v>54</v>
       </c>
       <c r="R55" s="33">
         <v>4</v>
       </c>
       <c r="S55" s="33">
         <v>4</v>
       </c>
       <c r="T55" s="33">
         <v>6</v>
       </c>
       <c r="U55" s="33">
         <v>6</v>
       </c>
       <c r="V55" s="33">
@@ -12484,52 +12692,56 @@
         <v>7</v>
       </c>
       <c r="AN55" s="33">
         <v>7</v>
       </c>
       <c r="AO55" s="33">
         <v>7</v>
       </c>
       <c r="AP55" s="33">
         <v>7</v>
       </c>
       <c r="AQ55" s="33">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="2:43">
       <c r="B56" s="32">
         <v>53</v>
       </c>
       <c r="C56" s="33">
         <v>51</v>
       </c>
       <c r="D56" s="33">
         <v>52</v>
       </c>
-      <c r="E56" s="33"/>
-      <c r="F56" s="33"/>
+      <c r="E56" s="33">
+        <v>53</v>
+      </c>
+      <c r="F56" s="33">
+        <v>64</v>
+      </c>
       <c r="G56" s="33"/>
       <c r="H56" s="33"/>
       <c r="I56" s="64"/>
       <c r="J56" s="33"/>
       <c r="K56" s="33"/>
       <c r="L56" s="33"/>
       <c r="M56" s="33"/>
       <c r="N56" s="33"/>
       <c r="P56" s="28"/>
       <c r="Q56" s="32">
         <v>55</v>
       </c>
       <c r="R56" s="33">
         <v>3</v>
       </c>
       <c r="S56" s="33">
         <v>4</v>
       </c>
       <c r="T56" s="33">
         <v>4</v>
       </c>
       <c r="U56" s="33">
         <v>4</v>
       </c>
       <c r="V56" s="33">
@@ -12585,52 +12797,56 @@
         <v>4</v>
       </c>
       <c r="AN56" s="33">
         <v>4</v>
       </c>
       <c r="AO56" s="33">
         <v>4</v>
       </c>
       <c r="AP56" s="33">
         <v>4</v>
       </c>
       <c r="AQ56" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="57" spans="2:43">
       <c r="B57" s="32">
         <v>54</v>
       </c>
       <c r="C57" s="33">
         <v>3</v>
       </c>
       <c r="D57" s="33">
         <v>3</v>
       </c>
-      <c r="E57" s="33"/>
-      <c r="F57" s="33"/>
+      <c r="E57" s="33">
+        <v>3</v>
+      </c>
+      <c r="F57" s="33">
+        <v>6</v>
+      </c>
       <c r="G57" s="33"/>
       <c r="H57" s="33"/>
       <c r="I57" s="64"/>
       <c r="J57" s="33"/>
       <c r="K57" s="33"/>
       <c r="L57" s="33"/>
       <c r="M57" s="33"/>
       <c r="N57" s="33"/>
       <c r="P57" s="28"/>
       <c r="Q57" s="32">
         <v>56</v>
       </c>
       <c r="R57" s="33">
         <v>7</v>
       </c>
       <c r="S57" s="33">
         <v>7</v>
       </c>
       <c r="T57" s="33">
         <v>7</v>
       </c>
       <c r="U57" s="33">
         <v>9</v>
       </c>
       <c r="V57" s="33">
@@ -12686,52 +12902,56 @@
         <v>10</v>
       </c>
       <c r="AN57" s="33">
         <v>12</v>
       </c>
       <c r="AO57" s="33">
         <v>13</v>
       </c>
       <c r="AP57" s="33">
         <v>14</v>
       </c>
       <c r="AQ57" s="33">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="2:43">
       <c r="B58" s="32">
         <v>55</v>
       </c>
       <c r="C58" s="33">
         <v>2</v>
       </c>
       <c r="D58" s="33">
         <v>2</v>
       </c>
-      <c r="E58" s="33"/>
-      <c r="F58" s="33"/>
+      <c r="E58" s="33">
+        <v>2</v>
+      </c>
+      <c r="F58" s="33">
+        <v>1</v>
+      </c>
       <c r="G58" s="33"/>
       <c r="H58" s="33"/>
       <c r="I58" s="64"/>
       <c r="J58" s="33"/>
       <c r="K58" s="33"/>
       <c r="L58" s="33"/>
       <c r="M58" s="33"/>
       <c r="N58" s="33"/>
       <c r="P58" s="28"/>
       <c r="Q58" s="32">
         <v>57</v>
       </c>
       <c r="R58" s="33">
         <v>6</v>
       </c>
       <c r="S58" s="33">
         <v>6</v>
       </c>
       <c r="T58" s="33">
         <v>7</v>
       </c>
       <c r="U58" s="33">
         <v>8</v>
       </c>
       <c r="V58" s="33">
@@ -12787,52 +13007,56 @@
         <v>6</v>
       </c>
       <c r="AN58" s="33">
         <v>7</v>
       </c>
       <c r="AO58" s="33">
         <v>7</v>
       </c>
       <c r="AP58" s="33">
         <v>7</v>
       </c>
       <c r="AQ58" s="33">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="2:43">
       <c r="B59" s="32">
         <v>56</v>
       </c>
       <c r="C59" s="33">
         <v>7</v>
       </c>
       <c r="D59" s="33">
         <v>7</v>
       </c>
-      <c r="E59" s="33"/>
-      <c r="F59" s="33"/>
+      <c r="E59" s="33">
+        <v>7</v>
+      </c>
+      <c r="F59" s="33">
+        <v>8</v>
+      </c>
       <c r="G59" s="33"/>
       <c r="H59" s="33"/>
       <c r="I59" s="64"/>
       <c r="J59" s="33"/>
       <c r="K59" s="33"/>
       <c r="L59" s="33"/>
       <c r="M59" s="33"/>
       <c r="N59" s="33"/>
       <c r="P59" s="28"/>
       <c r="Q59" s="32">
         <v>58</v>
       </c>
       <c r="R59" s="33">
         <v>14</v>
       </c>
       <c r="S59" s="33">
         <v>14</v>
       </c>
       <c r="T59" s="33">
         <v>14</v>
       </c>
       <c r="U59" s="33">
         <v>14</v>
       </c>
       <c r="V59" s="33">
@@ -12888,52 +13112,56 @@
         <v>20</v>
       </c>
       <c r="AN59" s="33">
         <v>21</v>
       </c>
       <c r="AO59" s="33">
         <v>21</v>
       </c>
       <c r="AP59" s="33">
         <v>22</v>
       </c>
       <c r="AQ59" s="33">
         <v>22</v>
       </c>
     </row>
     <row r="60" spans="2:43">
       <c r="B60" s="32">
         <v>57</v>
       </c>
       <c r="C60" s="33">
         <v>5</v>
       </c>
       <c r="D60" s="33">
         <v>5</v>
       </c>
-      <c r="E60" s="33"/>
-      <c r="F60" s="33"/>
+      <c r="E60" s="33">
+        <v>5</v>
+      </c>
+      <c r="F60" s="33">
+        <v>8</v>
+      </c>
       <c r="G60" s="33"/>
       <c r="H60" s="33"/>
       <c r="I60" s="64"/>
       <c r="J60" s="33"/>
       <c r="K60" s="33"/>
       <c r="L60" s="33"/>
       <c r="M60" s="33"/>
       <c r="N60" s="33"/>
       <c r="P60" s="28"/>
       <c r="Q60" s="32">
         <v>59</v>
       </c>
       <c r="R60" s="33">
         <v>21</v>
       </c>
       <c r="S60" s="33">
         <v>22</v>
       </c>
       <c r="T60" s="33">
         <v>24</v>
       </c>
       <c r="U60" s="33">
         <v>27</v>
       </c>
       <c r="V60" s="33">
@@ -12989,52 +13217,56 @@
         <v>31</v>
       </c>
       <c r="AN60" s="33">
         <v>34</v>
       </c>
       <c r="AO60" s="33">
         <v>35</v>
       </c>
       <c r="AP60" s="33">
         <v>35</v>
       </c>
       <c r="AQ60" s="33">
         <v>36</v>
       </c>
     </row>
     <row r="61" spans="2:43">
       <c r="B61" s="32">
         <v>58</v>
       </c>
       <c r="C61" s="33">
         <v>11</v>
       </c>
       <c r="D61" s="33">
         <v>11</v>
       </c>
-      <c r="E61" s="33"/>
-      <c r="F61" s="33"/>
+      <c r="E61" s="33">
+        <v>12</v>
+      </c>
+      <c r="F61" s="33">
+        <v>14</v>
+      </c>
       <c r="G61" s="33"/>
       <c r="H61" s="33"/>
       <c r="I61" s="64"/>
       <c r="J61" s="33"/>
       <c r="K61" s="33"/>
       <c r="L61" s="33"/>
       <c r="M61" s="33"/>
       <c r="N61" s="33"/>
       <c r="P61" s="28"/>
       <c r="Q61" s="32">
         <v>60</v>
       </c>
       <c r="R61" s="33">
         <v>3</v>
       </c>
       <c r="S61" s="33">
         <v>3</v>
       </c>
       <c r="T61" s="33">
         <v>3</v>
       </c>
       <c r="U61" s="33">
         <v>3</v>
       </c>
       <c r="V61" s="33">
@@ -13090,52 +13322,56 @@
         <v>6</v>
       </c>
       <c r="AN61" s="33">
         <v>6</v>
       </c>
       <c r="AO61" s="33">
         <v>6</v>
       </c>
       <c r="AP61" s="33">
         <v>6</v>
       </c>
       <c r="AQ61" s="33">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="2:43">
       <c r="B62" s="32">
         <v>59</v>
       </c>
       <c r="C62" s="33">
         <v>18</v>
       </c>
       <c r="D62" s="33">
         <v>18</v>
       </c>
-      <c r="E62" s="33"/>
-      <c r="F62" s="33"/>
+      <c r="E62" s="33">
+        <v>18</v>
+      </c>
+      <c r="F62" s="33">
+        <v>24</v>
+      </c>
       <c r="G62" s="33"/>
       <c r="H62" s="33"/>
       <c r="I62" s="64"/>
       <c r="J62" s="33"/>
       <c r="K62" s="33"/>
       <c r="L62" s="33"/>
       <c r="M62" s="33"/>
       <c r="N62" s="33"/>
       <c r="P62" s="28"/>
       <c r="Q62" s="32">
         <v>61</v>
       </c>
       <c r="R62" s="33">
         <v>1</v>
       </c>
       <c r="S62" s="33">
         <v>1</v>
       </c>
       <c r="T62" s="33">
         <v>1</v>
       </c>
       <c r="U62" s="33">
         <v>1</v>
       </c>
       <c r="V62" s="33">
@@ -13191,52 +13427,56 @@
         <v>2</v>
       </c>
       <c r="AN62" s="33">
         <v>2</v>
       </c>
       <c r="AO62" s="33">
         <v>2</v>
       </c>
       <c r="AP62" s="33">
         <v>2</v>
       </c>
       <c r="AQ62" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="63" spans="2:43">
       <c r="B63" s="32">
         <v>60</v>
       </c>
       <c r="C63" s="33">
         <v>1</v>
       </c>
       <c r="D63" s="33">
         <v>1</v>
       </c>
-      <c r="E63" s="33"/>
-      <c r="F63" s="33"/>
+      <c r="E63" s="33">
+        <v>1</v>
+      </c>
+      <c r="F63" s="33">
+        <v>1</v>
+      </c>
       <c r="G63" s="33"/>
       <c r="H63" s="33"/>
       <c r="I63" s="64"/>
       <c r="J63" s="33"/>
       <c r="K63" s="33"/>
       <c r="L63" s="33"/>
       <c r="M63" s="33"/>
       <c r="N63" s="33"/>
       <c r="P63" s="28"/>
       <c r="Q63" s="32">
         <v>62</v>
       </c>
       <c r="R63" s="33">
         <v>2</v>
       </c>
       <c r="S63" s="33">
         <v>2</v>
       </c>
       <c r="T63" s="33">
         <v>2</v>
       </c>
       <c r="U63" s="33">
         <v>2</v>
       </c>
       <c r="V63" s="33">
@@ -13292,52 +13532,56 @@
         <v>2</v>
       </c>
       <c r="AN63" s="33">
         <v>2</v>
       </c>
       <c r="AO63" s="33">
         <v>2</v>
       </c>
       <c r="AP63" s="33">
         <v>2</v>
       </c>
       <c r="AQ63" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="64" spans="2:43">
       <c r="B64" s="32">
         <v>61</v>
       </c>
       <c r="C64" s="33">
         <v>2</v>
       </c>
       <c r="D64" s="33">
         <v>2</v>
       </c>
-      <c r="E64" s="33"/>
-      <c r="F64" s="33"/>
+      <c r="E64" s="33">
+        <v>2</v>
+      </c>
+      <c r="F64" s="33">
+        <v>1</v>
+      </c>
       <c r="G64" s="33"/>
       <c r="H64" s="33"/>
       <c r="I64" s="64"/>
       <c r="J64" s="33"/>
       <c r="K64" s="33"/>
       <c r="L64" s="33"/>
       <c r="M64" s="33"/>
       <c r="N64" s="33"/>
       <c r="P64" s="28"/>
       <c r="Q64" s="32">
         <v>63</v>
       </c>
       <c r="R64" s="33">
         <v>0</v>
       </c>
       <c r="S64" s="33">
         <v>0</v>
       </c>
       <c r="T64" s="33">
         <v>0</v>
       </c>
       <c r="U64" s="33">
         <v>0</v>
       </c>
       <c r="V64" s="33">
@@ -13393,52 +13637,56 @@
         <v>1</v>
       </c>
       <c r="AN64" s="33">
         <v>1</v>
       </c>
       <c r="AO64" s="33">
         <v>1</v>
       </c>
       <c r="AP64" s="33">
         <v>1</v>
       </c>
       <c r="AQ64" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="2:43">
       <c r="B65" s="32">
         <v>62</v>
       </c>
       <c r="C65" s="33">
         <v>2</v>
       </c>
       <c r="D65" s="33">
         <v>2</v>
       </c>
-      <c r="E65" s="33"/>
-      <c r="F65" s="33"/>
+      <c r="E65" s="33">
+        <v>2</v>
+      </c>
+      <c r="F65" s="33">
+        <v>2</v>
+      </c>
       <c r="G65" s="33"/>
       <c r="H65" s="33"/>
       <c r="I65" s="64"/>
       <c r="J65" s="33"/>
       <c r="K65" s="33"/>
       <c r="L65" s="33"/>
       <c r="M65" s="33"/>
       <c r="N65" s="33"/>
       <c r="P65" s="28"/>
       <c r="Q65" s="32">
         <v>64</v>
       </c>
       <c r="R65" s="33">
         <v>32</v>
       </c>
       <c r="S65" s="33">
         <v>32</v>
       </c>
       <c r="T65" s="33">
         <v>32</v>
       </c>
       <c r="U65" s="33">
         <v>35</v>
       </c>
       <c r="V65" s="33">
@@ -13494,52 +13742,56 @@
         <v>49</v>
       </c>
       <c r="AN65" s="33">
         <v>49</v>
       </c>
       <c r="AO65" s="33">
         <v>52</v>
       </c>
       <c r="AP65" s="33">
         <v>54</v>
       </c>
       <c r="AQ65" s="33">
         <v>53</v>
       </c>
     </row>
     <row r="66" spans="2:43">
       <c r="B66" s="32">
         <v>63</v>
       </c>
       <c r="C66" s="33">
         <v>0</v>
       </c>
       <c r="D66" s="33">
         <v>0</v>
       </c>
-      <c r="E66" s="33"/>
-      <c r="F66" s="33"/>
+      <c r="E66" s="33">
+        <v>0</v>
+      </c>
+      <c r="F66" s="33">
+        <v>0</v>
+      </c>
       <c r="G66" s="33"/>
       <c r="H66" s="33"/>
       <c r="I66" s="64"/>
       <c r="J66" s="33"/>
       <c r="K66" s="33"/>
       <c r="L66" s="33"/>
       <c r="M66" s="33"/>
       <c r="N66" s="33"/>
       <c r="P66" s="28"/>
       <c r="Q66" s="32">
         <v>65</v>
       </c>
       <c r="R66" s="33">
         <v>0</v>
       </c>
       <c r="S66" s="33">
         <v>0</v>
       </c>
       <c r="T66" s="33">
         <v>0</v>
       </c>
       <c r="U66" s="33">
         <v>0</v>
       </c>
       <c r="V66" s="33">
@@ -13595,52 +13847,56 @@
         <v>1</v>
       </c>
       <c r="AN66" s="33">
         <v>1</v>
       </c>
       <c r="AO66" s="33">
         <v>1</v>
       </c>
       <c r="AP66" s="33">
         <v>1</v>
       </c>
       <c r="AQ66" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="2:43">
       <c r="B67" s="32">
         <v>64</v>
       </c>
       <c r="C67" s="33">
         <v>26</v>
       </c>
       <c r="D67" s="33">
         <v>26</v>
       </c>
-      <c r="E67" s="33"/>
-      <c r="F67" s="33"/>
+      <c r="E67" s="33">
+        <v>26</v>
+      </c>
+      <c r="F67" s="33">
+        <v>30</v>
+      </c>
       <c r="G67" s="33"/>
       <c r="H67" s="33"/>
       <c r="I67" s="64"/>
       <c r="J67" s="33"/>
       <c r="K67" s="33"/>
       <c r="L67" s="33"/>
       <c r="M67" s="33"/>
       <c r="N67" s="33"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="32">
         <v>66</v>
       </c>
       <c r="R67" s="33">
         <v>0</v>
       </c>
       <c r="S67" s="33">
         <v>0</v>
       </c>
       <c r="T67" s="33">
         <v>0</v>
       </c>
       <c r="U67" s="33">
         <v>0</v>
       </c>
       <c r="V67" s="33">
@@ -13696,52 +13952,56 @@
         <v>0</v>
       </c>
       <c r="AN67" s="33">
         <v>0</v>
       </c>
       <c r="AO67" s="33">
         <v>0</v>
       </c>
       <c r="AP67" s="33">
         <v>0</v>
       </c>
       <c r="AQ67" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:43">
       <c r="B68" s="32">
         <v>65</v>
       </c>
       <c r="C68" s="33">
         <v>1</v>
       </c>
       <c r="D68" s="33">
         <v>1</v>
       </c>
-      <c r="E68" s="33"/>
-      <c r="F68" s="33"/>
+      <c r="E68" s="33">
+        <v>1</v>
+      </c>
+      <c r="F68" s="33">
+        <v>1</v>
+      </c>
       <c r="G68" s="33"/>
       <c r="H68" s="33"/>
       <c r="I68" s="64"/>
       <c r="J68" s="33"/>
       <c r="K68" s="33"/>
       <c r="L68" s="33"/>
       <c r="M68" s="33"/>
       <c r="N68" s="33"/>
       <c r="P68" s="28"/>
       <c r="Q68" s="32">
         <v>67</v>
       </c>
       <c r="R68" s="33">
         <v>0</v>
       </c>
       <c r="S68" s="33">
         <v>0</v>
       </c>
       <c r="T68" s="33">
         <v>0</v>
       </c>
       <c r="U68" s="33">
         <v>0</v>
       </c>
       <c r="V68" s="33">
@@ -13797,100 +14057,108 @@
         <v>1</v>
       </c>
       <c r="AN68" s="33">
         <v>1</v>
       </c>
       <c r="AO68" s="33">
         <v>0</v>
       </c>
       <c r="AP68" s="33">
         <v>0</v>
       </c>
       <c r="AQ68" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:43">
       <c r="B69" s="32">
         <v>66</v>
       </c>
       <c r="C69" s="33">
         <v>0</v>
       </c>
       <c r="D69" s="33">
         <v>0</v>
       </c>
-      <c r="E69" s="33"/>
-      <c r="F69" s="33"/>
+      <c r="E69" s="33">
+        <v>0</v>
+      </c>
+      <c r="F69" s="33">
+        <v>0</v>
+      </c>
       <c r="G69" s="33"/>
       <c r="H69" s="33"/>
       <c r="I69" s="64"/>
       <c r="J69" s="33"/>
       <c r="K69" s="33"/>
       <c r="L69" s="33"/>
       <c r="M69" s="33"/>
       <c r="N69" s="33"/>
       <c r="P69" s="28"/>
     </row>
     <row r="70" spans="2:43">
       <c r="B70" s="32">
         <v>67</v>
       </c>
       <c r="C70" s="33">
         <v>0</v>
       </c>
       <c r="D70" s="33">
         <v>0</v>
       </c>
-      <c r="E70" s="33"/>
-      <c r="F70" s="33"/>
+      <c r="E70" s="33">
+        <v>0</v>
+      </c>
+      <c r="F70" s="33">
+        <v>0</v>
+      </c>
       <c r="G70" s="33"/>
       <c r="H70" s="33"/>
       <c r="I70" s="64"/>
       <c r="J70" s="33"/>
       <c r="K70" s="33"/>
       <c r="L70" s="33"/>
       <c r="M70" s="33"/>
       <c r="N70" s="33"/>
       <c r="P70" s="28"/>
     </row>
     <row r="74" spans="2:43">
       <c r="C74">
         <f>SUM(C4:C73)</f>
         <v>863</v>
       </c>
       <c r="D74">
         <f t="shared" ref="D74:N74" si="0">SUM(D4:D73)</f>
         <v>868</v>
       </c>
       <c r="E74">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>883</v>
       </c>
       <c r="F74">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1037</v>
       </c>
       <c r="G74">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H74">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I74" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J74">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K74">
         <f>SUM(K5:K73)</f>
         <v>0</v>
       </c>
       <c r="L74">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
@@ -14125,52 +14393,56 @@
         <v>45413</v>
       </c>
       <c r="AM103" s="34">
         <v>45444</v>
       </c>
       <c r="AN103" s="34">
         <v>45474</v>
       </c>
       <c r="AO103" s="34">
         <v>45505</v>
       </c>
       <c r="AP103" s="34">
         <v>45536</v>
       </c>
     </row>
     <row r="104" spans="2:42">
       <c r="B104" s="35">
         <v>1</v>
       </c>
       <c r="C104" s="33">
         <v>4</v>
       </c>
       <c r="D104" s="33">
         <v>4</v>
       </c>
-      <c r="E104" s="33"/>
-      <c r="F104" s="33"/>
+      <c r="E104" s="33">
+        <v>5</v>
+      </c>
+      <c r="F104" s="33">
+        <v>7</v>
+      </c>
       <c r="G104" s="33"/>
       <c r="H104" s="33"/>
       <c r="I104" s="64"/>
       <c r="J104" s="33"/>
       <c r="K104" s="57"/>
       <c r="L104" s="33"/>
       <c r="M104" s="33"/>
       <c r="N104" s="33"/>
       <c r="Q104" s="35">
         <v>1</v>
       </c>
       <c r="R104" s="33">
         <v>2</v>
       </c>
       <c r="S104" s="33">
         <v>2</v>
       </c>
       <c r="T104" s="33">
         <v>3</v>
       </c>
       <c r="U104" s="33">
         <v>5</v>
       </c>
       <c r="V104" s="33">
         <v>5</v>
@@ -14222,52 +14494,56 @@
         <v>9</v>
       </c>
       <c r="AM104" s="57">
         <v>9</v>
       </c>
       <c r="AN104" s="33">
         <v>9</v>
       </c>
       <c r="AO104" s="33">
         <v>9</v>
       </c>
       <c r="AP104" s="33">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="2:42">
       <c r="B105" s="35">
         <v>2</v>
       </c>
       <c r="C105" s="33">
         <v>0</v>
       </c>
       <c r="D105" s="33">
         <v>0</v>
       </c>
-      <c r="E105" s="33"/>
-      <c r="F105" s="33"/>
+      <c r="E105" s="33">
+        <v>0</v>
+      </c>
+      <c r="F105" s="33">
+        <v>0</v>
+      </c>
       <c r="G105" s="33"/>
       <c r="H105" s="33"/>
       <c r="I105" s="64"/>
       <c r="J105" s="33"/>
       <c r="K105" s="33"/>
       <c r="L105" s="33"/>
       <c r="M105" s="33"/>
       <c r="N105" s="33"/>
       <c r="Q105" s="35">
         <v>2</v>
       </c>
       <c r="R105" s="33">
         <v>0</v>
       </c>
       <c r="S105" s="33">
         <v>0</v>
       </c>
       <c r="T105" s="33">
         <v>0</v>
       </c>
       <c r="U105" s="33">
         <v>0</v>
       </c>
       <c r="V105" s="33">
         <v>0</v>
@@ -14319,52 +14595,56 @@
         <v>0</v>
       </c>
       <c r="AM105" s="33">
         <v>0</v>
       </c>
       <c r="AN105" s="33">
         <v>0</v>
       </c>
       <c r="AO105" s="33">
         <v>0</v>
       </c>
       <c r="AP105" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="2:42">
       <c r="B106" s="35">
         <v>3</v>
       </c>
       <c r="C106" s="33">
         <v>1</v>
       </c>
       <c r="D106" s="33">
         <v>1</v>
       </c>
-      <c r="E106" s="33"/>
-      <c r="F106" s="33"/>
+      <c r="E106" s="33">
+        <v>1</v>
+      </c>
+      <c r="F106" s="33">
+        <v>4</v>
+      </c>
       <c r="G106" s="33"/>
       <c r="H106" s="33"/>
       <c r="I106" s="64"/>
       <c r="J106" s="33"/>
       <c r="K106" s="33"/>
       <c r="L106" s="33"/>
       <c r="M106" s="33"/>
       <c r="N106" s="33"/>
       <c r="Q106" s="35">
         <v>3</v>
       </c>
       <c r="R106" s="33">
         <v>5</v>
       </c>
       <c r="S106" s="33">
         <v>5</v>
       </c>
       <c r="T106" s="33">
         <v>5</v>
       </c>
       <c r="U106" s="33">
         <v>5</v>
       </c>
       <c r="V106" s="33">
         <v>5</v>
@@ -14416,52 +14696,56 @@
         <v>4</v>
       </c>
       <c r="AM106" s="33">
         <v>4</v>
       </c>
       <c r="AN106" s="33">
         <v>4</v>
       </c>
       <c r="AO106" s="33">
         <v>4</v>
       </c>
       <c r="AP106" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="107" spans="2:42">
       <c r="B107" s="35">
         <v>4</v>
       </c>
       <c r="C107" s="33">
         <v>0</v>
       </c>
       <c r="D107" s="33">
         <v>0</v>
       </c>
-      <c r="E107" s="33"/>
-      <c r="F107" s="33"/>
+      <c r="E107" s="33">
+        <v>0</v>
+      </c>
+      <c r="F107" s="33">
+        <v>0</v>
+      </c>
       <c r="G107" s="33"/>
       <c r="H107" s="33"/>
       <c r="I107" s="64"/>
       <c r="J107" s="33"/>
       <c r="K107" s="33"/>
       <c r="L107" s="33"/>
       <c r="M107" s="33"/>
       <c r="N107" s="33"/>
       <c r="Q107" s="35">
         <v>4</v>
       </c>
       <c r="R107" s="33">
         <v>1</v>
       </c>
       <c r="S107" s="33">
         <v>1</v>
       </c>
       <c r="T107" s="33">
         <v>1</v>
       </c>
       <c r="U107" s="33">
         <v>1</v>
       </c>
       <c r="V107" s="33">
         <v>1</v>
@@ -14513,52 +14797,56 @@
         <v>1</v>
       </c>
       <c r="AM107" s="33">
         <v>1</v>
       </c>
       <c r="AN107" s="33">
         <v>1</v>
       </c>
       <c r="AO107" s="33">
         <v>1</v>
       </c>
       <c r="AP107" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="2:42">
       <c r="B108" s="35">
         <v>5</v>
       </c>
       <c r="C108" s="33">
         <v>21</v>
       </c>
       <c r="D108" s="33">
         <v>21</v>
       </c>
-      <c r="E108" s="33"/>
-      <c r="F108" s="33"/>
+      <c r="E108" s="33">
+        <v>21</v>
+      </c>
+      <c r="F108" s="33">
+        <v>25</v>
+      </c>
       <c r="G108" s="33"/>
       <c r="H108" s="33"/>
       <c r="I108" s="64"/>
       <c r="J108" s="33"/>
       <c r="K108" s="33"/>
       <c r="L108" s="33"/>
       <c r="M108" s="33"/>
       <c r="N108" s="33"/>
       <c r="Q108" s="35">
         <v>5</v>
       </c>
       <c r="R108" s="33">
         <v>25</v>
       </c>
       <c r="S108" s="33">
         <v>25</v>
       </c>
       <c r="T108" s="33">
         <v>26</v>
       </c>
       <c r="U108" s="33">
         <v>29</v>
       </c>
       <c r="V108" s="33">
         <v>29</v>
@@ -14610,52 +14898,56 @@
         <v>33</v>
       </c>
       <c r="AM108" s="33">
         <v>34</v>
       </c>
       <c r="AN108" s="33">
         <v>34</v>
       </c>
       <c r="AO108" s="33">
         <v>37</v>
       </c>
       <c r="AP108" s="33">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="2:42">
       <c r="B109" s="35">
         <v>6</v>
       </c>
       <c r="C109" s="33">
         <v>26</v>
       </c>
       <c r="D109" s="33">
         <v>26</v>
       </c>
-      <c r="E109" s="33"/>
-      <c r="F109" s="33"/>
+      <c r="E109" s="33">
+        <v>26</v>
+      </c>
+      <c r="F109" s="33">
+        <v>26</v>
+      </c>
       <c r="G109" s="33"/>
       <c r="H109" s="33"/>
       <c r="I109" s="64"/>
       <c r="J109" s="33"/>
       <c r="K109" s="33"/>
       <c r="L109" s="33"/>
       <c r="M109" s="33"/>
       <c r="N109" s="33"/>
       <c r="Q109" s="35">
         <v>6</v>
       </c>
       <c r="R109" s="33">
         <v>23</v>
       </c>
       <c r="S109" s="33">
         <v>24</v>
       </c>
       <c r="T109" s="33">
         <v>24</v>
       </c>
       <c r="U109" s="33">
         <v>29</v>
       </c>
       <c r="V109" s="33">
         <v>31</v>
@@ -14707,52 +14999,56 @@
         <v>35</v>
       </c>
       <c r="AM109" s="33">
         <v>37</v>
       </c>
       <c r="AN109" s="33">
         <v>37</v>
       </c>
       <c r="AO109" s="33">
         <v>38</v>
       </c>
       <c r="AP109" s="33">
         <v>38</v>
       </c>
     </row>
     <row r="110" spans="2:42">
       <c r="B110" s="35">
         <v>7</v>
       </c>
       <c r="C110" s="33">
         <v>0</v>
       </c>
       <c r="D110" s="33">
         <v>0</v>
       </c>
-      <c r="E110" s="33"/>
-      <c r="F110" s="33"/>
+      <c r="E110" s="33">
+        <v>0</v>
+      </c>
+      <c r="F110" s="33">
+        <v>0</v>
+      </c>
       <c r="G110" s="33"/>
       <c r="H110" s="33"/>
       <c r="I110" s="64"/>
       <c r="J110" s="33"/>
       <c r="K110" s="33"/>
       <c r="L110" s="33"/>
       <c r="M110" s="33"/>
       <c r="N110" s="33"/>
       <c r="Q110" s="35">
         <v>7</v>
       </c>
       <c r="R110" s="33">
         <v>0</v>
       </c>
       <c r="S110" s="33">
         <v>0</v>
       </c>
       <c r="T110" s="33">
         <v>0</v>
       </c>
       <c r="U110" s="33">
         <v>0</v>
       </c>
       <c r="V110" s="33">
         <v>0</v>
@@ -14804,52 +15100,56 @@
         <v>0</v>
       </c>
       <c r="AM110" s="33">
         <v>0</v>
       </c>
       <c r="AN110" s="33">
         <v>0</v>
       </c>
       <c r="AO110" s="33">
         <v>0</v>
       </c>
       <c r="AP110" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="2:42">
       <c r="B111" s="35">
         <v>8</v>
       </c>
       <c r="C111" s="33">
         <v>2</v>
       </c>
       <c r="D111" s="33">
         <v>2</v>
       </c>
-      <c r="E111" s="33"/>
-      <c r="F111" s="33"/>
+      <c r="E111" s="33">
+        <v>2</v>
+      </c>
+      <c r="F111" s="33">
+        <v>3</v>
+      </c>
       <c r="G111" s="33"/>
       <c r="H111" s="33"/>
       <c r="I111" s="64"/>
       <c r="J111" s="33"/>
       <c r="K111" s="33"/>
       <c r="L111" s="33"/>
       <c r="M111" s="33"/>
       <c r="N111" s="33"/>
       <c r="Q111" s="35">
         <v>8</v>
       </c>
       <c r="R111" s="33">
         <v>4</v>
       </c>
       <c r="S111" s="33">
         <v>4</v>
       </c>
       <c r="T111" s="33">
         <v>4</v>
       </c>
       <c r="U111" s="33">
         <v>4</v>
       </c>
       <c r="V111" s="33">
         <v>4</v>
@@ -14901,52 +15201,56 @@
         <v>4</v>
       </c>
       <c r="AM111" s="33">
         <v>4</v>
       </c>
       <c r="AN111" s="33">
         <v>4</v>
       </c>
       <c r="AO111" s="33">
         <v>4</v>
       </c>
       <c r="AP111" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="112" spans="2:42">
       <c r="B112" s="35">
         <v>9</v>
       </c>
       <c r="C112" s="33">
         <v>10</v>
       </c>
       <c r="D112" s="33">
         <v>10</v>
       </c>
-      <c r="E112" s="33"/>
-      <c r="F112" s="33"/>
+      <c r="E112" s="33">
+        <v>10</v>
+      </c>
+      <c r="F112" s="33">
+        <v>12</v>
+      </c>
       <c r="G112" s="33"/>
       <c r="H112" s="33"/>
       <c r="I112" s="64"/>
       <c r="J112" s="33"/>
       <c r="K112" s="33"/>
       <c r="L112" s="33"/>
       <c r="M112" s="33"/>
       <c r="N112" s="33"/>
       <c r="Q112" s="35">
         <v>9</v>
       </c>
       <c r="R112" s="33">
         <v>9</v>
       </c>
       <c r="S112" s="33">
         <v>9</v>
       </c>
       <c r="T112" s="33">
         <v>10</v>
       </c>
       <c r="U112" s="33">
         <v>12</v>
       </c>
       <c r="V112" s="33">
         <v>12</v>
@@ -14998,52 +15302,56 @@
         <v>16</v>
       </c>
       <c r="AM112" s="33">
         <v>16</v>
       </c>
       <c r="AN112" s="33">
         <v>16</v>
       </c>
       <c r="AO112" s="33">
         <v>17</v>
       </c>
       <c r="AP112" s="33">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="2:42">
       <c r="B113" s="35">
         <v>10</v>
       </c>
       <c r="C113" s="33">
         <v>3</v>
       </c>
       <c r="D113" s="33">
         <v>3</v>
       </c>
-      <c r="E113" s="33"/>
-      <c r="F113" s="33"/>
+      <c r="E113" s="33">
+        <v>3</v>
+      </c>
+      <c r="F113" s="33">
+        <v>4</v>
+      </c>
       <c r="G113" s="33"/>
       <c r="H113" s="33"/>
       <c r="I113" s="64"/>
       <c r="J113" s="33"/>
       <c r="K113" s="33"/>
       <c r="L113" s="33"/>
       <c r="M113" s="33"/>
       <c r="N113" s="33"/>
       <c r="Q113" s="35">
         <v>10</v>
       </c>
       <c r="R113" s="33">
         <v>1</v>
       </c>
       <c r="S113" s="33">
         <v>1</v>
       </c>
       <c r="T113" s="33">
         <v>1</v>
       </c>
       <c r="U113" s="33">
         <v>2</v>
       </c>
       <c r="V113" s="33">
         <v>2</v>
@@ -15095,52 +15403,56 @@
         <v>4</v>
       </c>
       <c r="AM113" s="33">
         <v>4</v>
       </c>
       <c r="AN113" s="33">
         <v>4</v>
       </c>
       <c r="AO113" s="33">
         <v>4</v>
       </c>
       <c r="AP113" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="114" spans="2:42">
       <c r="B114" s="35">
         <v>11</v>
       </c>
       <c r="C114" s="33">
         <v>2</v>
       </c>
       <c r="D114" s="33">
         <v>2</v>
       </c>
-      <c r="E114" s="33"/>
-      <c r="F114" s="33"/>
+      <c r="E114" s="33">
+        <v>2</v>
+      </c>
+      <c r="F114" s="33">
+        <v>2</v>
+      </c>
       <c r="G114" s="33"/>
       <c r="H114" s="33"/>
       <c r="I114" s="64"/>
       <c r="J114" s="33"/>
       <c r="K114" s="33"/>
       <c r="L114" s="33"/>
       <c r="M114" s="33"/>
       <c r="N114" s="33"/>
       <c r="Q114" s="35">
         <v>11</v>
       </c>
       <c r="R114" s="33">
         <v>2</v>
       </c>
       <c r="S114" s="33">
         <v>2</v>
       </c>
       <c r="T114" s="33">
         <v>2</v>
       </c>
       <c r="U114" s="33">
         <v>2</v>
       </c>
       <c r="V114" s="33">
         <v>2</v>
@@ -15192,52 +15504,56 @@
         <v>3</v>
       </c>
       <c r="AM114" s="33">
         <v>3</v>
       </c>
       <c r="AN114" s="33">
         <v>3</v>
       </c>
       <c r="AO114" s="33">
         <v>3</v>
       </c>
       <c r="AP114" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="115" spans="2:42">
       <c r="B115" s="35">
         <v>12</v>
       </c>
       <c r="C115" s="33">
         <v>7</v>
       </c>
       <c r="D115" s="33">
         <v>7</v>
       </c>
-      <c r="E115" s="33"/>
-      <c r="F115" s="33"/>
+      <c r="E115" s="33">
+        <v>7</v>
+      </c>
+      <c r="F115" s="33">
+        <v>7</v>
+      </c>
       <c r="G115" s="33"/>
       <c r="H115" s="33"/>
       <c r="I115" s="64"/>
       <c r="J115" s="33"/>
       <c r="K115" s="33"/>
       <c r="L115" s="33"/>
       <c r="M115" s="33"/>
       <c r="N115" s="33"/>
       <c r="Q115" s="35">
         <v>12</v>
       </c>
       <c r="R115" s="33">
         <v>5</v>
       </c>
       <c r="S115" s="33">
         <v>5</v>
       </c>
       <c r="T115" s="33">
         <v>5</v>
       </c>
       <c r="U115" s="33">
         <v>7</v>
       </c>
       <c r="V115" s="33">
         <v>8</v>
@@ -15289,52 +15605,56 @@
         <v>7</v>
       </c>
       <c r="AM115" s="33">
         <v>7</v>
       </c>
       <c r="AN115" s="33">
         <v>7</v>
       </c>
       <c r="AO115" s="33">
         <v>7</v>
       </c>
       <c r="AP115" s="33">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="2:42">
       <c r="B116" s="35">
         <v>13</v>
       </c>
       <c r="C116" s="33">
         <v>83</v>
       </c>
       <c r="D116" s="33">
         <v>83</v>
       </c>
-      <c r="E116" s="33"/>
-      <c r="F116" s="33"/>
+      <c r="E116" s="33">
+        <v>84</v>
+      </c>
+      <c r="F116" s="33">
+        <v>98</v>
+      </c>
       <c r="G116" s="33"/>
       <c r="H116" s="33"/>
       <c r="I116" s="64"/>
       <c r="J116" s="33"/>
       <c r="K116" s="33"/>
       <c r="L116" s="33"/>
       <c r="M116" s="33"/>
       <c r="N116" s="33"/>
       <c r="Q116" s="35">
         <v>13</v>
       </c>
       <c r="R116" s="33">
         <v>83</v>
       </c>
       <c r="S116" s="33">
         <v>86</v>
       </c>
       <c r="T116" s="33">
         <v>87</v>
       </c>
       <c r="U116" s="33">
         <v>100</v>
       </c>
       <c r="V116" s="33">
         <v>102</v>
@@ -15386,52 +15706,56 @@
         <v>127</v>
       </c>
       <c r="AM116" s="33">
         <v>134</v>
       </c>
       <c r="AN116" s="33">
         <v>136</v>
       </c>
       <c r="AO116" s="33">
         <v>139</v>
       </c>
       <c r="AP116" s="33">
         <v>138</v>
       </c>
     </row>
     <row r="117" spans="2:42">
       <c r="B117" s="35">
         <v>14</v>
       </c>
       <c r="C117" s="33">
         <v>1</v>
       </c>
       <c r="D117" s="33">
         <v>1</v>
       </c>
-      <c r="E117" s="33"/>
-      <c r="F117" s="33"/>
+      <c r="E117" s="33">
+        <v>1</v>
+      </c>
+      <c r="F117" s="33">
+        <v>2</v>
+      </c>
       <c r="G117" s="33"/>
       <c r="H117" s="33"/>
       <c r="I117" s="64"/>
       <c r="J117" s="33"/>
       <c r="K117" s="33"/>
       <c r="L117" s="33"/>
       <c r="M117" s="33"/>
       <c r="N117" s="33"/>
       <c r="Q117" s="35">
         <v>14</v>
       </c>
       <c r="R117" s="33">
         <v>2</v>
       </c>
       <c r="S117" s="33">
         <v>2</v>
       </c>
       <c r="T117" s="33">
         <v>2</v>
       </c>
       <c r="U117" s="33">
         <v>3</v>
       </c>
       <c r="V117" s="33">
         <v>3</v>
@@ -15483,52 +15807,56 @@
         <v>3</v>
       </c>
       <c r="AM117" s="33">
         <v>3</v>
       </c>
       <c r="AN117" s="33">
         <v>3</v>
       </c>
       <c r="AO117" s="33">
         <v>3</v>
       </c>
       <c r="AP117" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="118" spans="2:42">
       <c r="B118" s="35">
         <v>15</v>
       </c>
       <c r="C118" s="33">
         <v>1</v>
       </c>
       <c r="D118" s="33">
         <v>1</v>
       </c>
-      <c r="E118" s="33"/>
-      <c r="F118" s="33"/>
+      <c r="E118" s="33">
+        <v>1</v>
+      </c>
+      <c r="F118" s="33">
+        <v>1</v>
+      </c>
       <c r="G118" s="33"/>
       <c r="H118" s="33"/>
       <c r="I118" s="64"/>
       <c r="J118" s="33"/>
       <c r="K118" s="33"/>
       <c r="L118" s="33"/>
       <c r="M118" s="33"/>
       <c r="N118" s="33"/>
       <c r="Q118" s="35">
         <v>15</v>
       </c>
       <c r="R118" s="33">
         <v>1</v>
       </c>
       <c r="S118" s="33">
         <v>1</v>
       </c>
       <c r="T118" s="33">
         <v>1</v>
       </c>
       <c r="U118" s="33">
         <v>1</v>
       </c>
       <c r="V118" s="33">
         <v>1</v>
@@ -15580,52 +15908,56 @@
         <v>2</v>
       </c>
       <c r="AM118" s="33">
         <v>2</v>
       </c>
       <c r="AN118" s="33">
         <v>2</v>
       </c>
       <c r="AO118" s="33">
         <v>2</v>
       </c>
       <c r="AP118" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="119" spans="2:42">
       <c r="B119" s="35">
         <v>16</v>
       </c>
       <c r="C119" s="33">
         <v>40</v>
       </c>
       <c r="D119" s="33">
         <v>40</v>
       </c>
-      <c r="E119" s="33"/>
-      <c r="F119" s="33"/>
+      <c r="E119" s="33">
+        <v>40</v>
+      </c>
+      <c r="F119" s="33">
+        <v>43</v>
+      </c>
       <c r="G119" s="33"/>
       <c r="H119" s="33"/>
       <c r="I119" s="64"/>
       <c r="J119" s="33"/>
       <c r="K119" s="33"/>
       <c r="L119" s="33"/>
       <c r="M119" s="33"/>
       <c r="N119" s="33"/>
       <c r="Q119" s="35">
         <v>16</v>
       </c>
       <c r="R119" s="33">
         <v>38</v>
       </c>
       <c r="S119" s="33">
         <v>38</v>
       </c>
       <c r="T119" s="33">
         <v>39</v>
       </c>
       <c r="U119" s="33">
         <v>43</v>
       </c>
       <c r="V119" s="33">
         <v>44</v>
@@ -15677,52 +16009,56 @@
         <v>58</v>
       </c>
       <c r="AM119" s="33">
         <v>60</v>
       </c>
       <c r="AN119" s="33">
         <v>64</v>
       </c>
       <c r="AO119" s="33">
         <v>67</v>
       </c>
       <c r="AP119" s="33">
         <v>67</v>
       </c>
     </row>
     <row r="120" spans="2:42">
       <c r="B120" s="35">
         <v>17</v>
       </c>
       <c r="C120" s="33">
         <v>12</v>
       </c>
       <c r="D120" s="33">
         <v>12</v>
       </c>
-      <c r="E120" s="33"/>
-      <c r="F120" s="33"/>
+      <c r="E120" s="33">
+        <v>12</v>
+      </c>
+      <c r="F120" s="33">
+        <v>13</v>
+      </c>
       <c r="G120" s="33"/>
       <c r="H120" s="33"/>
       <c r="I120" s="64"/>
       <c r="J120" s="33"/>
       <c r="K120" s="33"/>
       <c r="L120" s="33"/>
       <c r="M120" s="33"/>
       <c r="N120" s="33"/>
       <c r="Q120" s="35">
         <v>17</v>
       </c>
       <c r="R120" s="33">
         <v>10</v>
       </c>
       <c r="S120" s="33">
         <v>10</v>
       </c>
       <c r="T120" s="33">
         <v>10</v>
       </c>
       <c r="U120" s="33">
         <v>13</v>
       </c>
       <c r="V120" s="33">
         <v>15</v>
@@ -15774,52 +16110,56 @@
         <v>21</v>
       </c>
       <c r="AM120" s="33">
         <v>21</v>
       </c>
       <c r="AN120" s="33">
         <v>21</v>
       </c>
       <c r="AO120" s="33">
         <v>24</v>
       </c>
       <c r="AP120" s="33">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="2:42">
       <c r="B121" s="35">
         <v>18</v>
       </c>
       <c r="C121" s="33">
         <v>2</v>
       </c>
       <c r="D121" s="33">
         <v>2</v>
       </c>
-      <c r="E121" s="33"/>
-      <c r="F121" s="33"/>
+      <c r="E121" s="33">
+        <v>2</v>
+      </c>
+      <c r="F121" s="33">
+        <v>2</v>
+      </c>
       <c r="G121" s="33"/>
       <c r="H121" s="33"/>
       <c r="I121" s="64"/>
       <c r="J121" s="33"/>
       <c r="K121" s="33"/>
       <c r="L121" s="33"/>
       <c r="M121" s="33"/>
       <c r="N121" s="33"/>
       <c r="Q121" s="35">
         <v>18</v>
       </c>
       <c r="R121" s="33">
         <v>2</v>
       </c>
       <c r="S121" s="33">
         <v>2</v>
       </c>
       <c r="T121" s="33">
         <v>2</v>
       </c>
       <c r="U121" s="33">
         <v>2</v>
       </c>
       <c r="V121" s="33">
         <v>2</v>
@@ -15871,52 +16211,56 @@
         <v>4</v>
       </c>
       <c r="AM121" s="33">
         <v>4</v>
       </c>
       <c r="AN121" s="33">
         <v>4</v>
       </c>
       <c r="AO121" s="33">
         <v>4</v>
       </c>
       <c r="AP121" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="122" spans="2:42">
       <c r="B122" s="35">
         <v>19</v>
       </c>
       <c r="C122" s="33">
         <v>0</v>
       </c>
       <c r="D122" s="33">
         <v>0</v>
       </c>
-      <c r="E122" s="33"/>
-      <c r="F122" s="33"/>
+      <c r="E122" s="33">
+        <v>0</v>
+      </c>
+      <c r="F122" s="33">
+        <v>0</v>
+      </c>
       <c r="G122" s="33"/>
       <c r="H122" s="33"/>
       <c r="I122" s="64"/>
       <c r="J122" s="33"/>
       <c r="K122" s="33"/>
       <c r="L122" s="33"/>
       <c r="M122" s="33"/>
       <c r="N122" s="33"/>
       <c r="Q122" s="35">
         <v>19</v>
       </c>
       <c r="R122" s="33">
         <v>0</v>
       </c>
       <c r="S122" s="33">
         <v>0</v>
       </c>
       <c r="T122" s="33">
         <v>0</v>
       </c>
       <c r="U122" s="33">
         <v>0</v>
       </c>
       <c r="V122" s="33">
         <v>0</v>
@@ -15968,52 +16312,56 @@
         <v>0</v>
       </c>
       <c r="AM122" s="33">
         <v>0</v>
       </c>
       <c r="AN122" s="33">
         <v>0</v>
       </c>
       <c r="AO122" s="33">
         <v>0</v>
       </c>
       <c r="AP122" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="2:42">
       <c r="B123" s="35">
         <v>20</v>
       </c>
       <c r="C123" s="33">
         <v>3</v>
       </c>
       <c r="D123" s="33">
         <v>3</v>
       </c>
-      <c r="E123" s="33"/>
-      <c r="F123" s="33"/>
+      <c r="E123" s="33">
+        <v>3</v>
+      </c>
+      <c r="F123" s="33">
+        <v>3</v>
+      </c>
       <c r="G123" s="33"/>
       <c r="H123" s="33"/>
       <c r="I123" s="64"/>
       <c r="J123" s="33"/>
       <c r="K123" s="33"/>
       <c r="L123" s="33"/>
       <c r="M123" s="33"/>
       <c r="N123" s="33"/>
       <c r="Q123" s="35">
         <v>20</v>
       </c>
       <c r="R123" s="33">
         <v>2</v>
       </c>
       <c r="S123" s="33">
         <v>2</v>
       </c>
       <c r="T123" s="33">
         <v>2</v>
       </c>
       <c r="U123" s="33">
         <v>2</v>
       </c>
       <c r="V123" s="33">
         <v>3</v>
@@ -16065,52 +16413,56 @@
         <v>2</v>
       </c>
       <c r="AM123" s="33">
         <v>3</v>
       </c>
       <c r="AN123" s="33">
         <v>3</v>
       </c>
       <c r="AO123" s="33">
         <v>3</v>
       </c>
       <c r="AP123" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="124" spans="2:42">
       <c r="B124" s="35">
         <v>21</v>
       </c>
       <c r="C124" s="33">
         <v>1</v>
       </c>
       <c r="D124" s="33">
         <v>1</v>
       </c>
-      <c r="E124" s="33"/>
-      <c r="F124" s="33"/>
+      <c r="E124" s="33">
+        <v>1</v>
+      </c>
+      <c r="F124" s="33">
+        <v>1</v>
+      </c>
       <c r="G124" s="33"/>
       <c r="H124" s="33"/>
       <c r="I124" s="64"/>
       <c r="J124" s="33"/>
       <c r="K124" s="33"/>
       <c r="L124" s="33"/>
       <c r="M124" s="33"/>
       <c r="N124" s="33"/>
       <c r="Q124" s="35">
         <v>21</v>
       </c>
       <c r="R124" s="33">
         <v>1</v>
       </c>
       <c r="S124" s="33">
         <v>1</v>
       </c>
       <c r="T124" s="33">
         <v>1</v>
       </c>
       <c r="U124" s="33">
         <v>1</v>
       </c>
       <c r="V124" s="33">
         <v>1</v>
@@ -16162,52 +16514,56 @@
         <v>1</v>
       </c>
       <c r="AM124" s="33">
         <v>1</v>
       </c>
       <c r="AN124" s="33">
         <v>1</v>
       </c>
       <c r="AO124" s="33">
         <v>1</v>
       </c>
       <c r="AP124" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="2:42">
       <c r="B125" s="35">
         <v>22</v>
       </c>
       <c r="C125" s="33">
         <v>0</v>
       </c>
       <c r="D125" s="33">
         <v>0</v>
       </c>
-      <c r="E125" s="33"/>
-      <c r="F125" s="33"/>
+      <c r="E125" s="33">
+        <v>0</v>
+      </c>
+      <c r="F125" s="33">
+        <v>0</v>
+      </c>
       <c r="G125" s="33"/>
       <c r="H125" s="33"/>
       <c r="I125" s="64"/>
       <c r="J125" s="33"/>
       <c r="K125" s="33"/>
       <c r="L125" s="33"/>
       <c r="M125" s="33"/>
       <c r="N125" s="33"/>
       <c r="Q125" s="35">
         <v>22</v>
       </c>
       <c r="R125" s="33">
         <v>1</v>
       </c>
       <c r="S125" s="33">
         <v>1</v>
       </c>
       <c r="T125" s="33">
         <v>1</v>
       </c>
       <c r="U125" s="33">
         <v>1</v>
       </c>
       <c r="V125" s="33">
         <v>1</v>
@@ -16259,52 +16615,56 @@
         <v>1</v>
       </c>
       <c r="AM125" s="33">
         <v>1</v>
       </c>
       <c r="AN125" s="33">
         <v>1</v>
       </c>
       <c r="AO125" s="33">
         <v>1</v>
       </c>
       <c r="AP125" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="2:42">
       <c r="B126" s="35">
         <v>23</v>
       </c>
       <c r="C126" s="33">
         <v>0</v>
       </c>
       <c r="D126" s="33">
         <v>0</v>
       </c>
-      <c r="E126" s="33"/>
-      <c r="F126" s="33"/>
+      <c r="E126" s="33">
+        <v>0</v>
+      </c>
+      <c r="F126" s="33">
+        <v>0</v>
+      </c>
       <c r="G126" s="33"/>
       <c r="H126" s="33"/>
       <c r="I126" s="64"/>
       <c r="J126" s="33"/>
       <c r="K126" s="33"/>
       <c r="L126" s="33"/>
       <c r="M126" s="33"/>
       <c r="N126" s="33"/>
       <c r="Q126" s="35">
         <v>23</v>
       </c>
       <c r="R126" s="33">
         <v>0</v>
       </c>
       <c r="S126" s="33">
         <v>0</v>
       </c>
       <c r="T126" s="33">
         <v>0</v>
       </c>
       <c r="U126" s="33">
         <v>0</v>
       </c>
       <c r="V126" s="33">
         <v>0</v>
@@ -16356,52 +16716,56 @@
         <v>0</v>
       </c>
       <c r="AM126" s="33">
         <v>0</v>
       </c>
       <c r="AN126" s="33">
         <v>0</v>
       </c>
       <c r="AO126" s="33">
         <v>0</v>
       </c>
       <c r="AP126" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="2:42">
       <c r="B127" s="35">
         <v>24</v>
       </c>
       <c r="C127" s="33">
         <v>2</v>
       </c>
       <c r="D127" s="33">
         <v>2</v>
       </c>
-      <c r="E127" s="33"/>
-      <c r="F127" s="33"/>
+      <c r="E127" s="33">
+        <v>2</v>
+      </c>
+      <c r="F127" s="33">
+        <v>2</v>
+      </c>
       <c r="G127" s="33"/>
       <c r="H127" s="33"/>
       <c r="I127" s="64"/>
       <c r="J127" s="33"/>
       <c r="K127" s="33"/>
       <c r="L127" s="33"/>
       <c r="M127" s="33"/>
       <c r="N127" s="33"/>
       <c r="Q127" s="35">
         <v>24</v>
       </c>
       <c r="R127" s="33">
         <v>2</v>
       </c>
       <c r="S127" s="33">
         <v>2</v>
       </c>
       <c r="T127" s="33">
         <v>2</v>
       </c>
       <c r="U127" s="33">
         <v>3</v>
       </c>
       <c r="V127" s="33">
         <v>3</v>
@@ -16453,52 +16817,56 @@
         <v>1</v>
       </c>
       <c r="AM127" s="33">
         <v>1</v>
       </c>
       <c r="AN127" s="33">
         <v>1</v>
       </c>
       <c r="AO127" s="33">
         <v>1</v>
       </c>
       <c r="AP127" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="2:42">
       <c r="B128" s="35">
         <v>25</v>
       </c>
       <c r="C128" s="33">
         <v>1</v>
       </c>
       <c r="D128" s="33">
         <v>1</v>
       </c>
-      <c r="E128" s="33"/>
-      <c r="F128" s="33"/>
+      <c r="E128" s="33">
+        <v>1</v>
+      </c>
+      <c r="F128" s="33">
+        <v>2</v>
+      </c>
       <c r="G128" s="33"/>
       <c r="H128" s="33"/>
       <c r="I128" s="64"/>
       <c r="J128" s="33"/>
       <c r="K128" s="33"/>
       <c r="L128" s="33"/>
       <c r="M128" s="33"/>
       <c r="N128" s="33"/>
       <c r="Q128" s="35">
         <v>25</v>
       </c>
       <c r="R128" s="33">
         <v>1</v>
       </c>
       <c r="S128" s="33">
         <v>1</v>
       </c>
       <c r="T128" s="33">
         <v>1</v>
       </c>
       <c r="U128" s="33">
         <v>1</v>
       </c>
       <c r="V128" s="33">
         <v>1</v>
@@ -16550,52 +16918,56 @@
         <v>2</v>
       </c>
       <c r="AM128" s="33">
         <v>2</v>
       </c>
       <c r="AN128" s="33">
         <v>2</v>
       </c>
       <c r="AO128" s="33">
         <v>2</v>
       </c>
       <c r="AP128" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="2:42">
       <c r="B129" s="35">
         <v>26</v>
       </c>
       <c r="C129" s="33">
         <v>3</v>
       </c>
       <c r="D129" s="33">
         <v>3</v>
       </c>
-      <c r="E129" s="33"/>
-      <c r="F129" s="33"/>
+      <c r="E129" s="33">
+        <v>3</v>
+      </c>
+      <c r="F129" s="33">
+        <v>3</v>
+      </c>
       <c r="G129" s="33"/>
       <c r="H129" s="33"/>
       <c r="I129" s="64"/>
       <c r="J129" s="33"/>
       <c r="K129" s="33"/>
       <c r="L129" s="33"/>
       <c r="M129" s="33"/>
       <c r="N129" s="33"/>
       <c r="Q129" s="35">
         <v>26</v>
       </c>
       <c r="R129" s="33">
         <v>1</v>
       </c>
       <c r="S129" s="33">
         <v>1</v>
       </c>
       <c r="T129" s="33">
         <v>1</v>
       </c>
       <c r="U129" s="33">
         <v>2</v>
       </c>
       <c r="V129" s="33">
         <v>2</v>
@@ -16647,52 +17019,56 @@
         <v>3</v>
       </c>
       <c r="AM129" s="33">
         <v>4</v>
       </c>
       <c r="AN129" s="33">
         <v>4</v>
       </c>
       <c r="AO129" s="33">
         <v>4</v>
       </c>
       <c r="AP129" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="130" spans="2:42">
       <c r="B130" s="35">
         <v>27</v>
       </c>
       <c r="C130" s="33">
         <v>12</v>
       </c>
       <c r="D130" s="33">
         <v>12</v>
       </c>
-      <c r="E130" s="33"/>
-      <c r="F130" s="33"/>
+      <c r="E130" s="33">
+        <v>12</v>
+      </c>
+      <c r="F130" s="33">
+        <v>14</v>
+      </c>
       <c r="G130" s="33"/>
       <c r="H130" s="33"/>
       <c r="I130" s="64"/>
       <c r="J130" s="33"/>
       <c r="K130" s="33"/>
       <c r="L130" s="33"/>
       <c r="M130" s="33"/>
       <c r="N130" s="33"/>
       <c r="Q130" s="35">
         <v>27</v>
       </c>
       <c r="R130" s="33">
         <v>10</v>
       </c>
       <c r="S130" s="33">
         <v>10</v>
       </c>
       <c r="T130" s="33">
         <v>10</v>
       </c>
       <c r="U130" s="33">
         <v>12</v>
       </c>
       <c r="V130" s="33">
         <v>13</v>
@@ -16744,52 +17120,56 @@
         <v>13</v>
       </c>
       <c r="AM130" s="33">
         <v>13</v>
       </c>
       <c r="AN130" s="33">
         <v>14</v>
       </c>
       <c r="AO130" s="33">
         <v>14</v>
       </c>
       <c r="AP130" s="33">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="2:42">
       <c r="B131" s="35">
         <v>28</v>
       </c>
       <c r="C131" s="33">
         <v>4</v>
       </c>
       <c r="D131" s="33">
         <v>4</v>
       </c>
-      <c r="E131" s="33"/>
-      <c r="F131" s="33"/>
+      <c r="E131" s="33">
+        <v>5</v>
+      </c>
+      <c r="F131" s="33">
+        <v>5</v>
+      </c>
       <c r="G131" s="33"/>
       <c r="H131" s="33"/>
       <c r="I131" s="64"/>
       <c r="J131" s="33"/>
       <c r="K131" s="33"/>
       <c r="L131" s="33"/>
       <c r="M131" s="33"/>
       <c r="N131" s="33"/>
       <c r="Q131" s="35">
         <v>28</v>
       </c>
       <c r="R131" s="33">
         <v>3</v>
       </c>
       <c r="S131" s="33">
         <v>3</v>
       </c>
       <c r="T131" s="33">
         <v>4</v>
       </c>
       <c r="U131" s="33">
         <v>5</v>
       </c>
       <c r="V131" s="33">
         <v>5</v>
@@ -16841,52 +17221,56 @@
         <v>7</v>
       </c>
       <c r="AM131" s="33">
         <v>7</v>
       </c>
       <c r="AN131" s="33">
         <v>7</v>
       </c>
       <c r="AO131" s="33">
         <v>7</v>
       </c>
       <c r="AP131" s="33">
         <v>7</v>
       </c>
     </row>
     <row r="132" spans="2:42">
       <c r="B132" s="35">
         <v>29</v>
       </c>
       <c r="C132" s="33">
         <v>87</v>
       </c>
       <c r="D132" s="33">
         <v>87</v>
       </c>
-      <c r="E132" s="33"/>
-      <c r="F132" s="33"/>
+      <c r="E132" s="33">
+        <v>88</v>
+      </c>
+      <c r="F132" s="33">
+        <v>103</v>
+      </c>
       <c r="G132" s="33"/>
       <c r="H132" s="33"/>
       <c r="I132" s="64"/>
       <c r="J132" s="33"/>
       <c r="K132" s="33"/>
       <c r="L132" s="33"/>
       <c r="M132" s="33"/>
       <c r="N132" s="33"/>
       <c r="Q132" s="35">
         <v>29</v>
       </c>
       <c r="R132" s="33">
         <v>107</v>
       </c>
       <c r="S132" s="33">
         <v>108</v>
       </c>
       <c r="T132" s="33">
         <v>112</v>
       </c>
       <c r="U132" s="33">
         <v>123</v>
       </c>
       <c r="V132" s="33">
         <v>127</v>
@@ -16938,52 +17322,56 @@
         <v>133</v>
       </c>
       <c r="AM132" s="33">
         <v>141</v>
       </c>
       <c r="AN132" s="33">
         <v>147</v>
       </c>
       <c r="AO132" s="33">
         <v>150</v>
       </c>
       <c r="AP132" s="33">
         <v>151</v>
       </c>
     </row>
     <row r="133" spans="2:42">
       <c r="B133" s="35">
         <v>30</v>
       </c>
       <c r="C133" s="33">
         <v>0</v>
       </c>
       <c r="D133" s="33">
         <v>0</v>
       </c>
-      <c r="E133" s="33"/>
-      <c r="F133" s="33"/>
+      <c r="E133" s="33">
+        <v>1</v>
+      </c>
+      <c r="F133" s="33">
+        <v>1</v>
+      </c>
       <c r="G133" s="33"/>
       <c r="H133" s="33"/>
       <c r="I133" s="64"/>
       <c r="J133" s="33"/>
       <c r="K133" s="33"/>
       <c r="L133" s="33"/>
       <c r="M133" s="33"/>
       <c r="N133" s="33"/>
       <c r="Q133" s="35">
         <v>30</v>
       </c>
       <c r="R133" s="33">
         <v>0</v>
       </c>
       <c r="S133" s="33">
         <v>0</v>
       </c>
       <c r="T133" s="33">
         <v>0</v>
       </c>
       <c r="U133" s="33">
         <v>1</v>
       </c>
       <c r="V133" s="33">
         <v>1</v>
@@ -17035,52 +17423,56 @@
         <v>1</v>
       </c>
       <c r="AM133" s="33">
         <v>1</v>
       </c>
       <c r="AN133" s="33">
         <v>2</v>
       </c>
       <c r="AO133" s="33">
         <v>2</v>
       </c>
       <c r="AP133" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="2:42">
       <c r="B134" s="35">
         <v>31</v>
       </c>
       <c r="C134" s="33">
         <v>2</v>
       </c>
       <c r="D134" s="33">
         <v>2</v>
       </c>
-      <c r="E134" s="33"/>
-      <c r="F134" s="33"/>
+      <c r="E134" s="33">
+        <v>2</v>
+      </c>
+      <c r="F134" s="33">
+        <v>2</v>
+      </c>
       <c r="G134" s="33"/>
       <c r="H134" s="33"/>
       <c r="I134" s="64"/>
       <c r="J134" s="33"/>
       <c r="K134" s="33"/>
       <c r="L134" s="33"/>
       <c r="M134" s="33"/>
       <c r="N134" s="33"/>
       <c r="Q134" s="35">
         <v>31</v>
       </c>
       <c r="R134" s="33">
         <v>0</v>
       </c>
       <c r="S134" s="33">
         <v>0</v>
       </c>
       <c r="T134" s="33">
         <v>0</v>
       </c>
       <c r="U134" s="33">
         <v>0</v>
       </c>
       <c r="V134" s="33">
         <v>0</v>
@@ -17132,52 +17524,56 @@
         <v>3</v>
       </c>
       <c r="AM134" s="33">
         <v>3</v>
       </c>
       <c r="AN134" s="33">
         <v>3</v>
       </c>
       <c r="AO134" s="33">
         <v>3</v>
       </c>
       <c r="AP134" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="135" spans="2:42">
       <c r="B135" s="35">
         <v>32</v>
       </c>
       <c r="C135" s="33">
         <v>3</v>
       </c>
       <c r="D135" s="33">
         <v>3</v>
       </c>
-      <c r="E135" s="33"/>
-      <c r="F135" s="33"/>
+      <c r="E135" s="33">
+        <v>3</v>
+      </c>
+      <c r="F135" s="33">
+        <v>3</v>
+      </c>
       <c r="G135" s="33"/>
       <c r="H135" s="33"/>
       <c r="I135" s="64"/>
       <c r="J135" s="33"/>
       <c r="K135" s="33"/>
       <c r="L135" s="33"/>
       <c r="M135" s="33"/>
       <c r="N135" s="33"/>
       <c r="Q135" s="35">
         <v>32</v>
       </c>
       <c r="R135" s="33">
         <v>2</v>
       </c>
       <c r="S135" s="33">
         <v>2</v>
       </c>
       <c r="T135" s="33">
         <v>2</v>
       </c>
       <c r="U135" s="33">
         <v>2</v>
       </c>
       <c r="V135" s="33">
         <v>2</v>
@@ -17229,52 +17625,56 @@
         <v>0</v>
       </c>
       <c r="AM135" s="33">
         <v>1</v>
       </c>
       <c r="AN135" s="33">
         <v>2</v>
       </c>
       <c r="AO135" s="33">
         <v>2</v>
       </c>
       <c r="AP135" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="2:42">
       <c r="B136" s="35">
         <v>33</v>
       </c>
       <c r="C136" s="33">
         <v>1</v>
       </c>
       <c r="D136" s="33">
         <v>1</v>
       </c>
-      <c r="E136" s="33"/>
-      <c r="F136" s="33"/>
+      <c r="E136" s="33">
+        <v>1</v>
+      </c>
+      <c r="F136" s="33">
+        <v>1</v>
+      </c>
       <c r="G136" s="33"/>
       <c r="H136" s="33"/>
       <c r="I136" s="64"/>
       <c r="J136" s="33"/>
       <c r="K136" s="33"/>
       <c r="L136" s="33"/>
       <c r="M136" s="33"/>
       <c r="N136" s="33"/>
       <c r="Q136" s="35">
         <v>33</v>
       </c>
       <c r="R136" s="33">
         <v>1</v>
       </c>
       <c r="S136" s="33">
         <v>2</v>
       </c>
       <c r="T136" s="33">
         <v>2</v>
       </c>
       <c r="U136" s="33">
         <v>2</v>
       </c>
       <c r="V136" s="33">
         <v>2</v>
@@ -17326,52 +17726,56 @@
         <v>0</v>
       </c>
       <c r="AM136" s="33">
         <v>1</v>
       </c>
       <c r="AN136" s="33">
         <v>1</v>
       </c>
       <c r="AO136" s="33">
         <v>1</v>
       </c>
       <c r="AP136" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="2:42">
       <c r="B137" s="35">
         <v>34</v>
       </c>
       <c r="C137" s="33">
         <v>0</v>
       </c>
       <c r="D137" s="33">
         <v>0</v>
       </c>
-      <c r="E137" s="33"/>
-      <c r="F137" s="33"/>
+      <c r="E137" s="33">
+        <v>0</v>
+      </c>
+      <c r="F137" s="33">
+        <v>0</v>
+      </c>
       <c r="G137" s="33"/>
       <c r="H137" s="33"/>
       <c r="I137" s="64"/>
       <c r="J137" s="33"/>
       <c r="K137" s="33"/>
       <c r="L137" s="33"/>
       <c r="M137" s="33"/>
       <c r="N137" s="33"/>
       <c r="Q137" s="35">
         <v>34</v>
       </c>
       <c r="R137" s="33">
         <v>0</v>
       </c>
       <c r="S137" s="33">
         <v>0</v>
       </c>
       <c r="T137" s="33">
         <v>0</v>
       </c>
       <c r="U137" s="33">
         <v>0</v>
       </c>
       <c r="V137" s="33">
         <v>0</v>
@@ -17423,52 +17827,56 @@
         <v>0</v>
       </c>
       <c r="AM137" s="33">
         <v>0</v>
       </c>
       <c r="AN137" s="33">
         <v>0</v>
       </c>
       <c r="AO137" s="33">
         <v>0</v>
       </c>
       <c r="AP137" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="2:42">
       <c r="B138" s="35">
         <v>35</v>
       </c>
       <c r="C138" s="33">
         <v>7</v>
       </c>
       <c r="D138" s="33">
         <v>7</v>
       </c>
-      <c r="E138" s="33"/>
-      <c r="F138" s="33"/>
+      <c r="E138" s="33">
+        <v>7</v>
+      </c>
+      <c r="F138" s="33">
+        <v>9</v>
+      </c>
       <c r="G138" s="33"/>
       <c r="H138" s="33"/>
       <c r="I138" s="64"/>
       <c r="J138" s="33"/>
       <c r="K138" s="33"/>
       <c r="L138" s="33"/>
       <c r="M138" s="33"/>
       <c r="N138" s="33"/>
       <c r="Q138" s="35">
         <v>35</v>
       </c>
       <c r="R138" s="33">
         <v>15</v>
       </c>
       <c r="S138" s="33">
         <v>16</v>
       </c>
       <c r="T138" s="33">
         <v>16</v>
       </c>
       <c r="U138" s="33">
         <v>18</v>
       </c>
       <c r="V138" s="33">
         <v>18</v>
@@ -17520,52 +17928,56 @@
         <v>23</v>
       </c>
       <c r="AM138" s="33">
         <v>23</v>
       </c>
       <c r="AN138" s="33">
         <v>24</v>
       </c>
       <c r="AO138" s="33">
         <v>24</v>
       </c>
       <c r="AP138" s="33">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="2:42">
       <c r="B139" s="35">
         <v>36</v>
       </c>
       <c r="C139" s="33">
         <v>18</v>
       </c>
       <c r="D139" s="33">
         <v>18</v>
       </c>
-      <c r="E139" s="33"/>
-      <c r="F139" s="33"/>
+      <c r="E139" s="33">
+        <v>18</v>
+      </c>
+      <c r="F139" s="33">
+        <v>19</v>
+      </c>
       <c r="G139" s="33"/>
       <c r="H139" s="33"/>
       <c r="I139" s="64"/>
       <c r="J139" s="33"/>
       <c r="K139" s="33"/>
       <c r="L139" s="33"/>
       <c r="M139" s="33"/>
       <c r="N139" s="33"/>
       <c r="Q139" s="35">
         <v>36</v>
       </c>
       <c r="R139" s="33">
         <v>14</v>
       </c>
       <c r="S139" s="33">
         <v>15</v>
       </c>
       <c r="T139" s="33">
         <v>15</v>
       </c>
       <c r="U139" s="33">
         <v>19</v>
       </c>
       <c r="V139" s="33">
         <v>19</v>
@@ -17617,52 +18029,56 @@
         <v>22</v>
       </c>
       <c r="AM139" s="33">
         <v>22</v>
       </c>
       <c r="AN139" s="33">
         <v>22</v>
       </c>
       <c r="AO139" s="33">
         <v>22</v>
       </c>
       <c r="AP139" s="33">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="2:42">
       <c r="B140" s="35">
         <v>37</v>
       </c>
       <c r="C140" s="33">
         <v>10</v>
       </c>
       <c r="D140" s="33">
         <v>10</v>
       </c>
-      <c r="E140" s="33"/>
-      <c r="F140" s="33"/>
+      <c r="E140" s="33">
+        <v>11</v>
+      </c>
+      <c r="F140" s="33">
+        <v>14</v>
+      </c>
       <c r="G140" s="33"/>
       <c r="H140" s="33"/>
       <c r="I140" s="64"/>
       <c r="J140" s="33"/>
       <c r="K140" s="33"/>
       <c r="L140" s="33"/>
       <c r="M140" s="33"/>
       <c r="N140" s="33"/>
       <c r="Q140" s="35">
         <v>37</v>
       </c>
       <c r="R140" s="33">
         <v>12</v>
       </c>
       <c r="S140" s="33">
         <v>13</v>
       </c>
       <c r="T140" s="33">
         <v>14</v>
       </c>
       <c r="U140" s="33">
         <v>14</v>
       </c>
       <c r="V140" s="33">
         <v>14</v>
@@ -17714,52 +18130,56 @@
         <v>20</v>
       </c>
       <c r="AM140" s="33">
         <v>21</v>
       </c>
       <c r="AN140" s="33">
         <v>21</v>
       </c>
       <c r="AO140" s="33">
         <v>21</v>
       </c>
       <c r="AP140" s="33">
         <v>21</v>
       </c>
     </row>
     <row r="141" spans="2:42">
       <c r="B141" s="35">
         <v>38</v>
       </c>
       <c r="C141" s="33">
         <v>0</v>
       </c>
       <c r="D141" s="33">
         <v>0</v>
       </c>
-      <c r="E141" s="33"/>
-      <c r="F141" s="33"/>
+      <c r="E141" s="33">
+        <v>0</v>
+      </c>
+      <c r="F141" s="33">
+        <v>1</v>
+      </c>
       <c r="G141" s="33"/>
       <c r="H141" s="33"/>
       <c r="I141" s="64"/>
       <c r="J141" s="33"/>
       <c r="K141" s="33"/>
       <c r="L141" s="33"/>
       <c r="M141" s="33"/>
       <c r="N141" s="33"/>
       <c r="Q141" s="35">
         <v>38</v>
       </c>
       <c r="R141" s="33">
         <v>1</v>
       </c>
       <c r="S141" s="33">
         <v>1</v>
       </c>
       <c r="T141" s="33">
         <v>1</v>
       </c>
       <c r="U141" s="33">
         <v>2</v>
       </c>
       <c r="V141" s="33">
         <v>2</v>
@@ -17811,52 +18231,56 @@
         <v>5</v>
       </c>
       <c r="AM141" s="33">
         <v>5</v>
       </c>
       <c r="AN141" s="33">
         <v>5</v>
       </c>
       <c r="AO141" s="33">
         <v>5</v>
       </c>
       <c r="AP141" s="33">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="2:42">
       <c r="B142" s="35">
         <v>39</v>
       </c>
       <c r="C142" s="33">
         <v>0</v>
       </c>
       <c r="D142" s="33">
         <v>0</v>
       </c>
-      <c r="E142" s="33"/>
-      <c r="F142" s="33"/>
+      <c r="E142" s="33">
+        <v>0</v>
+      </c>
+      <c r="F142" s="33">
+        <v>0</v>
+      </c>
       <c r="G142" s="33"/>
       <c r="H142" s="33"/>
       <c r="I142" s="64"/>
       <c r="J142" s="33"/>
       <c r="K142" s="33"/>
       <c r="L142" s="33"/>
       <c r="M142" s="33"/>
       <c r="N142" s="33"/>
       <c r="Q142" s="35">
         <v>39</v>
       </c>
       <c r="R142" s="33">
         <v>1</v>
       </c>
       <c r="S142" s="33">
         <v>1</v>
       </c>
       <c r="T142" s="33">
         <v>1</v>
       </c>
       <c r="U142" s="33">
         <v>1</v>
       </c>
       <c r="V142" s="33">
         <v>1</v>
@@ -17908,52 +18332,56 @@
         <v>2</v>
       </c>
       <c r="AM142" s="33">
         <v>2</v>
       </c>
       <c r="AN142" s="33">
         <v>2</v>
       </c>
       <c r="AO142" s="33">
         <v>2</v>
       </c>
       <c r="AP142" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="143" spans="2:42">
       <c r="B143" s="35">
         <v>40</v>
       </c>
       <c r="C143" s="33">
         <v>1</v>
       </c>
       <c r="D143" s="33">
         <v>1</v>
       </c>
-      <c r="E143" s="33"/>
-      <c r="F143" s="33"/>
+      <c r="E143" s="33">
+        <v>1</v>
+      </c>
+      <c r="F143" s="33">
+        <v>1</v>
+      </c>
       <c r="G143" s="33"/>
       <c r="H143" s="33"/>
       <c r="I143" s="64"/>
       <c r="J143" s="33"/>
       <c r="K143" s="33"/>
       <c r="L143" s="33"/>
       <c r="M143" s="33"/>
       <c r="N143" s="33"/>
       <c r="Q143" s="35">
         <v>40</v>
       </c>
       <c r="R143" s="33">
         <v>1</v>
       </c>
       <c r="S143" s="33">
         <v>1</v>
       </c>
       <c r="T143" s="33">
         <v>1</v>
       </c>
       <c r="U143" s="33">
         <v>1</v>
       </c>
       <c r="V143" s="33">
         <v>1</v>
@@ -18005,52 +18433,56 @@
         <v>1</v>
       </c>
       <c r="AM143" s="33">
         <v>1</v>
       </c>
       <c r="AN143" s="33">
         <v>1</v>
       </c>
       <c r="AO143" s="33">
         <v>1</v>
       </c>
       <c r="AP143" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="2:42">
       <c r="B144" s="35">
         <v>41</v>
       </c>
       <c r="C144" s="33">
         <v>17</v>
       </c>
       <c r="D144" s="33">
         <v>17</v>
       </c>
-      <c r="E144" s="33"/>
-      <c r="F144" s="33"/>
+      <c r="E144" s="33">
+        <v>17</v>
+      </c>
+      <c r="F144" s="33">
+        <v>21</v>
+      </c>
       <c r="G144" s="33"/>
       <c r="H144" s="33"/>
       <c r="I144" s="64"/>
       <c r="J144" s="33"/>
       <c r="K144" s="33"/>
       <c r="L144" s="33"/>
       <c r="M144" s="33"/>
       <c r="N144" s="33"/>
       <c r="Q144" s="35">
         <v>41</v>
       </c>
       <c r="R144" s="33">
         <v>18</v>
       </c>
       <c r="S144" s="33">
         <v>18</v>
       </c>
       <c r="T144" s="33">
         <v>18</v>
       </c>
       <c r="U144" s="33">
         <v>21</v>
       </c>
       <c r="V144" s="33">
         <v>22</v>
@@ -18102,52 +18534,56 @@
         <v>23</v>
       </c>
       <c r="AM144" s="33">
         <v>24</v>
       </c>
       <c r="AN144" s="33">
         <v>27</v>
       </c>
       <c r="AO144" s="33">
         <v>28</v>
       </c>
       <c r="AP144" s="33">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="2:42">
       <c r="B145" s="35">
         <v>42</v>
       </c>
       <c r="C145" s="33">
         <v>22</v>
       </c>
       <c r="D145" s="33">
         <v>22</v>
       </c>
-      <c r="E145" s="33"/>
-      <c r="F145" s="33"/>
+      <c r="E145" s="33">
+        <v>23</v>
+      </c>
+      <c r="F145" s="33">
+        <v>26</v>
+      </c>
       <c r="G145" s="33"/>
       <c r="H145" s="33"/>
       <c r="I145" s="64"/>
       <c r="J145" s="33"/>
       <c r="K145" s="33"/>
       <c r="L145" s="33"/>
       <c r="M145" s="33"/>
       <c r="N145" s="33"/>
       <c r="Q145" s="35">
         <v>42</v>
       </c>
       <c r="R145" s="33">
         <v>27</v>
       </c>
       <c r="S145" s="33">
         <v>27</v>
       </c>
       <c r="T145" s="33">
         <v>28</v>
       </c>
       <c r="U145" s="33">
         <v>30</v>
       </c>
       <c r="V145" s="33">
         <v>30</v>
@@ -18199,52 +18635,56 @@
         <v>39</v>
       </c>
       <c r="AM145" s="33">
         <v>40</v>
       </c>
       <c r="AN145" s="33">
         <v>42</v>
       </c>
       <c r="AO145" s="33">
         <v>42</v>
       </c>
       <c r="AP145" s="33">
         <v>41</v>
       </c>
     </row>
     <row r="146" spans="2:42">
       <c r="B146" s="35">
         <v>43</v>
       </c>
       <c r="C146" s="33">
         <v>1</v>
       </c>
       <c r="D146" s="33">
         <v>1</v>
       </c>
-      <c r="E146" s="33"/>
-      <c r="F146" s="33"/>
+      <c r="E146" s="33">
+        <v>2</v>
+      </c>
+      <c r="F146" s="33">
+        <v>2</v>
+      </c>
       <c r="G146" s="33"/>
       <c r="H146" s="33"/>
       <c r="I146" s="64"/>
       <c r="J146" s="33"/>
       <c r="K146" s="33"/>
       <c r="L146" s="33"/>
       <c r="M146" s="33"/>
       <c r="N146" s="33"/>
       <c r="Q146" s="35">
         <v>43</v>
       </c>
       <c r="R146" s="33">
         <v>0</v>
       </c>
       <c r="S146" s="33">
         <v>0</v>
       </c>
       <c r="T146" s="33">
         <v>0</v>
       </c>
       <c r="U146" s="33">
         <v>0</v>
       </c>
       <c r="V146" s="33">
         <v>1</v>
@@ -18296,52 +18736,56 @@
         <v>1</v>
       </c>
       <c r="AM146" s="33">
         <v>1</v>
       </c>
       <c r="AN146" s="33">
         <v>1</v>
       </c>
       <c r="AO146" s="33">
         <v>1</v>
       </c>
       <c r="AP146" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="2:42">
       <c r="B147" s="35">
         <v>44</v>
       </c>
       <c r="C147" s="33">
         <v>0</v>
       </c>
       <c r="D147" s="33">
         <v>0</v>
       </c>
-      <c r="E147" s="33"/>
-      <c r="F147" s="33"/>
+      <c r="E147" s="33">
+        <v>0</v>
+      </c>
+      <c r="F147" s="33">
+        <v>0</v>
+      </c>
       <c r="G147" s="33"/>
       <c r="H147" s="33"/>
       <c r="I147" s="64"/>
       <c r="J147" s="33"/>
       <c r="K147" s="33"/>
       <c r="L147" s="33"/>
       <c r="M147" s="33"/>
       <c r="N147" s="33"/>
       <c r="Q147" s="35">
         <v>44</v>
       </c>
       <c r="R147" s="33">
         <v>0</v>
       </c>
       <c r="S147" s="33">
         <v>0</v>
       </c>
       <c r="T147" s="33">
         <v>0</v>
       </c>
       <c r="U147" s="33">
         <v>0</v>
       </c>
       <c r="V147" s="33">
         <v>0</v>
@@ -18393,52 +18837,56 @@
         <v>0</v>
       </c>
       <c r="AM147" s="33">
         <v>0</v>
       </c>
       <c r="AN147" s="33">
         <v>0</v>
       </c>
       <c r="AO147" s="33">
         <v>0</v>
       </c>
       <c r="AP147" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="2:42">
       <c r="B148" s="35">
         <v>45</v>
       </c>
       <c r="C148" s="33">
         <v>3</v>
       </c>
       <c r="D148" s="33">
         <v>3</v>
       </c>
-      <c r="E148" s="33"/>
-      <c r="F148" s="33"/>
+      <c r="E148" s="33">
+        <v>3</v>
+      </c>
+      <c r="F148" s="33">
+        <v>3</v>
+      </c>
       <c r="G148" s="33"/>
       <c r="H148" s="33"/>
       <c r="I148" s="64"/>
       <c r="J148" s="33"/>
       <c r="K148" s="33"/>
       <c r="L148" s="33"/>
       <c r="M148" s="33"/>
       <c r="N148" s="33"/>
       <c r="Q148" s="35">
         <v>45</v>
       </c>
       <c r="R148" s="33">
         <v>3</v>
       </c>
       <c r="S148" s="33">
         <v>3</v>
       </c>
       <c r="T148" s="33">
         <v>3</v>
       </c>
       <c r="U148" s="33">
         <v>3</v>
       </c>
       <c r="V148" s="33">
         <v>3</v>
@@ -18490,52 +18938,56 @@
         <v>3</v>
       </c>
       <c r="AM148" s="33">
         <v>3</v>
       </c>
       <c r="AN148" s="33">
         <v>3</v>
       </c>
       <c r="AO148" s="33">
         <v>3</v>
       </c>
       <c r="AP148" s="33">
         <v>3</v>
       </c>
     </row>
     <row r="149" spans="2:42">
       <c r="B149" s="35">
         <v>46</v>
       </c>
       <c r="C149" s="33">
         <v>3</v>
       </c>
       <c r="D149" s="33">
         <v>3</v>
       </c>
-      <c r="E149" s="33"/>
-      <c r="F149" s="33"/>
+      <c r="E149" s="33">
+        <v>3</v>
+      </c>
+      <c r="F149" s="33">
+        <v>4</v>
+      </c>
       <c r="G149" s="33"/>
       <c r="H149" s="33"/>
       <c r="I149" s="64"/>
       <c r="J149" s="33"/>
       <c r="K149" s="33"/>
       <c r="L149" s="33"/>
       <c r="M149" s="33"/>
       <c r="N149" s="33"/>
       <c r="Q149" s="35">
         <v>46</v>
       </c>
       <c r="R149" s="33">
         <v>4</v>
       </c>
       <c r="S149" s="33">
         <v>4</v>
       </c>
       <c r="T149" s="33">
         <v>4</v>
       </c>
       <c r="U149" s="33">
         <v>4</v>
       </c>
       <c r="V149" s="33">
         <v>5</v>
@@ -18587,52 +19039,56 @@
         <v>5</v>
       </c>
       <c r="AM149" s="33">
         <v>6</v>
       </c>
       <c r="AN149" s="33">
         <v>6</v>
       </c>
       <c r="AO149" s="33">
         <v>6</v>
       </c>
       <c r="AP149" s="33">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="2:42">
       <c r="B150" s="35">
         <v>47</v>
       </c>
       <c r="C150" s="33">
         <v>0</v>
       </c>
       <c r="D150" s="33">
         <v>0</v>
       </c>
-      <c r="E150" s="33"/>
-      <c r="F150" s="33"/>
+      <c r="E150" s="33">
+        <v>0</v>
+      </c>
+      <c r="F150" s="33">
+        <v>0</v>
+      </c>
       <c r="G150" s="33"/>
       <c r="H150" s="33"/>
       <c r="I150" s="64"/>
       <c r="J150" s="33"/>
       <c r="K150" s="33"/>
       <c r="L150" s="33"/>
       <c r="M150" s="33"/>
       <c r="N150" s="33"/>
       <c r="Q150" s="35">
         <v>47</v>
       </c>
       <c r="R150" s="33">
         <v>0</v>
       </c>
       <c r="S150" s="33">
         <v>0</v>
       </c>
       <c r="T150" s="33">
         <v>0</v>
       </c>
       <c r="U150" s="33">
         <v>0</v>
       </c>
       <c r="V150" s="33">
         <v>0</v>
@@ -18684,52 +19140,56 @@
         <v>0</v>
       </c>
       <c r="AM150" s="33">
         <v>0</v>
       </c>
       <c r="AN150" s="33">
         <v>0</v>
       </c>
       <c r="AO150" s="33">
         <v>0</v>
       </c>
       <c r="AP150" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="2:42">
       <c r="B151" s="35">
         <v>48</v>
       </c>
       <c r="C151" s="33">
         <v>55</v>
       </c>
       <c r="D151" s="33">
         <v>55</v>
       </c>
-      <c r="E151" s="33"/>
-      <c r="F151" s="33"/>
+      <c r="E151" s="33">
+        <v>57</v>
+      </c>
+      <c r="F151" s="33">
+        <v>72</v>
+      </c>
       <c r="G151" s="33"/>
       <c r="H151" s="33"/>
       <c r="I151" s="64"/>
       <c r="J151" s="33"/>
       <c r="K151" s="33"/>
       <c r="L151" s="33"/>
       <c r="M151" s="33"/>
       <c r="N151" s="33"/>
       <c r="Q151" s="35">
         <v>48</v>
       </c>
       <c r="R151" s="33">
         <v>64</v>
       </c>
       <c r="S151" s="33">
         <v>70</v>
       </c>
       <c r="T151" s="33">
         <v>72</v>
       </c>
       <c r="U151" s="33">
         <v>86</v>
       </c>
       <c r="V151" s="33">
         <v>87</v>
@@ -18781,52 +19241,56 @@
         <v>97</v>
       </c>
       <c r="AM151" s="33">
         <v>103</v>
       </c>
       <c r="AN151" s="33">
         <v>105</v>
       </c>
       <c r="AO151" s="33">
         <v>106</v>
       </c>
       <c r="AP151" s="33">
         <v>107</v>
       </c>
     </row>
     <row r="152" spans="2:42">
       <c r="B152" s="35">
         <v>49</v>
       </c>
       <c r="C152" s="33">
         <v>9</v>
       </c>
       <c r="D152" s="33">
         <v>9</v>
       </c>
-      <c r="E152" s="33"/>
-      <c r="F152" s="33"/>
+      <c r="E152" s="33">
+        <v>11</v>
+      </c>
+      <c r="F152" s="33">
+        <v>14</v>
+      </c>
       <c r="G152" s="33"/>
       <c r="H152" s="33"/>
       <c r="I152" s="64"/>
       <c r="J152" s="33"/>
       <c r="K152" s="33"/>
       <c r="L152" s="33"/>
       <c r="M152" s="33"/>
       <c r="N152" s="33"/>
       <c r="Q152" s="35">
         <v>49</v>
       </c>
       <c r="R152" s="33">
         <v>24</v>
       </c>
       <c r="S152" s="33">
         <v>24</v>
       </c>
       <c r="T152" s="33">
         <v>24</v>
       </c>
       <c r="U152" s="33">
         <v>25</v>
       </c>
       <c r="V152" s="33">
         <v>26</v>
@@ -18878,52 +19342,56 @@
         <v>30</v>
       </c>
       <c r="AM152" s="33">
         <v>32</v>
       </c>
       <c r="AN152" s="33">
         <v>32</v>
       </c>
       <c r="AO152" s="33">
         <v>35</v>
       </c>
       <c r="AP152" s="33">
         <v>35</v>
       </c>
     </row>
     <row r="153" spans="2:42">
       <c r="B153" s="35">
         <v>50</v>
       </c>
       <c r="C153" s="33">
         <v>6</v>
       </c>
       <c r="D153" s="33">
         <v>6</v>
       </c>
-      <c r="E153" s="33"/>
-      <c r="F153" s="33"/>
+      <c r="E153" s="33">
+        <v>6</v>
+      </c>
+      <c r="F153" s="33">
+        <v>7</v>
+      </c>
       <c r="G153" s="33"/>
       <c r="H153" s="33"/>
       <c r="I153" s="64"/>
       <c r="J153" s="33"/>
       <c r="K153" s="33"/>
       <c r="L153" s="33"/>
       <c r="M153" s="33"/>
       <c r="N153" s="33"/>
       <c r="Q153" s="35">
         <v>50</v>
       </c>
       <c r="R153" s="33">
         <v>7</v>
       </c>
       <c r="S153" s="33">
         <v>7</v>
       </c>
       <c r="T153" s="33">
         <v>7</v>
       </c>
       <c r="U153" s="33">
         <v>10</v>
       </c>
       <c r="V153" s="33">
         <v>11</v>
@@ -18975,52 +19443,56 @@
         <v>10</v>
       </c>
       <c r="AM153" s="33">
         <v>15</v>
       </c>
       <c r="AN153" s="33">
         <v>15</v>
       </c>
       <c r="AO153" s="33">
         <v>16</v>
       </c>
       <c r="AP153" s="33">
         <v>16</v>
       </c>
     </row>
     <row r="154" spans="2:42">
       <c r="B154" s="35">
         <v>51</v>
       </c>
       <c r="C154" s="33">
         <v>27</v>
       </c>
       <c r="D154" s="33">
         <v>29</v>
       </c>
-      <c r="E154" s="33"/>
-      <c r="F154" s="33"/>
+      <c r="E154" s="33">
+        <v>29</v>
+      </c>
+      <c r="F154" s="33">
+        <v>28</v>
+      </c>
       <c r="G154" s="33"/>
       <c r="H154" s="33"/>
       <c r="I154" s="64"/>
       <c r="J154" s="33"/>
       <c r="K154" s="33"/>
       <c r="L154" s="33"/>
       <c r="M154" s="33"/>
       <c r="N154" s="33"/>
       <c r="Q154" s="35">
         <v>51</v>
       </c>
       <c r="R154" s="33">
         <v>29</v>
       </c>
       <c r="S154" s="33">
         <v>29</v>
       </c>
       <c r="T154" s="33">
         <v>29</v>
       </c>
       <c r="U154" s="33">
         <v>30</v>
       </c>
       <c r="V154" s="33">
         <v>30</v>
@@ -19072,52 +19544,56 @@
         <v>37</v>
       </c>
       <c r="AM154" s="33">
         <v>39</v>
       </c>
       <c r="AN154" s="33">
         <v>39</v>
       </c>
       <c r="AO154" s="33">
         <v>43</v>
       </c>
       <c r="AP154" s="33">
         <v>42</v>
       </c>
     </row>
     <row r="155" spans="2:42">
       <c r="B155" s="35">
         <v>52</v>
       </c>
       <c r="C155" s="33">
         <v>39</v>
       </c>
       <c r="D155" s="33">
         <v>40</v>
       </c>
-      <c r="E155" s="33"/>
-      <c r="F155" s="33"/>
+      <c r="E155" s="33">
+        <v>42</v>
+      </c>
+      <c r="F155" s="33">
+        <v>47</v>
+      </c>
       <c r="G155" s="33"/>
       <c r="H155" s="33"/>
       <c r="I155" s="64"/>
       <c r="J155" s="33"/>
       <c r="K155" s="33"/>
       <c r="L155" s="33"/>
       <c r="M155" s="33"/>
       <c r="N155" s="33"/>
       <c r="Q155" s="35">
         <v>52</v>
       </c>
       <c r="R155" s="33">
         <v>39</v>
       </c>
       <c r="S155" s="33">
         <v>39</v>
       </c>
       <c r="T155" s="33">
         <v>40</v>
       </c>
       <c r="U155" s="33">
         <v>48</v>
       </c>
       <c r="V155" s="33">
         <v>54</v>
@@ -19169,52 +19645,56 @@
         <v>64</v>
       </c>
       <c r="AM155" s="33">
         <v>67</v>
       </c>
       <c r="AN155" s="33">
         <v>68</v>
       </c>
       <c r="AO155" s="33">
         <v>73</v>
       </c>
       <c r="AP155" s="33">
         <v>72</v>
       </c>
     </row>
     <row r="156" spans="2:42">
       <c r="B156" s="35">
         <v>53</v>
       </c>
       <c r="C156" s="33">
         <v>33</v>
       </c>
       <c r="D156" s="33">
         <v>34</v>
       </c>
-      <c r="E156" s="33"/>
-      <c r="F156" s="33"/>
+      <c r="E156" s="33">
+        <v>34</v>
+      </c>
+      <c r="F156" s="33">
+        <v>46</v>
+      </c>
       <c r="G156" s="33"/>
       <c r="H156" s="33"/>
       <c r="I156" s="64"/>
       <c r="J156" s="33"/>
       <c r="K156" s="33"/>
       <c r="L156" s="33"/>
       <c r="M156" s="33"/>
       <c r="N156" s="33"/>
       <c r="Q156" s="35">
         <v>53</v>
       </c>
       <c r="R156" s="33">
         <v>44</v>
       </c>
       <c r="S156" s="33">
         <v>46</v>
       </c>
       <c r="T156" s="33">
         <v>48</v>
       </c>
       <c r="U156" s="33">
         <v>51</v>
       </c>
       <c r="V156" s="33">
         <v>54</v>
@@ -19266,52 +19746,56 @@
         <v>61</v>
       </c>
       <c r="AM156" s="33">
         <v>64</v>
       </c>
       <c r="AN156" s="33">
         <v>64</v>
       </c>
       <c r="AO156" s="33">
         <v>67</v>
       </c>
       <c r="AP156" s="33">
         <v>66</v>
       </c>
     </row>
     <row r="157" spans="2:42">
       <c r="B157" s="35">
         <v>54</v>
       </c>
       <c r="C157" s="33">
         <v>0</v>
       </c>
       <c r="D157" s="33">
         <v>0</v>
       </c>
-      <c r="E157" s="33"/>
-      <c r="F157" s="33"/>
+      <c r="E157" s="33">
+        <v>0</v>
+      </c>
+      <c r="F157" s="33">
+        <v>3</v>
+      </c>
       <c r="G157" s="33"/>
       <c r="H157" s="33"/>
       <c r="I157" s="64"/>
       <c r="J157" s="33"/>
       <c r="K157" s="33"/>
       <c r="L157" s="33"/>
       <c r="M157" s="33"/>
       <c r="N157" s="33"/>
       <c r="Q157" s="35">
         <v>54</v>
       </c>
       <c r="R157" s="33">
         <v>1</v>
       </c>
       <c r="S157" s="33">
         <v>1</v>
       </c>
       <c r="T157" s="33">
         <v>1</v>
       </c>
       <c r="U157" s="33">
         <v>1</v>
       </c>
       <c r="V157" s="33">
         <v>2</v>
@@ -19363,52 +19847,56 @@
         <v>4</v>
       </c>
       <c r="AM157" s="33">
         <v>4</v>
       </c>
       <c r="AN157" s="33">
         <v>4</v>
       </c>
       <c r="AO157" s="33">
         <v>4</v>
       </c>
       <c r="AP157" s="33">
         <v>4</v>
       </c>
     </row>
     <row r="158" spans="2:42">
       <c r="B158" s="35">
         <v>55</v>
       </c>
       <c r="C158" s="33">
         <v>2</v>
       </c>
       <c r="D158" s="33">
         <v>2</v>
       </c>
-      <c r="E158" s="33"/>
-      <c r="F158" s="33"/>
+      <c r="E158" s="33">
+        <v>2</v>
+      </c>
+      <c r="F158" s="33">
+        <v>1</v>
+      </c>
       <c r="G158" s="33"/>
       <c r="H158" s="33"/>
       <c r="I158" s="64"/>
       <c r="J158" s="33"/>
       <c r="K158" s="33"/>
       <c r="L158" s="33"/>
       <c r="M158" s="33"/>
       <c r="N158" s="33"/>
       <c r="Q158" s="35">
         <v>55</v>
       </c>
       <c r="R158" s="33">
         <v>1</v>
       </c>
       <c r="S158" s="33">
         <v>1</v>
       </c>
       <c r="T158" s="33">
         <v>1</v>
       </c>
       <c r="U158" s="33">
         <v>1</v>
       </c>
       <c r="V158" s="33">
         <v>1</v>
@@ -19460,52 +19948,56 @@
         <v>2</v>
       </c>
       <c r="AM158" s="33">
         <v>2</v>
       </c>
       <c r="AN158" s="33">
         <v>2</v>
       </c>
       <c r="AO158" s="33">
         <v>2</v>
       </c>
       <c r="AP158" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="159" spans="2:42">
       <c r="B159" s="35">
         <v>56</v>
       </c>
       <c r="C159" s="33">
         <v>4</v>
       </c>
       <c r="D159" s="33">
         <v>4</v>
       </c>
-      <c r="E159" s="33"/>
-      <c r="F159" s="33"/>
+      <c r="E159" s="33">
+        <v>4</v>
+      </c>
+      <c r="F159" s="33">
+        <v>5</v>
+      </c>
       <c r="G159" s="33"/>
       <c r="H159" s="33"/>
       <c r="I159" s="64"/>
       <c r="J159" s="33"/>
       <c r="K159" s="33"/>
       <c r="L159" s="33"/>
       <c r="M159" s="33"/>
       <c r="N159" s="33"/>
       <c r="Q159" s="35">
         <v>56</v>
       </c>
       <c r="R159" s="33">
         <v>6</v>
       </c>
       <c r="S159" s="33">
         <v>6</v>
       </c>
       <c r="T159" s="33">
         <v>6</v>
       </c>
       <c r="U159" s="33">
         <v>6</v>
       </c>
       <c r="V159" s="33">
         <v>6</v>
@@ -19557,52 +20049,56 @@
         <v>5</v>
       </c>
       <c r="AM159" s="33">
         <v>8</v>
       </c>
       <c r="AN159" s="33">
         <v>8</v>
       </c>
       <c r="AO159" s="33">
         <v>10</v>
       </c>
       <c r="AP159" s="33">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="2:42">
       <c r="B160" s="35">
         <v>57</v>
       </c>
       <c r="C160" s="33">
         <v>3</v>
       </c>
       <c r="D160" s="33">
         <v>3</v>
       </c>
-      <c r="E160" s="33"/>
-      <c r="F160" s="33"/>
+      <c r="E160" s="33">
+        <v>3</v>
+      </c>
+      <c r="F160" s="33">
+        <v>6</v>
+      </c>
       <c r="G160" s="33"/>
       <c r="H160" s="33"/>
       <c r="I160" s="64"/>
       <c r="J160" s="33"/>
       <c r="K160" s="33"/>
       <c r="L160" s="33"/>
       <c r="M160" s="33"/>
       <c r="N160" s="33"/>
       <c r="Q160" s="35">
         <v>57</v>
       </c>
       <c r="R160" s="33">
         <v>4</v>
       </c>
       <c r="S160" s="33">
         <v>4</v>
       </c>
       <c r="T160" s="33">
         <v>4</v>
       </c>
       <c r="U160" s="33">
         <v>6</v>
       </c>
       <c r="V160" s="33">
         <v>6</v>
@@ -19654,52 +20150,56 @@
         <v>2</v>
       </c>
       <c r="AM160" s="33">
         <v>3</v>
       </c>
       <c r="AN160" s="33">
         <v>5</v>
       </c>
       <c r="AO160" s="33">
         <v>5</v>
       </c>
       <c r="AP160" s="33">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="2:42">
       <c r="B161" s="35">
         <v>58</v>
       </c>
       <c r="C161" s="33">
         <v>10</v>
       </c>
       <c r="D161" s="33">
         <v>10</v>
       </c>
-      <c r="E161" s="33"/>
-      <c r="F161" s="33"/>
+      <c r="E161" s="33">
+        <v>10</v>
+      </c>
+      <c r="F161" s="33">
+        <v>10</v>
+      </c>
       <c r="G161" s="33"/>
       <c r="H161" s="33"/>
       <c r="I161" s="64"/>
       <c r="J161" s="33"/>
       <c r="K161" s="33"/>
       <c r="L161" s="33"/>
       <c r="M161" s="33"/>
       <c r="N161" s="33"/>
       <c r="Q161" s="35">
         <v>58</v>
       </c>
       <c r="R161" s="33">
         <v>9</v>
       </c>
       <c r="S161" s="33">
         <v>9</v>
       </c>
       <c r="T161" s="33">
         <v>10</v>
       </c>
       <c r="U161" s="33">
         <v>11</v>
       </c>
       <c r="V161" s="33">
         <v>14</v>
@@ -19751,52 +20251,56 @@
         <v>12</v>
       </c>
       <c r="AM161" s="33">
         <v>13</v>
       </c>
       <c r="AN161" s="33">
         <v>13</v>
       </c>
       <c r="AO161" s="33">
         <v>14</v>
       </c>
       <c r="AP161" s="33">
         <v>14</v>
       </c>
     </row>
     <row r="162" spans="2:42">
       <c r="B162" s="35">
         <v>59</v>
       </c>
       <c r="C162" s="33">
         <v>12</v>
       </c>
       <c r="D162" s="33">
         <v>12</v>
       </c>
-      <c r="E162" s="33"/>
-      <c r="F162" s="33"/>
+      <c r="E162" s="33">
+        <v>12</v>
+      </c>
+      <c r="F162" s="33">
+        <v>17</v>
+      </c>
       <c r="G162" s="33"/>
       <c r="H162" s="33"/>
       <c r="I162" s="64"/>
       <c r="J162" s="33"/>
       <c r="K162" s="33"/>
       <c r="L162" s="33"/>
       <c r="M162" s="33"/>
       <c r="N162" s="33"/>
       <c r="Q162" s="35">
         <v>59</v>
       </c>
       <c r="R162" s="33">
         <v>17</v>
       </c>
       <c r="S162" s="33">
         <v>17</v>
       </c>
       <c r="T162" s="33">
         <v>17</v>
       </c>
       <c r="U162" s="33">
         <v>19</v>
       </c>
       <c r="V162" s="33">
         <v>19</v>
@@ -19848,52 +20352,56 @@
         <v>23</v>
       </c>
       <c r="AM162" s="33">
         <v>24</v>
       </c>
       <c r="AN162" s="33">
         <v>26</v>
       </c>
       <c r="AO162" s="33">
         <v>27</v>
       </c>
       <c r="AP162" s="33">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="2:42">
       <c r="B163" s="35">
         <v>60</v>
       </c>
       <c r="C163" s="33">
         <v>0</v>
       </c>
       <c r="D163" s="33">
         <v>0</v>
       </c>
-      <c r="E163" s="33"/>
-      <c r="F163" s="33"/>
+      <c r="E163" s="33">
+        <v>0</v>
+      </c>
+      <c r="F163" s="33">
+        <v>0</v>
+      </c>
       <c r="G163" s="33"/>
       <c r="H163" s="33"/>
       <c r="I163" s="64"/>
       <c r="J163" s="33"/>
       <c r="K163" s="33"/>
       <c r="L163" s="33"/>
       <c r="M163" s="33"/>
       <c r="N163" s="33"/>
       <c r="Q163" s="35">
         <v>60</v>
       </c>
       <c r="R163" s="33">
         <v>3</v>
       </c>
       <c r="S163" s="33">
         <v>3</v>
       </c>
       <c r="T163" s="33">
         <v>3</v>
       </c>
       <c r="U163" s="33">
         <v>3</v>
       </c>
       <c r="V163" s="33">
         <v>3</v>
@@ -19945,52 +20453,56 @@
         <v>5</v>
       </c>
       <c r="AM163" s="33">
         <v>5</v>
       </c>
       <c r="AN163" s="33">
         <v>5</v>
       </c>
       <c r="AO163" s="33">
         <v>5</v>
       </c>
       <c r="AP163" s="33">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="2:42">
       <c r="B164" s="35">
         <v>61</v>
       </c>
       <c r="C164" s="33">
         <v>1</v>
       </c>
       <c r="D164" s="33">
         <v>1</v>
       </c>
-      <c r="E164" s="33"/>
-      <c r="F164" s="33"/>
+      <c r="E164" s="33">
+        <v>1</v>
+      </c>
+      <c r="F164" s="33">
+        <v>1</v>
+      </c>
       <c r="G164" s="33"/>
       <c r="H164" s="33"/>
       <c r="I164" s="64"/>
       <c r="J164" s="33"/>
       <c r="K164" s="33"/>
       <c r="L164" s="33"/>
       <c r="M164" s="33"/>
       <c r="N164" s="33"/>
       <c r="Q164" s="35">
         <v>61</v>
       </c>
       <c r="R164" s="33">
         <v>1</v>
       </c>
       <c r="S164" s="33">
         <v>1</v>
       </c>
       <c r="T164" s="33">
         <v>1</v>
       </c>
       <c r="U164" s="33">
         <v>1</v>
       </c>
       <c r="V164" s="33">
         <v>1</v>
@@ -20042,52 +20554,56 @@
         <v>2</v>
       </c>
       <c r="AM164" s="33">
         <v>2</v>
       </c>
       <c r="AN164" s="33">
         <v>2</v>
       </c>
       <c r="AO164" s="33">
         <v>2</v>
       </c>
       <c r="AP164" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="165" spans="2:42">
       <c r="B165" s="35">
         <v>62</v>
       </c>
       <c r="C165" s="33">
         <v>1</v>
       </c>
       <c r="D165" s="33">
         <v>1</v>
       </c>
-      <c r="E165" s="33"/>
-      <c r="F165" s="33"/>
+      <c r="E165" s="33">
+        <v>1</v>
+      </c>
+      <c r="F165" s="33">
+        <v>2</v>
+      </c>
       <c r="G165" s="33"/>
       <c r="H165" s="33"/>
       <c r="I165" s="64"/>
       <c r="J165" s="33"/>
       <c r="K165" s="33"/>
       <c r="L165" s="33"/>
       <c r="M165" s="33"/>
       <c r="N165" s="33"/>
       <c r="Q165" s="35">
         <v>62</v>
       </c>
       <c r="R165" s="33">
         <v>1</v>
       </c>
       <c r="S165" s="33">
         <v>1</v>
       </c>
       <c r="T165" s="33">
         <v>1</v>
       </c>
       <c r="U165" s="33">
         <v>1</v>
       </c>
       <c r="V165" s="33">
         <v>1</v>
@@ -20139,52 +20655,56 @@
         <v>2</v>
       </c>
       <c r="AM165" s="33">
         <v>2</v>
       </c>
       <c r="AN165" s="33">
         <v>2</v>
       </c>
       <c r="AO165" s="33">
         <v>2</v>
       </c>
       <c r="AP165" s="33">
         <v>2</v>
       </c>
     </row>
     <row r="166" spans="2:42">
       <c r="B166" s="35">
         <v>63</v>
       </c>
       <c r="C166" s="33">
         <v>0</v>
       </c>
       <c r="D166" s="33">
         <v>0</v>
       </c>
-      <c r="E166" s="33"/>
-      <c r="F166" s="33"/>
+      <c r="E166" s="33">
+        <v>0</v>
+      </c>
+      <c r="F166" s="33">
+        <v>0</v>
+      </c>
       <c r="G166" s="33"/>
       <c r="H166" s="33"/>
       <c r="I166" s="64"/>
       <c r="J166" s="33"/>
       <c r="K166" s="33"/>
       <c r="L166" s="33"/>
       <c r="M166" s="33"/>
       <c r="N166" s="33"/>
       <c r="Q166" s="35">
         <v>63</v>
       </c>
       <c r="R166" s="33">
         <v>0</v>
       </c>
       <c r="S166" s="33">
         <v>0</v>
       </c>
       <c r="T166" s="33">
         <v>0</v>
       </c>
       <c r="U166" s="33">
         <v>0</v>
       </c>
       <c r="V166" s="33">
         <v>0</v>
@@ -20236,52 +20756,56 @@
         <v>1</v>
       </c>
       <c r="AM166" s="33">
         <v>1</v>
       </c>
       <c r="AN166" s="33">
         <v>1</v>
       </c>
       <c r="AO166" s="33">
         <v>1</v>
       </c>
       <c r="AP166" s="33">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="2:42">
       <c r="B167" s="35">
         <v>64</v>
       </c>
       <c r="C167" s="33">
         <v>22</v>
       </c>
       <c r="D167" s="33">
         <v>22</v>
       </c>
-      <c r="E167" s="33"/>
-      <c r="F167" s="33"/>
+      <c r="E167" s="33">
+        <v>22</v>
+      </c>
+      <c r="F167" s="33">
+        <v>26</v>
+      </c>
       <c r="G167" s="33"/>
       <c r="H167" s="33"/>
       <c r="I167" s="64"/>
       <c r="J167" s="33"/>
       <c r="K167" s="33"/>
       <c r="L167" s="33"/>
       <c r="M167" s="33"/>
       <c r="N167" s="33"/>
       <c r="Q167" s="35">
         <v>64</v>
       </c>
       <c r="R167" s="33">
         <v>20</v>
       </c>
       <c r="S167" s="33">
         <v>22</v>
       </c>
       <c r="T167" s="33">
         <v>23</v>
       </c>
       <c r="U167" s="33">
         <v>25</v>
       </c>
       <c r="V167" s="33">
         <v>26</v>
@@ -20333,52 +20857,56 @@
         <v>33</v>
       </c>
       <c r="AM167" s="33">
         <v>33</v>
       </c>
       <c r="AN167" s="33">
         <v>34</v>
       </c>
       <c r="AO167" s="33">
         <v>35</v>
       </c>
       <c r="AP167" s="33">
         <v>35</v>
       </c>
     </row>
     <row r="168" spans="2:42">
       <c r="B168" s="35">
         <v>65</v>
       </c>
       <c r="C168" s="33">
         <v>0</v>
       </c>
       <c r="D168" s="33">
         <v>0</v>
       </c>
-      <c r="E168" s="33"/>
-      <c r="F168" s="33"/>
+      <c r="E168" s="33">
+        <v>0</v>
+      </c>
+      <c r="F168" s="33">
+        <v>0</v>
+      </c>
       <c r="G168" s="33"/>
       <c r="H168" s="33"/>
       <c r="I168" s="64"/>
       <c r="J168" s="33"/>
       <c r="K168" s="33"/>
       <c r="L168" s="33"/>
       <c r="M168" s="33"/>
       <c r="N168" s="33"/>
       <c r="Q168" s="35">
         <v>65</v>
       </c>
       <c r="R168" s="33">
         <v>0</v>
       </c>
       <c r="S168" s="33">
         <v>0</v>
       </c>
       <c r="T168" s="33">
         <v>0</v>
       </c>
       <c r="U168" s="33">
         <v>0</v>
       </c>
       <c r="V168" s="33">
         <v>0</v>
@@ -20430,52 +20958,56 @@
         <v>0</v>
       </c>
       <c r="AM168" s="33">
         <v>0</v>
       </c>
       <c r="AN168" s="33">
         <v>0</v>
       </c>
       <c r="AO168" s="33">
         <v>0</v>
       </c>
       <c r="AP168" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="2:42">
       <c r="B169" s="35">
         <v>66</v>
       </c>
       <c r="C169" s="33">
         <v>0</v>
       </c>
       <c r="D169" s="33">
         <v>0</v>
       </c>
-      <c r="E169" s="33"/>
-      <c r="F169" s="33"/>
+      <c r="E169" s="33">
+        <v>0</v>
+      </c>
+      <c r="F169" s="33">
+        <v>0</v>
+      </c>
       <c r="G169" s="33"/>
       <c r="H169" s="33"/>
       <c r="I169" s="64"/>
       <c r="J169" s="33"/>
       <c r="K169" s="33"/>
       <c r="L169" s="33"/>
       <c r="M169" s="33"/>
       <c r="N169" s="33"/>
       <c r="Q169" s="35">
         <v>66</v>
       </c>
       <c r="R169" s="33">
         <v>0</v>
       </c>
       <c r="S169" s="33">
         <v>0</v>
       </c>
       <c r="T169" s="33">
         <v>0</v>
       </c>
       <c r="U169" s="33">
         <v>0</v>
       </c>
       <c r="V169" s="33">
         <v>0</v>
@@ -20527,52 +21059,56 @@
         <v>0</v>
       </c>
       <c r="AM169" s="33">
         <v>0</v>
       </c>
       <c r="AN169" s="33">
         <v>0</v>
       </c>
       <c r="AO169" s="33">
         <v>0</v>
       </c>
       <c r="AP169" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="2:42">
       <c r="B170" s="35">
         <v>67</v>
       </c>
       <c r="C170" s="33">
         <v>0</v>
       </c>
       <c r="D170" s="33">
         <v>0</v>
       </c>
-      <c r="E170" s="33"/>
-      <c r="F170" s="33"/>
+      <c r="E170" s="33">
+        <v>0</v>
+      </c>
+      <c r="F170" s="33">
+        <v>0</v>
+      </c>
       <c r="G170" s="33"/>
       <c r="H170" s="33"/>
       <c r="I170" s="64"/>
       <c r="J170" s="33"/>
       <c r="K170" s="33"/>
       <c r="L170" s="33"/>
       <c r="M170" s="33"/>
       <c r="N170" s="33"/>
       <c r="Q170" s="35">
         <v>67</v>
       </c>
       <c r="R170" s="33">
         <v>0</v>
       </c>
       <c r="S170" s="33">
         <v>0</v>
       </c>
       <c r="T170" s="33">
         <v>0</v>
       </c>
       <c r="U170" s="33">
         <v>0</v>
       </c>
       <c r="V170" s="33">
         <v>0</v>
@@ -20646,55 +21182,55 @@
     <row r="172" spans="2:42">
       <c r="T172" s="56"/>
       <c r="U172" s="56"/>
       <c r="V172" s="56"/>
       <c r="W172" s="56"/>
       <c r="X172" s="56"/>
     </row>
     <row r="173" spans="2:42">
       <c r="T173" s="56"/>
       <c r="U173" s="56"/>
       <c r="V173" s="56"/>
       <c r="W173" s="56"/>
       <c r="X173" s="56"/>
     </row>
     <row r="174" spans="2:42">
       <c r="C174">
         <f>SUM(C104:C170)</f>
         <v>640</v>
       </c>
       <c r="D174">
         <f>SUM(D104:D170)</f>
         <v>644</v>
       </c>
       <c r="E174">
         <f>SUM(E104:E170)</f>
-        <v>0</v>
+        <v>658</v>
       </c>
       <c r="F174">
         <f>SUM(F104:F170)</f>
-        <v>0</v>
+        <v>774</v>
       </c>
       <c r="G174">
         <f>SUM(G104:G170)</f>
         <v>0</v>
       </c>
       <c r="H174">
         <f t="shared" ref="H174:N174" si="3">SUM(H104:H170)</f>
         <v>0</v>
       </c>
       <c r="I174" s="54">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J174">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K174">
         <f>SUM(K104:K170)</f>
         <v>0</v>
       </c>
       <c r="L174">
         <f>SUM(L104:L170)</f>
         <v>0</v>
       </c>
@@ -23425,51 +23961,51 @@
     <customSheetView guid="{F201D0E5-3C4D-4C86-84F0-78AF9FDEC703}" state="hidden">
       <selection activeCell="P231" sqref="P231"/>
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="2">
     <mergeCell ref="H202:J202"/>
     <mergeCell ref="C202:D202"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="C74:J74 L74 B173:N173 B174:J174 K174 L174:N174 M74:N74" formulaRange="1"/>
     <ignoredError sqref="K74" formula="1" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:X106"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E178" sqref="E178"/>
+      <selection activeCell="L31" sqref="L31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="9" max="10" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="13.5" thickBot="1"/>
     <row r="2" spans="1:24">
       <c r="A2" s="72" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="73"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="74" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="75"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
@@ -23477,51 +24013,51 @@
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="72">
         <v>1</v>
       </c>
       <c r="B3" s="34">
         <v>45931</v>
       </c>
       <c r="F3" s="76" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="82">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H3" s="80" t="s">
         <v>173</v>
       </c>
       <c r="I3" s="81"/>
       <c r="J3" s="81"/>
       <c r="K3" s="81"/>
       <c r="L3" s="81"/>
       <c r="M3" s="58"/>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="72">
         <v>2</v>
       </c>
       <c r="B4" s="34">
         <v>45962</v>
       </c>
       <c r="F4" s="76" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="77"/>
     </row>
     <row r="5" spans="1:24" ht="13.5" thickBot="1">
       <c r="A5" s="72">
         <v>3</v>
@@ -23606,114 +24142,114 @@
         <v>12</v>
       </c>
       <c r="B14" s="34">
         <v>46266</v>
       </c>
       <c r="F14" t="s">
         <v>5</v>
       </c>
       <c r="G14" t="s">
         <v>7</v>
       </c>
       <c r="H14" t="s">
         <v>8</v>
       </c>
       <c r="I14" t="s">
         <v>82</v>
       </c>
       <c r="J14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="B15" s="3"/>
       <c r="F15" s="3">
         <f>VLOOKUP($G$3,Month,2)</f>
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="G15">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K15,$G$3)</f>
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H15">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K15,$G$3)</f>
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I15">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K15,1)</f>
         <v>28</v>
       </c>
       <c r="J15">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K15,2)</f>
         <v>25</v>
       </c>
       <c r="K15" s="6">
         <v>17</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="B16" s="3"/>
       <c r="G16">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K16,$G$3)</f>
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H16">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K16,$G$3)</f>
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I16">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K16,1)</f>
         <v>9</v>
       </c>
       <c r="J16">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K16,2)</f>
         <v>7</v>
       </c>
       <c r="K16" s="6">
         <v>57</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="B17" s="3"/>
       <c r="K17" s="6"/>
       <c r="L17" s="7"/>
     </row>
     <row r="18" spans="1:12">
       <c r="B18" s="3"/>
       <c r="G18">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K18,$G$3)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H18">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K18,$G$3)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I18">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K18,1)</f>
         <v>5</v>
       </c>
       <c r="J18">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K18,2)</f>
         <v>5</v>
       </c>
       <c r="K18" s="6">
         <v>46</v>
       </c>
       <c r="L18" s="7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="B19" s="3"/>
       <c r="G19">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K19,$G$3)</f>
         <v>0</v>
       </c>
       <c r="H19">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K19,$G$3)</f>
         <v>0</v>
@@ -23745,55 +24281,55 @@
         <v>0</v>
       </c>
       <c r="H21">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K21,$G$3)</f>
         <v>0</v>
       </c>
       <c r="I21">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K21,1)</f>
         <v>0</v>
       </c>
       <c r="J21">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K21,2)</f>
         <v>0</v>
       </c>
       <c r="K21" s="6">
         <v>7</v>
       </c>
       <c r="L21" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="B22" s="3"/>
       <c r="G22">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K22,$G$3)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H22">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K22,$G$3)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I22">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K22,1)</f>
         <v>2</v>
       </c>
       <c r="J22">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K22,2)</f>
         <v>1</v>
       </c>
       <c r="K22" s="6">
         <v>30</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="B23" s="3"/>
       <c r="G23">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K23,$G$3)</f>
         <v>3</v>
       </c>
       <c r="H23">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K23,$G$3)</f>
         <v>3</v>
@@ -23846,55 +24382,55 @@
         <f ca="1">OFFSET('Raw Data'!$B$103,$K25,$G$3)</f>
         <v>0</v>
       </c>
       <c r="I25">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K25,1)</f>
         <v>0</v>
       </c>
       <c r="J25">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K25,2)</f>
         <v>0</v>
       </c>
       <c r="K25" s="6">
         <v>67</v>
       </c>
       <c r="L25" s="7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="K26" s="6"/>
       <c r="L26" s="7"/>
     </row>
     <row r="27" spans="1:12">
       <c r="G27">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K27,$G$3)</f>
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H27">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K27,$G$3)</f>
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I27">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K27,1)</f>
         <v>10</v>
       </c>
       <c r="J27">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K27,2)</f>
         <v>6</v>
       </c>
       <c r="K27" s="6">
         <v>3</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" s="6">
         <v>17</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="8">
         <v>1</v>
@@ -23991,55 +24527,55 @@
         <v>7</v>
       </c>
       <c r="J31">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K31,2)</f>
         <v>4</v>
       </c>
       <c r="K31" s="6">
         <v>20</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" s="6">
         <v>7</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="8">
         <v>3</v>
       </c>
       <c r="G32">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K32,$G$3)</f>
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H32">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K32,$G$3)</f>
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I32">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K32,1)</f>
         <v>28</v>
       </c>
       <c r="J32">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K32,2)</f>
         <v>21</v>
       </c>
       <c r="K32" s="6">
         <v>37</v>
       </c>
       <c r="L32" s="7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" s="6">
         <v>30</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="8">
         <v>3</v>
@@ -24202,130 +24738,130 @@
         <v>1</v>
       </c>
       <c r="J38">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K38,2)</f>
         <v>1</v>
       </c>
       <c r="K38" s="6">
         <v>40</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" s="6">
         <v>23</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="8">
         <v>4</v>
       </c>
       <c r="G39">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K39,$G$3)</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H39">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K39,$G$3)</f>
         <v>1</v>
       </c>
       <c r="I39">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K39,1)</f>
         <v>3</v>
       </c>
       <c r="J39">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K39,2)</f>
         <v>1</v>
       </c>
       <c r="K39" s="6">
         <v>61</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" s="6">
         <v>20</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C40" s="8">
         <v>5</v>
       </c>
       <c r="G40">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K40,$G$3)</f>
         <v>2</v>
       </c>
       <c r="H40">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K40,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I40">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K40,1)</f>
         <v>2</v>
       </c>
       <c r="J40">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K40,2)</f>
         <v>1</v>
       </c>
       <c r="K40" s="6">
         <v>62</v>
       </c>
       <c r="L40" s="7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" s="6">
         <v>37</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="8">
         <v>5</v>
       </c>
       <c r="K41" s="6"/>
       <c r="L41" s="7"/>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" s="6">
         <v>65</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C42" s="8">
         <v>5</v>
       </c>
       <c r="G42">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K42,$G$3)</f>
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H42">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K42,$G$3)</f>
         <v>7</v>
       </c>
       <c r="I42">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K42,1)</f>
         <v>11</v>
       </c>
       <c r="J42">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K42,2)</f>
         <v>8</v>
       </c>
       <c r="K42" s="6">
         <v>12</v>
       </c>
       <c r="L42" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" s="6">
         <v>24</v>
       </c>
       <c r="B43" s="7" t="s">
@@ -24459,233 +24995,233 @@
         <v>0</v>
       </c>
       <c r="J47">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K47,2)</f>
         <v>0</v>
       </c>
       <c r="K47" s="6">
         <v>2</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" s="6">
         <v>62</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>67</v>
       </c>
       <c r="C48" s="8">
         <v>6</v>
       </c>
       <c r="G48">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K48,$G$3)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H48">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K48,$G$3)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I48">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K48,1)</f>
         <v>4</v>
       </c>
       <c r="J48">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K48,2)</f>
         <v>4</v>
       </c>
       <c r="K48" s="6">
         <v>10</v>
       </c>
       <c r="L48" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" s="6">
         <v>12</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C49" s="8">
         <v>7</v>
       </c>
       <c r="G49">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K49,$G$3)</f>
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="H49">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K49,$G$3)</f>
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I49">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K49,1)</f>
         <v>98</v>
       </c>
       <c r="J49">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K49,2)</f>
         <v>62</v>
       </c>
       <c r="K49" s="6">
         <v>16</v>
       </c>
       <c r="L49" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" s="6">
         <v>15</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="8">
         <v>7</v>
       </c>
       <c r="G50">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K50,$G$3)</f>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H50">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K50,$G$3)</f>
         <v>3</v>
       </c>
       <c r="I50">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K50,1)</f>
         <v>6</v>
       </c>
       <c r="J50">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K50,2)</f>
         <v>4</v>
       </c>
       <c r="K50" s="6">
         <v>45</v>
       </c>
       <c r="L50" s="7" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" s="6">
         <v>21</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C51" s="8">
         <v>7</v>
       </c>
       <c r="G51">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K51,$G$3)</f>
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H51">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K51,$G$3)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I51">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K51,1)</f>
         <v>10</v>
       </c>
       <c r="J51">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K51,2)</f>
         <v>5</v>
       </c>
       <c r="K51" s="6">
         <v>54</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" s="6">
         <v>63</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>68</v>
       </c>
       <c r="C52" s="8">
         <v>7</v>
       </c>
       <c r="G52">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K52,$G$3)</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H52">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K52,$G$3)</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I52">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K52,1)</f>
         <v>4</v>
       </c>
       <c r="J52">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K52,2)</f>
         <v>3</v>
       </c>
       <c r="K52" s="6">
         <v>55</v>
       </c>
       <c r="L52" s="7" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" s="6">
         <v>2</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C53" s="8">
         <v>8</v>
       </c>
       <c r="K53" s="6"/>
       <c r="L53" s="7"/>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" s="6">
         <v>10</v>
       </c>
       <c r="B54" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8">
         <v>8</v>
       </c>
       <c r="G54">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K54,$G$3)</f>
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="H54">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K54,$G$3)</f>
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I54">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K54,1)</f>
         <v>13</v>
       </c>
       <c r="J54">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K54,2)</f>
         <v>6</v>
       </c>
       <c r="K54" s="6">
         <v>1</v>
       </c>
       <c r="L54" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" s="6">
         <v>16</v>
       </c>
       <c r="B55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C55" s="8">
         <v>8</v>
@@ -24716,121 +25252,121 @@
     <row r="56" spans="1:12">
       <c r="A56" s="6">
         <v>45</v>
       </c>
       <c r="B56" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C56" s="8">
         <v>8</v>
       </c>
       <c r="K56" s="6"/>
       <c r="L56" s="7"/>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" s="6">
         <v>54</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="8">
         <v>8</v>
       </c>
       <c r="G57">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K57,$G$3)</f>
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H57">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K57,$G$3)</f>
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I57">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K57,1)</f>
         <v>20</v>
       </c>
       <c r="J57">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K57,2)</f>
         <v>17</v>
       </c>
       <c r="K57" s="6">
         <v>9</v>
       </c>
       <c r="L57" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" s="6">
         <v>55</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>77</v>
       </c>
       <c r="C58" s="8">
         <v>8</v>
       </c>
       <c r="G58">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K58,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H58">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K58,$G$3)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I58">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K58,1)</f>
         <v>3</v>
       </c>
       <c r="J58">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K58,2)</f>
         <v>2</v>
       </c>
       <c r="K58" s="6">
         <v>38</v>
       </c>
       <c r="L58" s="7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" s="6">
         <v>1</v>
       </c>
       <c r="B59" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="8">
         <v>9</v>
       </c>
       <c r="G59">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K59,$G$3)</f>
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H59">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K59,$G$3)</f>
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I59">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K59,1)</f>
         <v>46</v>
       </c>
       <c r="J59">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K59,2)</f>
         <v>35</v>
       </c>
       <c r="K59" s="6">
         <v>42</v>
       </c>
       <c r="L59" s="7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" s="6">
         <v>4</v>
       </c>
       <c r="B60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="8">
         <v>9</v>
@@ -24861,200 +25397,200 @@
         <v>4</v>
       </c>
       <c r="J61">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K61,2)</f>
         <v>3</v>
       </c>
       <c r="K61" s="6">
         <v>18</v>
       </c>
       <c r="L61" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" s="6">
         <v>38</v>
       </c>
       <c r="B62" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C62" s="8">
         <v>10</v>
       </c>
       <c r="G62">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K62,$G$3)</f>
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H62">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K62,$G$3)</f>
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I62">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K62,1)</f>
         <v>46</v>
       </c>
       <c r="J62">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K62,2)</f>
         <v>32</v>
       </c>
       <c r="K62" s="6">
         <v>64</v>
       </c>
       <c r="L62" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="6">
         <v>42</v>
       </c>
       <c r="B63" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C63" s="8">
         <v>10</v>
       </c>
       <c r="K63" s="6"/>
       <c r="L63" s="7"/>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="6">
         <v>18</v>
       </c>
       <c r="B64" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="8">
         <v>11</v>
       </c>
       <c r="G64">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K64,$G$3)</f>
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H64">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K64,$G$3)</f>
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I64">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K64,1)</f>
         <v>34</v>
       </c>
       <c r="J64">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K64,2)</f>
         <v>20</v>
       </c>
       <c r="K64" s="6">
         <v>35</v>
       </c>
       <c r="L64" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" s="6">
         <v>64</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="8">
         <v>11</v>
       </c>
       <c r="G65">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K65,$G$3)</f>
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="H65">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K65,$G$3)</f>
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="I65">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K65,1)</f>
         <v>151</v>
       </c>
       <c r="J65">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K65,2)</f>
         <v>106</v>
       </c>
       <c r="K65" s="6">
         <v>48</v>
       </c>
       <c r="L65" s="7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" s="6">
         <v>35</v>
       </c>
       <c r="B66" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C66" s="8">
         <v>12</v>
       </c>
       <c r="G66">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K66,$G$3)</f>
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H66">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K66,$G$3)</f>
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="I66">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K66,1)</f>
         <v>47</v>
       </c>
       <c r="J66">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K66,2)</f>
         <v>30</v>
       </c>
       <c r="K66" s="6">
         <v>49</v>
       </c>
       <c r="L66" s="7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" s="6">
         <v>48</v>
       </c>
       <c r="B67" s="7" t="s">
         <v>55</v>
       </c>
       <c r="C67" s="8">
         <v>12</v>
       </c>
       <c r="G67">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K67,$G$3)</f>
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H67">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K67,$G$3)</f>
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I67">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K67,1)</f>
         <v>31</v>
       </c>
       <c r="J67">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K67,2)</f>
         <v>22</v>
       </c>
       <c r="K67" s="6">
         <v>59</v>
       </c>
       <c r="L67" s="7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" s="6">
         <v>49</v>
       </c>
       <c r="B68" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C68" s="8">
         <v>12</v>
@@ -25085,463 +25621,463 @@
     <row r="69" spans="1:12">
       <c r="A69" s="6">
         <v>59</v>
       </c>
       <c r="B69" s="7" t="s">
         <v>64</v>
       </c>
       <c r="C69" s="8">
         <v>12</v>
       </c>
       <c r="K69" s="6"/>
       <c r="L69" s="7"/>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" s="6">
         <v>60</v>
       </c>
       <c r="B70" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C70" s="8">
         <v>13</v>
       </c>
       <c r="G70">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K70,$G$3)</f>
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H70">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K70,$G$3)</f>
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I70">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K70,1)</f>
         <v>43</v>
       </c>
       <c r="J70">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K70,2)</f>
         <v>34</v>
       </c>
       <c r="K70" s="6">
         <v>5</v>
       </c>
       <c r="L70" s="7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" s="6">
         <v>5</v>
       </c>
       <c r="B71" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="8">
         <v>13</v>
       </c>
       <c r="K71" s="6"/>
       <c r="L71" s="7"/>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" s="6">
         <v>52</v>
       </c>
       <c r="B72" s="7" t="s">
         <v>59</v>
       </c>
       <c r="C72" s="8">
         <v>14</v>
       </c>
       <c r="G72">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K72,$G$3)</f>
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H72">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K72,$G$3)</f>
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="I72">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K72,1)</f>
         <v>82</v>
       </c>
       <c r="J72">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K72,2)</f>
         <v>60</v>
       </c>
       <c r="K72" s="6">
         <v>52</v>
       </c>
       <c r="L72" s="7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" s="6">
         <v>29</v>
       </c>
       <c r="B73" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C73" s="8">
         <v>15</v>
       </c>
       <c r="K73" s="6"/>
       <c r="L73" s="7"/>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" s="6">
         <v>27</v>
       </c>
       <c r="B74" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C74" s="8">
         <v>16</v>
       </c>
       <c r="G74">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K74,$G$3)</f>
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="H74">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K74,$G$3)</f>
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="I74">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K74,1)</f>
         <v>188</v>
       </c>
       <c r="J74">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K74,2)</f>
         <v>146</v>
       </c>
       <c r="K74" s="6">
         <v>29</v>
       </c>
       <c r="L74" s="7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" s="6">
         <v>51</v>
       </c>
       <c r="B75" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C75" s="8">
         <v>16</v>
       </c>
       <c r="K75" s="6"/>
       <c r="L75" s="7"/>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" s="6">
         <v>53</v>
       </c>
       <c r="B76" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C76" s="8">
         <v>17</v>
       </c>
       <c r="G76">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K76,$G$3)</f>
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H76">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K76,$G$3)</f>
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I76">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K76,1)</f>
         <v>22</v>
       </c>
       <c r="J76">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K76,2)</f>
         <v>16</v>
       </c>
       <c r="K76" s="6">
         <v>27</v>
       </c>
       <c r="L76" s="7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" s="6">
         <v>41</v>
       </c>
       <c r="B77" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C77" s="8">
         <v>18</v>
       </c>
       <c r="G77">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K77,$G$3)</f>
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H77">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K77,$G$3)</f>
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I77">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K77,1)</f>
         <v>50</v>
       </c>
       <c r="J77">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K77,2)</f>
         <v>41</v>
       </c>
       <c r="K77" s="6">
         <v>51</v>
       </c>
       <c r="L77" s="7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" s="6">
         <v>58</v>
       </c>
       <c r="B78" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C78" s="8">
         <v>18</v>
       </c>
       <c r="K78" s="6"/>
       <c r="L78" s="7"/>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" s="6">
         <v>14</v>
       </c>
       <c r="B79" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C79" s="8">
         <v>19</v>
       </c>
       <c r="G79">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K79,$G$3)</f>
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="H79">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K79,$G$3)</f>
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="I79">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K79,1)</f>
         <v>94</v>
       </c>
       <c r="J79">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K79,2)</f>
         <v>61</v>
       </c>
       <c r="K79" s="6">
         <v>53</v>
       </c>
       <c r="L79" s="7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" s="6">
         <v>25</v>
       </c>
       <c r="B80" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C80" s="8">
         <v>19</v>
       </c>
       <c r="K80" s="6"/>
       <c r="L80" s="7"/>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" s="6">
         <v>28</v>
       </c>
       <c r="B81" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C81" s="8">
         <v>19</v>
       </c>
       <c r="G81">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K81,$G$3)</f>
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H81">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K81,$G$3)</f>
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I81">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K81,1)</f>
         <v>30</v>
       </c>
       <c r="J81">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K81,2)</f>
         <v>26</v>
       </c>
       <c r="K81" s="6">
         <v>41</v>
       </c>
       <c r="L81" s="7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" s="6">
         <v>31</v>
       </c>
       <c r="B82" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C82" s="8">
         <v>20</v>
       </c>
       <c r="G82">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K82,$G$3)</f>
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H82">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K82,$G$3)</f>
         <v>10</v>
       </c>
       <c r="I82">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K82,1)</f>
         <v>18</v>
       </c>
       <c r="J82">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K82,2)</f>
         <v>15</v>
       </c>
       <c r="K82" s="6">
         <v>58</v>
       </c>
       <c r="L82" s="7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" s="6">
         <v>43</v>
       </c>
       <c r="B83" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C83" s="8">
         <v>20</v>
       </c>
       <c r="K83" s="6"/>
       <c r="L83" s="7"/>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" s="6">
         <v>47</v>
       </c>
       <c r="B84" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C84" s="8">
         <v>20</v>
       </c>
       <c r="G84">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K84,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H84">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K84,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I84">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K84,1)</f>
         <v>4</v>
       </c>
       <c r="J84">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K84,2)</f>
         <v>4</v>
       </c>
       <c r="K84" s="6">
         <v>14</v>
       </c>
       <c r="L84" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" s="6">
         <v>56</v>
       </c>
       <c r="B85" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C85" s="8">
         <v>20</v>
       </c>
       <c r="G85">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K85,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H85">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K85,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I85">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K85,1)</f>
         <v>2</v>
       </c>
       <c r="J85">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K85,2)</f>
         <v>2</v>
       </c>
       <c r="K85" s="6">
         <v>25</v>
       </c>
       <c r="L85" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" s="6">
         <v>50</v>
       </c>
       <c r="B86" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C86" s="8">
         <v>21</v>
       </c>
       <c r="G86">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K86,$G$3)</f>
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H86">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K86,$G$3)</f>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I86">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K86,1)</f>
         <v>11</v>
       </c>
       <c r="J86">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K86,2)</f>
         <v>6</v>
       </c>
       <c r="K86" s="6">
         <v>28</v>
       </c>
       <c r="L86" s="7" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" s="6">
         <v>6</v>
       </c>
       <c r="B87" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C87" s="8">
         <v>22</v>
@@ -25576,51 +26112,51 @@
         <v>3</v>
       </c>
       <c r="K88" s="6">
         <v>31</v>
       </c>
       <c r="L88" s="7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89" s="6">
         <v>44</v>
       </c>
       <c r="B89" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C89" s="8">
         <v>23</v>
       </c>
       <c r="G89">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K89,$G$3)</f>
         <v>3</v>
       </c>
       <c r="H89">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K89,$G$3)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I89">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K89,1)</f>
         <v>2</v>
       </c>
       <c r="J89">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K89,2)</f>
         <v>1</v>
       </c>
       <c r="K89" s="6">
         <v>43</v>
       </c>
       <c r="L89" s="7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" s="6">
         <v>8</v>
       </c>
       <c r="B90" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C90" s="8">
         <v>24</v>
@@ -25638,218 +26174,218 @@
         <v>0</v>
       </c>
       <c r="J90">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K90,2)</f>
         <v>0</v>
       </c>
       <c r="K90" s="6">
         <v>47</v>
       </c>
       <c r="L90" s="7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91" s="6">
         <v>11</v>
       </c>
       <c r="B91" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="8">
         <v>24</v>
       </c>
       <c r="G91">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K91,$G$3)</f>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H91">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K91,$G$3)</f>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I91">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K91,1)</f>
         <v>10</v>
       </c>
       <c r="J91">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K91,2)</f>
         <v>7</v>
       </c>
       <c r="K91" s="6">
         <v>56</v>
       </c>
       <c r="L91" s="7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92" s="6">
         <v>22</v>
       </c>
       <c r="B92" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C92" s="8">
         <v>24</v>
       </c>
       <c r="K92" s="6"/>
       <c r="L92" s="7"/>
     </row>
     <row r="93" spans="1:12">
       <c r="A93" s="6">
         <v>26</v>
       </c>
       <c r="B93" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C93" s="8">
         <v>24</v>
       </c>
       <c r="G93">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K93,$G$3)</f>
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="H93">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K93,$G$3)</f>
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I93">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K93,1)</f>
         <v>18</v>
       </c>
       <c r="J93">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K93,2)</f>
         <v>12</v>
       </c>
       <c r="K93" s="6">
         <v>50</v>
       </c>
       <c r="L93" s="7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94" s="6">
         <v>36</v>
       </c>
       <c r="B94" s="7" t="s">
         <v>43</v>
       </c>
       <c r="C94" s="8">
         <v>24</v>
       </c>
       <c r="K94" s="6"/>
       <c r="L94" s="7"/>
     </row>
     <row r="95" spans="1:12">
       <c r="G95">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K95,$G$3)</f>
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H95">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K95,$G$3)</f>
         <v>26</v>
       </c>
       <c r="I95">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K95,1)</f>
         <v>70</v>
       </c>
       <c r="J95">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K95,2)</f>
         <v>40</v>
       </c>
       <c r="K95" s="6">
         <v>6</v>
       </c>
       <c r="L95" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="K96" s="6"/>
       <c r="L96" s="7"/>
     </row>
     <row r="97" spans="7:12">
       <c r="G97">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K97,$G$3)</f>
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="H97">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K97,$G$3)</f>
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="I97">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K97,1)</f>
         <v>176</v>
       </c>
       <c r="J97">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K97,2)</f>
         <v>123</v>
       </c>
       <c r="K97" s="6">
         <v>13</v>
       </c>
       <c r="L97" s="7" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="98" spans="7:12">
       <c r="G98">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K98,$G$3)</f>
         <v>0</v>
       </c>
       <c r="H98">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K98,$G$3)</f>
         <v>0</v>
       </c>
       <c r="I98">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K98,1)</f>
         <v>0</v>
       </c>
       <c r="J98">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K98,2)</f>
         <v>0</v>
       </c>
       <c r="K98" s="6">
         <v>44</v>
       </c>
       <c r="L98" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="99" spans="7:12">
       <c r="K99" s="6"/>
       <c r="L99" s="7"/>
     </row>
     <row r="100" spans="7:12">
       <c r="G100">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K100,$G$3)</f>
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H100">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K100,$G$3)</f>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I100">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K100,1)</f>
         <v>7</v>
       </c>
       <c r="J100">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K100,2)</f>
         <v>5</v>
       </c>
       <c r="K100" s="6">
         <v>8</v>
       </c>
       <c r="L100" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="7:12">
       <c r="G101">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K101,$G$3)</f>
         <v>2</v>
       </c>
       <c r="H101">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K101,$G$3)</f>
         <v>2</v>
       </c>
@@ -25901,75 +26437,75 @@
         <f ca="1">OFFSET('Raw Data'!$B$103,$K103,$G$3)</f>
         <v>3</v>
       </c>
       <c r="I103">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K103,1)</f>
         <v>2</v>
       </c>
       <c r="J103">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K103,2)</f>
         <v>2</v>
       </c>
       <c r="K103" s="6">
         <v>26</v>
       </c>
       <c r="L103" s="7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="104" spans="7:12">
       <c r="G104">
         <f ca="1">OFFSET('Raw Data'!$B$3,$K104,$G$3)</f>
         <v>23</v>
       </c>
       <c r="H104">
         <f ca="1">OFFSET('Raw Data'!$B$103,$K104,$G$3)</f>
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I104">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K104,1)</f>
         <v>37</v>
       </c>
       <c r="J104">
         <f ca="1">OFFSET('Raw Data'!$B$203,$K104,2)</f>
         <v>31</v>
       </c>
       <c r="K104" s="6">
         <v>36</v>
       </c>
       <c r="L104" s="7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="106" spans="7:12">
       <c r="G106">
         <f ca="1">SUM(G15:G104)</f>
-        <v>868</v>
+        <v>1037</v>
       </c>
       <c r="H106">
         <f ca="1">SUM(H15:H104)</f>
-        <v>644</v>
+        <v>774</v>
       </c>
       <c r="I106">
         <f ca="1">SUM(I15:I104)</f>
         <v>1517</v>
       </c>
       <c r="J106">
         <f ca="1">SUM(J15:J104)</f>
         <v>1083</v>
       </c>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{3503905F-60D6-403E-B878-8D9F27A9B0B2}">
       <selection activeCell="G6" sqref="G6"/>
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup orientation="portrait" r:id="rId1"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
     <customSheetView guid="{F201D0E5-3C4D-4C86-84F0-78AF9FDEC703}" state="hidden">
       <selection activeCell="G6" sqref="G6"/>
       <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup orientation="portrait" r:id="rId2"/>
       <headerFooter alignWithMargins="0"/>
     </customSheetView>
   </customSheetViews>